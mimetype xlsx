--- v0 (2026-01-30)
+++ v1 (2026-03-19)
@@ -37,51 +37,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="70">
   <si>
     <t>Product Code</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Unit Price</t>
   </si>
   <si>
     <t>Product Page</t>
   </si>
   <si>
     <t>URL:</t>
   </si>
   <si>
     <t>https://www.sunrom.com/c/led-accessories</t>
   </si>
   <si>
     <t>Date:</t>
   </si>
   <si>
-    <t>30-Jan-2026 08:09:57</t>
+    <t>20-Mar-2026 00:12:39</t>
   </si>
   <si>
     <t>12.3mm LED Light Guide Straight</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/8093</t>
   </si>
   <si>
     <t>13.5mm LED Light Guide Straight</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/8094</t>
   </si>
   <si>
     <t>25.4mm LED Light Guide Straight</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/8095</t>
   </si>
   <si>
     <t>30.5mm LED Light Guide Straight</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/8096</t>
   </si>