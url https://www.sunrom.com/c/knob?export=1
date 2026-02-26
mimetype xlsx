--- v0 (2025-12-28)
+++ v1 (2026-02-26)
@@ -37,51 +37,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="26">
   <si>
     <t>Product Code</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Unit Price</t>
   </si>
   <si>
     <t>Product Page</t>
   </si>
   <si>
     <t>URL:</t>
   </si>
   <si>
     <t>https://www.sunrom.com/c/knob</t>
   </si>
   <si>
     <t>Date:</t>
   </si>
   <si>
-    <t>28-Dec-2025 12:10:26</t>
+    <t>26-Feb-2026 10:04:52</t>
   </si>
   <si>
     <t>Knob for Flat D type 6mm Shaft</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7737</t>
   </si>
   <si>
     <t>Knob for Flat 6mm D Shaft</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7736</t>
   </si>
   <si>
     <t>25mm Glossy Knob for for 6MM Shaft Encoders &amp; Pots</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7205</t>
   </si>
   <si>
     <t>Plastic Knob for Potentiometer having round shaft 6mm</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/6516</t>
   </si>