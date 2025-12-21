--- v0 (2025-11-04)
+++ v1 (2025-12-21)
@@ -37,51 +37,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="18">
   <si>
     <t>Product Code</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Unit Price</t>
   </si>
   <si>
     <t>Product Page</t>
   </si>
   <si>
     <t>URL:</t>
   </si>
   <si>
     <t>https://www.sunrom.com/c/knob-bakelite</t>
   </si>
   <si>
     <t>Date:</t>
   </si>
   <si>
-    <t>04-Nov-2025 11:42:35</t>
+    <t>21-Dec-2025 20:25:25</t>
   </si>
   <si>
     <t>16mm Bakelite Knob for for 6MM Shaft Encoders &amp; Pots</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7200</t>
   </si>
   <si>
     <t>19mm Bakelite Knob for for 6MM Shaft Encoders &amp; Pots</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7201</t>
   </si>
   <si>
     <t>24mm Bakelite Knob for for 6MM Shaft Encoders &amp; Pots</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7202</t>
   </si>
   <si>
     <t>31mm Bakelite Knob for for 6MM Shaft Encoders &amp; Pots</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7203</t>
   </si>