--- v1 (2025-12-21)
+++ v2 (2025-12-21)
@@ -37,51 +37,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="18">
   <si>
     <t>Product Code</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Unit Price</t>
   </si>
   <si>
     <t>Product Page</t>
   </si>
   <si>
     <t>URL:</t>
   </si>
   <si>
     <t>https://www.sunrom.com/c/knob-bakelite</t>
   </si>
   <si>
     <t>Date:</t>
   </si>
   <si>
-    <t>21-Dec-2025 20:25:25</t>
+    <t>21-Dec-2025 22:14:50</t>
   </si>
   <si>
     <t>16mm Bakelite Knob for for 6MM Shaft Encoders &amp; Pots</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7200</t>
   </si>
   <si>
     <t>19mm Bakelite Knob for for 6MM Shaft Encoders &amp; Pots</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7201</t>
   </si>
   <si>
     <t>24mm Bakelite Knob for for 6MM Shaft Encoders &amp; Pots</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7202</t>
   </si>
   <si>
     <t>31mm Bakelite Knob for for 6MM Shaft Encoders &amp; Pots</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7203</t>
   </si>