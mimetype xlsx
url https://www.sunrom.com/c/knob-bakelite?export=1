--- v2 (2025-12-21)
+++ v3 (2026-02-04)
@@ -37,51 +37,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="18">
   <si>
     <t>Product Code</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Unit Price</t>
   </si>
   <si>
     <t>Product Page</t>
   </si>
   <si>
     <t>URL:</t>
   </si>
   <si>
     <t>https://www.sunrom.com/c/knob-bakelite</t>
   </si>
   <si>
     <t>Date:</t>
   </si>
   <si>
-    <t>21-Dec-2025 22:14:50</t>
+    <t>05-Feb-2026 02:15:51</t>
   </si>
   <si>
     <t>16mm Bakelite Knob for for 6MM Shaft Encoders &amp; Pots</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7200</t>
   </si>
   <si>
     <t>19mm Bakelite Knob for for 6MM Shaft Encoders &amp; Pots</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7201</t>
   </si>
   <si>
     <t>24mm Bakelite Knob for for 6MM Shaft Encoders &amp; Pots</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7202</t>
   </si>
   <si>
     <t>31mm Bakelite Knob for for 6MM Shaft Encoders &amp; Pots</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7203</t>
   </si>