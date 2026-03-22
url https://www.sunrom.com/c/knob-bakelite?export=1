--- v3 (2026-02-04)
+++ v4 (2026-03-22)
@@ -37,51 +37,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="18">
   <si>
     <t>Product Code</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Unit Price</t>
   </si>
   <si>
     <t>Product Page</t>
   </si>
   <si>
     <t>URL:</t>
   </si>
   <si>
     <t>https://www.sunrom.com/c/knob-bakelite</t>
   </si>
   <si>
     <t>Date:</t>
   </si>
   <si>
-    <t>05-Feb-2026 02:15:51</t>
+    <t>22-Mar-2026 05:58:01</t>
   </si>
   <si>
     <t>16mm Bakelite Knob for for 6MM Shaft Encoders &amp; Pots</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7200</t>
   </si>
   <si>
     <t>19mm Bakelite Knob for for 6MM Shaft Encoders &amp; Pots</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7201</t>
   </si>
   <si>
     <t>24mm Bakelite Knob for for 6MM Shaft Encoders &amp; Pots</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7202</t>
   </si>
   <si>
     <t>31mm Bakelite Knob for for 6MM Shaft Encoders &amp; Pots</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7203</t>
   </si>