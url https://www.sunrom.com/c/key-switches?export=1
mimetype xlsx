--- v0 (2025-10-31)
+++ v1 (2025-12-29)
@@ -37,51 +37,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="14">
   <si>
     <t>Product Code</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Unit Price</t>
   </si>
   <si>
     <t>Product Page</t>
   </si>
   <si>
     <t>URL:</t>
   </si>
   <si>
     <t>https://www.sunrom.com/c/key-switches</t>
   </si>
   <si>
     <t>Date:</t>
   </si>
   <si>
-    <t>31-Oct-2025 08:43:11</t>
+    <t>29-Dec-2025 18:01:50</t>
   </si>
   <si>
     <t>Mechanical Switch Blue Click Feel</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7824</t>
   </si>
   <si>
     <t>Mechanical Switch Red Linear Smooth</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7825</t>
   </si>
   <si>
     <t>Cherry MX Blue Switch MX1A-E1NN</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/6479</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">