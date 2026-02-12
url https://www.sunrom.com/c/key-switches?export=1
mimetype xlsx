--- v1 (2025-12-29)
+++ v2 (2026-02-12)
@@ -37,51 +37,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="14">
   <si>
     <t>Product Code</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Unit Price</t>
   </si>
   <si>
     <t>Product Page</t>
   </si>
   <si>
     <t>URL:</t>
   </si>
   <si>
     <t>https://www.sunrom.com/c/key-switches</t>
   </si>
   <si>
     <t>Date:</t>
   </si>
   <si>
-    <t>29-Dec-2025 18:01:50</t>
+    <t>12-Feb-2026 20:19:59</t>
   </si>
   <si>
     <t>Mechanical Switch Blue Click Feel</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7824</t>
   </si>
   <si>
     <t>Mechanical Switch Red Linear Smooth</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7825</t>
   </si>
   <si>
     <t>Cherry MX Blue Switch MX1A-E1NN</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/6479</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
@@ -486,51 +486,51 @@
         <v>7</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B3" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C3" s="4" t="s">
         <v>2</v>
       </c>
       <c r="D3" s="1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" s="3">
         <v>7824</v>
       </c>
       <c r="B4" t="s">
         <v>8</v>
       </c>
       <c r="C4" s="5">
-        <v>15.0</v>
+        <v>25.0</v>
       </c>
       <c r="D4" s="6" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" s="3">
         <v>7825</v>
       </c>
       <c r="B5" t="s">
         <v>10</v>
       </c>
       <c r="C5" s="5">
         <v>28.0</v>
       </c>
       <c r="D5" s="6" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" s="3">
         <v>6479</v>
       </c>
       <c r="B6" t="s">
         <v>12</v>