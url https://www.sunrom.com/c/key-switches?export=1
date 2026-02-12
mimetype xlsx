--- v2 (2026-02-12)
+++ v3 (2026-02-12)
@@ -37,51 +37,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="14">
   <si>
     <t>Product Code</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Unit Price</t>
   </si>
   <si>
     <t>Product Page</t>
   </si>
   <si>
     <t>URL:</t>
   </si>
   <si>
     <t>https://www.sunrom.com/c/key-switches</t>
   </si>
   <si>
     <t>Date:</t>
   </si>
   <si>
-    <t>12-Feb-2026 20:19:59</t>
+    <t>12-Feb-2026 21:56:59</t>
   </si>
   <si>
     <t>Mechanical Switch Blue Click Feel</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7824</t>
   </si>
   <si>
     <t>Mechanical Switch Red Linear Smooth</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7825</t>
   </si>
   <si>
     <t>Cherry MX Blue Switch MX1A-E1NN</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/6479</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">