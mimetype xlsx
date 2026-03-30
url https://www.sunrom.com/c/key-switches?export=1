--- v3 (2026-02-12)
+++ v4 (2026-03-30)
@@ -37,51 +37,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="14">
   <si>
     <t>Product Code</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Unit Price</t>
   </si>
   <si>
     <t>Product Page</t>
   </si>
   <si>
     <t>URL:</t>
   </si>
   <si>
     <t>https://www.sunrom.com/c/key-switches</t>
   </si>
   <si>
     <t>Date:</t>
   </si>
   <si>
-    <t>12-Feb-2026 21:56:59</t>
+    <t>30-Mar-2026 06:34:41</t>
   </si>
   <si>
     <t>Mechanical Switch Blue Click Feel</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7824</t>
   </si>
   <si>
     <t>Mechanical Switch Red Linear Smooth</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7825</t>
   </si>
   <si>
     <t>Cherry MX Blue Switch MX1A-E1NN</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/6479</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">