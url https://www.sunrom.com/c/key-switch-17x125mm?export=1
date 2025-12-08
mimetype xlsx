--- v0 (2025-10-23)
+++ v1 (2025-12-08)
@@ -37,51 +37,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="36">
   <si>
     <t>Product Code</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Unit Price</t>
   </si>
   <si>
     <t>Product Page</t>
   </si>
   <si>
     <t>URL:</t>
   </si>
   <si>
     <t>https://www.sunrom.com/c/key-switch-17x125mm</t>
   </si>
   <si>
     <t>Date:</t>
   </si>
   <si>
-    <t>24-Oct-2025 03:46:52</t>
+    <t>08-Dec-2025 20:37:20</t>
   </si>
   <si>
     <t>Key Switch 17x12.5mm Red</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7914</t>
   </si>
   <si>
     <t>Key Switch 17x12.5mm Yellow</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7915</t>
   </si>
   <si>
     <t>Key Switch 17x12.5mm Blue</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7916</t>
   </si>
   <si>
     <t>Key Switch 17x12.5mm Green</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7917</t>
   </si>