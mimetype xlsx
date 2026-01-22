--- v1 (2025-12-08)
+++ v2 (2026-01-22)
@@ -37,51 +37,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="36">
   <si>
     <t>Product Code</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Unit Price</t>
   </si>
   <si>
     <t>Product Page</t>
   </si>
   <si>
     <t>URL:</t>
   </si>
   <si>
     <t>https://www.sunrom.com/c/key-switch-17x125mm</t>
   </si>
   <si>
     <t>Date:</t>
   </si>
   <si>
-    <t>08-Dec-2025 20:37:20</t>
+    <t>23-Jan-2026 00:40:54</t>
   </si>
   <si>
     <t>Key Switch 17x12.5mm Red</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7914</t>
   </si>
   <si>
     <t>Key Switch 17x12.5mm Yellow</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7915</t>
   </si>
   <si>
     <t>Key Switch 17x12.5mm Blue</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7916</t>
   </si>
   <si>
     <t>Key Switch 17x12.5mm Green</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7917</t>
   </si>