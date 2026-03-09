--- v2 (2026-01-22)
+++ v3 (2026-03-09)
@@ -37,51 +37,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="36">
   <si>
     <t>Product Code</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Unit Price</t>
   </si>
   <si>
     <t>Product Page</t>
   </si>
   <si>
     <t>URL:</t>
   </si>
   <si>
     <t>https://www.sunrom.com/c/key-switch-17x125mm</t>
   </si>
   <si>
     <t>Date:</t>
   </si>
   <si>
-    <t>23-Jan-2026 00:40:54</t>
+    <t>09-Mar-2026 18:44:29</t>
   </si>
   <si>
     <t>Key Switch 17x12.5mm Red</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7914</t>
   </si>
   <si>
     <t>Key Switch 17x12.5mm Yellow</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7915</t>
   </si>
   <si>
     <t>Key Switch 17x12.5mm Blue</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7916</t>
   </si>
   <si>
     <t>Key Switch 17x12.5mm Green</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7917</t>
   </si>