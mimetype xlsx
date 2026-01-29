--- v0 (2025-11-02)
+++ v1 (2026-01-29)
@@ -37,51 +37,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="14">
   <si>
     <t>Product Code</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Unit Price</t>
   </si>
   <si>
     <t>Product Page</t>
   </si>
   <si>
     <t>URL:</t>
   </si>
   <si>
     <t>https://www.sunrom.com/c/jumper-wires</t>
   </si>
   <si>
     <t>Date:</t>
   </si>
   <si>
-    <t>02-Nov-2025 14:54:47</t>
+    <t>29-Jan-2026 23:39:41</t>
   </si>
   <si>
     <t>Jumper Wires - Male/Male - 10 way - 20cm (8 In)</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/3041</t>
   </si>
   <si>
     <t>Jumper Wires - Female/Female - 10 way - 20cm (8 In)</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/3930</t>
   </si>
   <si>
     <t>Jumper Wires - Male/Female - 10 way - 20cm (8 In)</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/4426</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">