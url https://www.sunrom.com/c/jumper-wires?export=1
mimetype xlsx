--- v1 (2026-01-29)
+++ v2 (2026-03-19)
@@ -37,51 +37,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="14">
   <si>
     <t>Product Code</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Unit Price</t>
   </si>
   <si>
     <t>Product Page</t>
   </si>
   <si>
     <t>URL:</t>
   </si>
   <si>
     <t>https://www.sunrom.com/c/jumper-wires</t>
   </si>
   <si>
     <t>Date:</t>
   </si>
   <si>
-    <t>29-Jan-2026 23:39:41</t>
+    <t>19-Mar-2026 22:42:04</t>
   </si>
   <si>
     <t>Jumper Wires - Male/Male - 10 way - 20cm (8 In)</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/3041</t>
   </si>
   <si>
     <t>Jumper Wires - Female/Female - 10 way - 20cm (8 In)</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/3930</t>
   </si>
   <si>
     <t>Jumper Wires - Male/Female - 10 way - 20cm (8 In)</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/4426</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">