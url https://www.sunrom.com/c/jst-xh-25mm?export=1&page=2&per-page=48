--- v0 (2025-11-03)
+++ v1 (2026-03-12)
@@ -37,51 +37,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="222">
   <si>
     <t>Product Code</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Unit Price</t>
   </si>
   <si>
     <t>Product Page</t>
   </si>
   <si>
     <t>URL:</t>
   </si>
   <si>
     <t>https://www.sunrom.com/c/jst-xh-25mm?page=2&amp;per-page=48</t>
   </si>
   <si>
     <t>Date:</t>
   </si>
   <si>
-    <t>04-Nov-2025 02:06:29</t>
+    <t>12-Mar-2026 15:09:43</t>
   </si>
   <si>
     <t>2 pin JST XH, 2.5mm, Teflon PTFE 24/7/32, One side Female 15cm wire</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/8079</t>
   </si>
   <si>
     <t>3 pin JST XH, 2.5mm, Teflon PTFE 24/7/32, One side Female 15cm wire</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/8080</t>
   </si>
   <si>
     <t>4 pin JST XH, 2.5mm, Teflon PTFE 24/7/32, One side Female 15cm wire</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/8081</t>
   </si>
   <si>
     <t>5 pin JST XH, 2.5mm, Teflon PTFE 24/7/32, One side Female 15cm wire</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/8082</t>
   </si>
@@ -1110,107 +1110,107 @@
         <v>7</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B3" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C3" s="4" t="s">
         <v>2</v>
       </c>
       <c r="D3" s="1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" s="3">
         <v>8079</v>
       </c>
       <c r="B4" t="s">
         <v>8</v>
       </c>
       <c r="C4" s="5">
-        <v>11.0</v>
+        <v>14.0</v>
       </c>
       <c r="D4" s="6" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" s="3">
         <v>8080</v>
       </c>
       <c r="B5" t="s">
         <v>10</v>
       </c>
       <c r="C5" s="5">
-        <v>17.0</v>
+        <v>21.0</v>
       </c>
       <c r="D5" s="6" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" s="3">
         <v>8081</v>
       </c>
       <c r="B6" t="s">
         <v>12</v>
       </c>
       <c r="C6" s="5">
-        <v>22.0</v>
+        <v>28.0</v>
       </c>
       <c r="D6" s="6" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" s="3">
         <v>8082</v>
       </c>
       <c r="B7" t="s">
         <v>14</v>
       </c>
       <c r="C7" s="5">
-        <v>28.0</v>
+        <v>35.0</v>
       </c>
       <c r="D7" s="6" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" s="3">
         <v>8083</v>
       </c>
       <c r="B8" t="s">
         <v>16</v>
       </c>
       <c r="C8" s="5">
-        <v>33.0</v>
+        <v>42.0</v>
       </c>
       <c r="D8" s="6" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" s="3">
         <v>7835</v>
       </c>
       <c r="B9" t="s">
         <v>18</v>
       </c>
       <c r="C9" s="5">
         <v>4.75</v>
       </c>
       <c r="D9" s="6" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" s="3">
         <v>7894</v>
       </c>
       <c r="B10" t="s">
         <v>20</v>
@@ -1264,51 +1264,51 @@
         <v>27</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" s="3">
         <v>7898</v>
       </c>
       <c r="B14" t="s">
         <v>28</v>
       </c>
       <c r="C14" s="5">
         <v>88.0</v>
       </c>
       <c r="D14" s="6" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" s="3">
         <v>7149</v>
       </c>
       <c r="B15" t="s">
         <v>30</v>
       </c>
       <c r="C15" s="5">
-        <v>38.0</v>
+        <v>33.0</v>
       </c>
       <c r="D15" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" s="3">
         <v>7150</v>
       </c>
       <c r="B16" t="s">
         <v>32</v>
       </c>
       <c r="C16" s="5">
         <v>42.0</v>
       </c>
       <c r="D16" s="6" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" s="3">
         <v>7145</v>
       </c>
       <c r="B17" t="s">
         <v>34</v>
@@ -1544,51 +1544,51 @@
         <v>67</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" s="3">
         <v>7023</v>
       </c>
       <c r="B34" t="s">
         <v>68</v>
       </c>
       <c r="C34" s="5">
         <v>37.76</v>
       </c>
       <c r="D34" s="6" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" s="3">
         <v>7024</v>
       </c>
       <c r="B35" t="s">
         <v>70</v>
       </c>
       <c r="C35" s="5">
-        <v>42.48</v>
+        <v>48.0</v>
       </c>
       <c r="D35" s="6" t="s">
         <v>71</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" s="3">
         <v>7025</v>
       </c>
       <c r="B36" t="s">
         <v>72</v>
       </c>
       <c r="C36" s="5">
         <v>47.2</v>
       </c>
       <c r="D36" s="6" t="s">
         <v>73</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" s="3">
         <v>7026</v>
       </c>
       <c r="B37" t="s">
         <v>74</v>
@@ -1698,107 +1698,107 @@
         <v>89</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" s="3">
         <v>6386</v>
       </c>
       <c r="B45" t="s">
         <v>90</v>
       </c>
       <c r="C45" s="5">
         <v>4.72</v>
       </c>
       <c r="D45" s="6" t="s">
         <v>91</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" s="3">
         <v>5936</v>
       </c>
       <c r="B46" t="s">
         <v>92</v>
       </c>
       <c r="C46" s="5">
-        <v>9.0</v>
+        <v>11.0</v>
       </c>
       <c r="D46" s="6" t="s">
         <v>93</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" s="3">
         <v>5937</v>
       </c>
       <c r="B47" t="s">
         <v>94</v>
       </c>
       <c r="C47" s="5">
-        <v>13.0</v>
+        <v>15.0</v>
       </c>
       <c r="D47" s="6" t="s">
         <v>95</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" s="3">
         <v>5939</v>
       </c>
       <c r="B48" t="s">
         <v>96</v>
       </c>
       <c r="C48" s="5">
         <v>24.0</v>
       </c>
       <c r="D48" s="6" t="s">
         <v>97</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" s="3">
         <v>5940</v>
       </c>
       <c r="B49" t="s">
         <v>98</v>
       </c>
       <c r="C49" s="5">
-        <v>24.0</v>
+        <v>28.0</v>
       </c>
       <c r="D49" s="6" t="s">
         <v>99</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" s="3">
         <v>5941</v>
       </c>
       <c r="B50" t="s">
         <v>100</v>
       </c>
       <c r="C50" s="5">
-        <v>30.0</v>
+        <v>42.0</v>
       </c>
       <c r="D50" s="6" t="s">
         <v>101</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" s="3">
         <v>5942</v>
       </c>
       <c r="B51" t="s">
         <v>102</v>
       </c>
       <c r="C51" s="5">
         <v>34.0</v>
       </c>
       <c r="D51" s="6" t="s">
         <v>103</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" s="3">
         <v>5943</v>
       </c>
       <c r="B52" t="s">
         <v>104</v>
@@ -1824,51 +1824,51 @@
         <v>107</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" s="3">
         <v>7913</v>
       </c>
       <c r="B54" t="s">
         <v>108</v>
       </c>
       <c r="C54" s="5">
         <v>37.0</v>
       </c>
       <c r="D54" s="6" t="s">
         <v>109</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" s="3">
         <v>5938</v>
       </c>
       <c r="B55" t="s">
         <v>110</v>
       </c>
       <c r="C55" s="5">
-        <v>18.0</v>
+        <v>19.0</v>
       </c>
       <c r="D55" s="6" t="s">
         <v>111</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" s="3">
         <v>7989</v>
       </c>
       <c r="B56" t="s">
         <v>112</v>
       </c>
       <c r="C56" s="5">
         <v>23.0</v>
       </c>
       <c r="D56" s="6" t="s">
         <v>113</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" s="3">
         <v>5614</v>
       </c>
       <c r="B57" t="s">
         <v>114</v>