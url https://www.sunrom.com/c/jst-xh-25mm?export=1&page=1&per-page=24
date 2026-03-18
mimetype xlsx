--- v0 (2026-03-18)
+++ v1 (2026-03-18)
@@ -37,51 +37,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="222">
   <si>
     <t>Product Code</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Unit Price</t>
   </si>
   <si>
     <t>Product Page</t>
   </si>
   <si>
     <t>URL:</t>
   </si>
   <si>
     <t>https://www.sunrom.com/c/jst-xh-25mm?page=1&amp;per-page=24</t>
   </si>
   <si>
     <t>Date:</t>
   </si>
   <si>
-    <t>18-Mar-2026 14:13:17</t>
+    <t>18-Mar-2026 15:48:18</t>
   </si>
   <si>
     <t>2 pin JST XH, 2.5mm, Teflon PTFE 24/7/32, One side Female 15cm wire</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/8079</t>
   </si>
   <si>
     <t>3 pin JST XH, 2.5mm, Teflon PTFE 24/7/32, One side Female 15cm wire</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/8080</t>
   </si>
   <si>
     <t>4 pin JST XH, 2.5mm, Teflon PTFE 24/7/32, One side Female 15cm wire</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/8081</t>
   </si>
   <si>
     <t>5 pin JST XH, 2.5mm, Teflon PTFE 24/7/32, One side Female 15cm wire</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/8082</t>
   </si>