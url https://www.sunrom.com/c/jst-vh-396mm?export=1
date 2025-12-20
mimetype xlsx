--- v0 (2025-11-04)
+++ v1 (2025-12-20)
@@ -37,51 +37,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="24">
   <si>
     <t>Product Code</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Unit Price</t>
   </si>
   <si>
     <t>Product Page</t>
   </si>
   <si>
     <t>URL:</t>
   </si>
   <si>
     <t>https://www.sunrom.com/c/jst-vh-396mm</t>
   </si>
   <si>
     <t>Date:</t>
   </si>
   <si>
-    <t>04-Nov-2025 11:45:30</t>
+    <t>20-Dec-2025 05:52:51</t>
   </si>
   <si>
     <t>4P Housing JST VH 3.96mm</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/5348</t>
   </si>
   <si>
     <t>2P Header JST VH 3.96mm</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/5093</t>
   </si>
   <si>
     <t>3P Header JST VH 3.96mm</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/5095</t>
   </si>
   <si>
     <t>4P Header JST VH 3.96mm</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/5096</t>
   </si>