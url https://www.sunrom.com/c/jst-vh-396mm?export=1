--- v1 (2025-12-20)
+++ v2 (2026-02-19)
@@ -37,51 +37,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="24">
   <si>
     <t>Product Code</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Unit Price</t>
   </si>
   <si>
     <t>Product Page</t>
   </si>
   <si>
     <t>URL:</t>
   </si>
   <si>
     <t>https://www.sunrom.com/c/jst-vh-396mm</t>
   </si>
   <si>
     <t>Date:</t>
   </si>
   <si>
-    <t>20-Dec-2025 05:52:51</t>
+    <t>19-Feb-2026 14:55:23</t>
   </si>
   <si>
     <t>4P Housing JST VH 3.96mm</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/5348</t>
   </si>
   <si>
     <t>2P Header JST VH 3.96mm</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/5093</t>
   </si>
   <si>
     <t>3P Header JST VH 3.96mm</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/5095</t>
   </si>
   <si>
     <t>4P Header JST VH 3.96mm</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/5096</t>
   </si>