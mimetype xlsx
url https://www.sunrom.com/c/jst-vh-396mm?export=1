--- v2 (2026-02-19)
+++ v3 (2026-02-19)
@@ -37,51 +37,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="24">
   <si>
     <t>Product Code</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Unit Price</t>
   </si>
   <si>
     <t>Product Page</t>
   </si>
   <si>
     <t>URL:</t>
   </si>
   <si>
     <t>https://www.sunrom.com/c/jst-vh-396mm</t>
   </si>
   <si>
     <t>Date:</t>
   </si>
   <si>
-    <t>19-Feb-2026 14:55:23</t>
+    <t>19-Feb-2026 16:46:26</t>
   </si>
   <si>
     <t>4P Housing JST VH 3.96mm</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/5348</t>
   </si>
   <si>
     <t>2P Header JST VH 3.96mm</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/5093</t>
   </si>
   <si>
     <t>3P Header JST VH 3.96mm</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/5095</t>
   </si>
   <si>
     <t>4P Header JST VH 3.96mm</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/5096</t>
   </si>