--- v0 (2026-01-30)
+++ v1 (2026-03-19)
@@ -37,51 +37,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="14">
   <si>
     <t>Product Code</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Unit Price</t>
   </si>
   <si>
     <t>Product Page</t>
   </si>
   <si>
     <t>URL:</t>
   </si>
   <si>
     <t>https://www.sunrom.com/c/jst-sm</t>
   </si>
   <si>
     <t>Date:</t>
   </si>
   <si>
-    <t>30-Jan-2026 08:02:16</t>
+    <t>19-Mar-2026 17:13:29</t>
   </si>
   <si>
     <t>2 Pin JST SM Set of Male 15cm + Female 15cm Wires to Wires Connector</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/6579</t>
   </si>
   <si>
     <t>3 Pin JST SM Set of Male 15cm + Female 15cm Wires to Wires Connector</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/6580</t>
   </si>
   <si>
     <t>4 Pin JST SM Set of Male 15cm + Female 15cm Wires to Wires Connector</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/6581</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">