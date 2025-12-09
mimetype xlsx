--- v0 (2025-10-18)
+++ v1 (2025-12-09)
@@ -37,51 +37,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="26">
   <si>
     <t>Product Code</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Unit Price</t>
   </si>
   <si>
     <t>Product Page</t>
   </si>
   <si>
     <t>URL:</t>
   </si>
   <si>
     <t>https://www.sunrom.com/c/jst-ph-20mm?s_93%5B0%5D=2</t>
   </si>
   <si>
     <t>Date:</t>
   </si>
   <si>
-    <t>18-Oct-2025 14:50:07</t>
+    <t>09-Dec-2025 11:42:09</t>
   </si>
   <si>
     <t>2 pin JST PH, 2mm, Teflon PTFE 24/7/32, One side Female 15cm wire</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/8074</t>
   </si>
   <si>
     <t>2 pin JST PH, 2.0mm, Both side Female 10cm</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7151</t>
   </si>
   <si>
     <t>2 pin JST PH 2.0mm SMT Header Horizontal Right Angle Side Entry</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/6341</t>
   </si>
   <si>
     <t>2 pin JST PH 2.0mm SMT Header Vertical Straight Top Entry</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/6332</t>
   </si>