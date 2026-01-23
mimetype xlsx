--- v1 (2025-12-09)
+++ v2 (2026-01-23)
@@ -37,51 +37,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="26">
   <si>
     <t>Product Code</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Unit Price</t>
   </si>
   <si>
     <t>Product Page</t>
   </si>
   <si>
     <t>URL:</t>
   </si>
   <si>
     <t>https://www.sunrom.com/c/jst-ph-20mm?s_93%5B0%5D=2</t>
   </si>
   <si>
     <t>Date:</t>
   </si>
   <si>
-    <t>09-Dec-2025 11:42:09</t>
+    <t>24-Jan-2026 05:25:31</t>
   </si>
   <si>
     <t>2 pin JST PH, 2mm, Teflon PTFE 24/7/32, One side Female 15cm wire</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/8074</t>
   </si>
   <si>
     <t>2 pin JST PH, 2.0mm, Both side Female 10cm</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7151</t>
   </si>
   <si>
     <t>2 pin JST PH 2.0mm SMT Header Horizontal Right Angle Side Entry</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/6341</t>
   </si>
   <si>
     <t>2 pin JST PH 2.0mm SMT Header Vertical Straight Top Entry</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/6332</t>
   </si>
@@ -522,51 +522,51 @@
         <v>7</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B3" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C3" s="4" t="s">
         <v>2</v>
       </c>
       <c r="D3" s="1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" s="3">
         <v>8074</v>
       </c>
       <c r="B4" t="s">
         <v>8</v>
       </c>
       <c r="C4" s="5">
-        <v>12.0</v>
+        <v>15.0</v>
       </c>
       <c r="D4" s="6" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" s="3">
         <v>7151</v>
       </c>
       <c r="B5" t="s">
         <v>10</v>
       </c>
       <c r="C5" s="5">
         <v>10.0</v>
       </c>
       <c r="D5" s="6" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" s="3">
         <v>6341</v>
       </c>
       <c r="B6" t="s">
         <v>12</v>