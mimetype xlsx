--- v2 (2026-01-23)
+++ v3 (2026-01-24)
@@ -37,51 +37,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="26">
   <si>
     <t>Product Code</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Unit Price</t>
   </si>
   <si>
     <t>Product Page</t>
   </si>
   <si>
     <t>URL:</t>
   </si>
   <si>
     <t>https://www.sunrom.com/c/jst-ph-20mm?s_93%5B0%5D=2</t>
   </si>
   <si>
     <t>Date:</t>
   </si>
   <si>
-    <t>24-Jan-2026 05:25:31</t>
+    <t>24-Jan-2026 07:20:30</t>
   </si>
   <si>
     <t>2 pin JST PH, 2mm, Teflon PTFE 24/7/32, One side Female 15cm wire</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/8074</t>
   </si>
   <si>
     <t>2 pin JST PH, 2.0mm, Both side Female 10cm</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7151</t>
   </si>
   <si>
     <t>2 pin JST PH 2.0mm SMT Header Horizontal Right Angle Side Entry</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/6341</t>
   </si>
   <si>
     <t>2 pin JST PH 2.0mm SMT Header Vertical Straight Top Entry</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/6332</t>
   </si>