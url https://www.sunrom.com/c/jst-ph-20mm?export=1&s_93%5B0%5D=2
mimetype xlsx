--- v3 (2026-01-24)
+++ v4 (2026-03-12)
@@ -37,51 +37,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="26">
   <si>
     <t>Product Code</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Unit Price</t>
   </si>
   <si>
     <t>Product Page</t>
   </si>
   <si>
     <t>URL:</t>
   </si>
   <si>
     <t>https://www.sunrom.com/c/jst-ph-20mm?s_93%5B0%5D=2</t>
   </si>
   <si>
     <t>Date:</t>
   </si>
   <si>
-    <t>24-Jan-2026 07:20:30</t>
+    <t>12-Mar-2026 16:01:06</t>
   </si>
   <si>
     <t>2 pin JST PH, 2mm, Teflon PTFE 24/7/32, One side Female 15cm wire</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/8074</t>
   </si>
   <si>
     <t>2 pin JST PH, 2.0mm, Both side Female 10cm</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7151</t>
   </si>
   <si>
     <t>2 pin JST PH 2.0mm SMT Header Horizontal Right Angle Side Entry</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/6341</t>
   </si>
   <si>
     <t>2 pin JST PH 2.0mm SMT Header Vertical Straight Top Entry</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/6332</t>
   </si>
@@ -620,51 +620,51 @@
         <v>19</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" s="3">
         <v>6350</v>
       </c>
       <c r="B10" t="s">
         <v>20</v>
       </c>
       <c r="C10" s="5">
         <v>1.0</v>
       </c>
       <c r="D10" s="6" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" s="3">
         <v>6368</v>
       </c>
       <c r="B11" t="s">
         <v>22</v>
       </c>
       <c r="C11" s="5">
-        <v>6.0</v>
+        <v>7.0</v>
       </c>
       <c r="D11" s="6" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" s="3">
         <v>5526</v>
       </c>
       <c r="B12" t="s">
         <v>24</v>
       </c>
       <c r="C12" s="5">
         <v>2.0</v>
       </c>
       <c r="D12" s="6" t="s">
         <v>25</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="B1" r:id="rId_hyperlink_1"/>
     <hyperlink ref="D4" r:id="rId_hyperlink_2"/>
     <hyperlink ref="D5" r:id="rId_hyperlink_3"/>
     <hyperlink ref="D6" r:id="rId_hyperlink_4"/>