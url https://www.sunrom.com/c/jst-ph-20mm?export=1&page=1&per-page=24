--- v0 (2025-10-19)
+++ v1 (2026-03-04)
@@ -37,51 +37,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="170">
   <si>
     <t>Product Code</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Unit Price</t>
   </si>
   <si>
     <t>Product Page</t>
   </si>
   <si>
     <t>URL:</t>
   </si>
   <si>
     <t>https://www.sunrom.com/c/jst-ph-20mm?page=1&amp;per-page=24</t>
   </si>
   <si>
     <t>Date:</t>
   </si>
   <si>
-    <t>19-Oct-2025 21:06:11</t>
+    <t>04-Mar-2026 06:16:55</t>
   </si>
   <si>
     <t>2 pin JST PH, 2mm, Teflon PTFE 24/7/32, One side Female 15cm wire</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/8074</t>
   </si>
   <si>
     <t>3 pin JST PH, 2mm, Teflon PTFE 24/7/32, One side Female 15cm wire</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/8075</t>
   </si>
   <si>
     <t>4 pin JST PH, 2mm, Teflon PTFE 24/7/32, One side Female 15cm wire</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/8076</t>
   </si>
   <si>
     <t>5 pin JST PH, 2mm, Teflon PTFE 24/7/32, One side Female 15cm wire</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/8077</t>
   </si>
@@ -954,121 +954,121 @@
         <v>7</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B3" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C3" s="4" t="s">
         <v>2</v>
       </c>
       <c r="D3" s="1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" s="3">
         <v>8074</v>
       </c>
       <c r="B4" t="s">
         <v>8</v>
       </c>
       <c r="C4" s="5">
-        <v>12.0</v>
+        <v>15.0</v>
       </c>
       <c r="D4" s="6" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" s="3">
         <v>8075</v>
       </c>
       <c r="B5" t="s">
         <v>10</v>
       </c>
       <c r="C5" s="5">
-        <v>17.0</v>
+        <v>21.0</v>
       </c>
       <c r="D5" s="6" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" s="3">
         <v>8076</v>
       </c>
       <c r="B6" t="s">
         <v>12</v>
       </c>
       <c r="C6" s="5">
-        <v>23.0</v>
+        <v>28.0</v>
       </c>
       <c r="D6" s="6" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" s="3">
         <v>8077</v>
       </c>
       <c r="B7" t="s">
         <v>14</v>
       </c>
       <c r="C7" s="5">
-        <v>29.0</v>
+        <v>35.0</v>
       </c>
       <c r="D7" s="6" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" s="3">
         <v>8078</v>
       </c>
       <c r="B8" t="s">
         <v>16</v>
       </c>
       <c r="C8" s="5">
-        <v>35.0</v>
+        <v>42.0</v>
       </c>
       <c r="D8" s="6" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" s="3">
         <v>7152</v>
       </c>
       <c r="B9" t="s">
         <v>18</v>
       </c>
       <c r="C9" s="5">
-        <v>14.0</v>
+        <v>16.0</v>
       </c>
       <c r="D9" s="6" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" s="3">
         <v>7153</v>
       </c>
       <c r="B10" t="s">
         <v>20</v>
       </c>
       <c r="C10" s="5">
         <v>20.0</v>
       </c>
       <c r="D10" s="6" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" s="3">
         <v>7154</v>
       </c>
       <c r="B11" t="s">
         <v>22</v>
@@ -1640,51 +1640,51 @@
         <v>103</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" s="3">
         <v>6385</v>
       </c>
       <c r="B52" t="s">
         <v>104</v>
       </c>
       <c r="C52" s="5">
         <v>50.0</v>
       </c>
       <c r="D52" s="6" t="s">
         <v>105</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" s="3">
         <v>7495</v>
       </c>
       <c r="B53" t="s">
         <v>106</v>
       </c>
       <c r="C53" s="5">
-        <v>35.0</v>
+        <v>38.0</v>
       </c>
       <c r="D53" s="6" t="s">
         <v>107</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" s="3">
         <v>6347</v>
       </c>
       <c r="B54" t="s">
         <v>108</v>
       </c>
       <c r="C54" s="5">
         <v>23.6</v>
       </c>
       <c r="D54" s="6" t="s">
         <v>109</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" s="3">
         <v>6327</v>
       </c>
       <c r="B55" t="s">
         <v>110</v>
@@ -2046,51 +2046,51 @@
         <v>161</v>
       </c>
     </row>
     <row r="81" spans="1:4">
       <c r="A81" s="3">
         <v>6358</v>
       </c>
       <c r="B81" t="s">
         <v>162</v>
       </c>
       <c r="C81" s="5">
         <v>5.0</v>
       </c>
       <c r="D81" s="6" t="s">
         <v>163</v>
       </c>
     </row>
     <row r="82" spans="1:4">
       <c r="A82" s="3">
         <v>6368</v>
       </c>
       <c r="B82" t="s">
         <v>164</v>
       </c>
       <c r="C82" s="5">
-        <v>6.0</v>
+        <v>7.0</v>
       </c>
       <c r="D82" s="6" t="s">
         <v>165</v>
       </c>
     </row>
     <row r="83" spans="1:4">
       <c r="A83" s="3">
         <v>5526</v>
       </c>
       <c r="B83" t="s">
         <v>166</v>
       </c>
       <c r="C83" s="5">
         <v>2.0</v>
       </c>
       <c r="D83" s="6" t="s">
         <v>167</v>
       </c>
     </row>
     <row r="84" spans="1:4">
       <c r="A84" s="3">
         <v>6314</v>
       </c>
       <c r="B84" t="s">
         <v>168</v>