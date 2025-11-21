--- v0 (2025-10-04)
+++ v1 (2025-11-21)
@@ -37,51 +37,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="176">
   <si>
     <t>Product Code</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Unit Price</t>
   </si>
   <si>
     <t>Product Page</t>
   </si>
   <si>
     <t>URL:</t>
   </si>
   <si>
     <t>https://www.sunrom.com/c/jst-125mm</t>
   </si>
   <si>
     <t>Date:</t>
   </si>
   <si>
-    <t>04-Oct-2025 14:09:50</t>
+    <t>21-Nov-2025 06:34:25</t>
   </si>
   <si>
     <t>2 pin JST, 1.25mm, Teflon PTFE 28/7/36, One side Female 15cm wire</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/8069</t>
   </si>
   <si>
     <t>3 pin JST, 1.25mm, Teflon PTFE 28/7/36, One side Female 15cm wire</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/8070</t>
   </si>
   <si>
     <t>4 pin JST, 1.25mm, Teflon PTFE 28/7/36, One side Female 15cm wire</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/8071</t>
   </si>
   <si>
     <t>5 pin JST, 1.25mm, Teflon PTFE 28/7/36, One side Female 15cm wire</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/8072</t>
   </si>