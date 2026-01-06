--- v1 (2025-11-21)
+++ v2 (2026-01-06)
@@ -37,51 +37,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="176">
   <si>
     <t>Product Code</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Unit Price</t>
   </si>
   <si>
     <t>Product Page</t>
   </si>
   <si>
     <t>URL:</t>
   </si>
   <si>
     <t>https://www.sunrom.com/c/jst-125mm</t>
   </si>
   <si>
     <t>Date:</t>
   </si>
   <si>
-    <t>21-Nov-2025 06:34:25</t>
+    <t>06-Jan-2026 09:20:27</t>
   </si>
   <si>
     <t>2 pin JST, 1.25mm, Teflon PTFE 28/7/36, One side Female 15cm wire</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/8069</t>
   </si>
   <si>
     <t>3 pin JST, 1.25mm, Teflon PTFE 28/7/36, One side Female 15cm wire</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/8070</t>
   </si>
   <si>
     <t>4 pin JST, 1.25mm, Teflon PTFE 28/7/36, One side Female 15cm wire</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/8071</t>
   </si>
   <si>
     <t>5 pin JST, 1.25mm, Teflon PTFE 28/7/36, One side Female 15cm wire</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/8072</t>
   </si>
@@ -972,51 +972,51 @@
         <v>7</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B3" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C3" s="4" t="s">
         <v>2</v>
       </c>
       <c r="D3" s="1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" s="3">
         <v>8069</v>
       </c>
       <c r="B4" t="s">
         <v>8</v>
       </c>
       <c r="C4" s="5">
-        <v>14.0</v>
+        <v>18.0</v>
       </c>
       <c r="D4" s="6" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" s="3">
         <v>8070</v>
       </c>
       <c r="B5" t="s">
         <v>10</v>
       </c>
       <c r="C5" s="5">
         <v>22.0</v>
       </c>
       <c r="D5" s="6" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" s="3">
         <v>8071</v>
       </c>
       <c r="B6" t="s">
         <v>12</v>