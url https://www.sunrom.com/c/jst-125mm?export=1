--- v2 (2026-01-06)
+++ v3 (2026-03-05)
@@ -37,51 +37,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="176">
   <si>
     <t>Product Code</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Unit Price</t>
   </si>
   <si>
     <t>Product Page</t>
   </si>
   <si>
     <t>URL:</t>
   </si>
   <si>
     <t>https://www.sunrom.com/c/jst-125mm</t>
   </si>
   <si>
     <t>Date:</t>
   </si>
   <si>
-    <t>06-Jan-2026 09:20:27</t>
+    <t>05-Mar-2026 07:15:17</t>
   </si>
   <si>
     <t>2 pin JST, 1.25mm, Teflon PTFE 28/7/36, One side Female 15cm wire</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/8069</t>
   </si>
   <si>
     <t>3 pin JST, 1.25mm, Teflon PTFE 28/7/36, One side Female 15cm wire</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/8070</t>
   </si>
   <si>
     <t>4 pin JST, 1.25mm, Teflon PTFE 28/7/36, One side Female 15cm wire</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/8071</t>
   </si>
   <si>
     <t>5 pin JST, 1.25mm, Teflon PTFE 28/7/36, One side Female 15cm wire</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/8072</t>
   </si>
@@ -972,107 +972,107 @@
         <v>7</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B3" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C3" s="4" t="s">
         <v>2</v>
       </c>
       <c r="D3" s="1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" s="3">
         <v>8069</v>
       </c>
       <c r="B4" t="s">
         <v>8</v>
       </c>
       <c r="C4" s="5">
-        <v>18.0</v>
+        <v>20.0</v>
       </c>
       <c r="D4" s="6" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" s="3">
         <v>8070</v>
       </c>
       <c r="B5" t="s">
         <v>10</v>
       </c>
       <c r="C5" s="5">
-        <v>22.0</v>
+        <v>25.0</v>
       </c>
       <c r="D5" s="6" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" s="3">
         <v>8071</v>
       </c>
       <c r="B6" t="s">
         <v>12</v>
       </c>
       <c r="C6" s="5">
-        <v>29.0</v>
+        <v>33.0</v>
       </c>
       <c r="D6" s="6" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" s="3">
         <v>8072</v>
       </c>
       <c r="B7" t="s">
         <v>14</v>
       </c>
       <c r="C7" s="5">
-        <v>36.0</v>
+        <v>42.0</v>
       </c>
       <c r="D7" s="6" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" s="3">
         <v>8073</v>
       </c>
       <c r="B8" t="s">
         <v>16</v>
       </c>
       <c r="C8" s="5">
-        <v>43.0</v>
+        <v>48.0</v>
       </c>
       <c r="D8" s="6" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" s="3">
         <v>7158</v>
       </c>
       <c r="B9" t="s">
         <v>18</v>
       </c>
       <c r="C9" s="5">
         <v>33.0</v>
       </c>
       <c r="D9" s="6" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" s="3">
         <v>7159</v>
       </c>
       <c r="B10" t="s">
         <v>20</v>