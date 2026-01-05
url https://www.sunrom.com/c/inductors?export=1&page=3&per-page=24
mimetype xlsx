--- v0 (2025-11-04)
+++ v1 (2026-01-05)
@@ -37,51 +37,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="140">
   <si>
     <t>Product Code</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Unit Price</t>
   </si>
   <si>
     <t>Product Page</t>
   </si>
   <si>
     <t>URL:</t>
   </si>
   <si>
     <t>https://www.sunrom.com/c/inductors?page=3&amp;per-page=24</t>
   </si>
   <si>
     <t>Date:</t>
   </si>
   <si>
-    <t>04-Nov-2025 18:20:52</t>
+    <t>05-Jan-2026 21:36:24</t>
   </si>
   <si>
     <t>1uH (1R0) - 15A - SMD ASPI-0630LR-1R0 Inductor</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7909</t>
   </si>
   <si>
     <t>33uH (330) - 2.5A - SMD ASPI-0630LR-330 Inductor</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7910</t>
   </si>
   <si>
     <t>47uH (470) - 2A - SMD ASPI-0630LR-470 Inductor</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7911</t>
   </si>
   <si>
     <t>68uH (680) 7mm - Inductor</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7194</t>
   </si>