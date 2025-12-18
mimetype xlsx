--- v0 (2025-11-02)
+++ v1 (2025-12-18)
@@ -37,51 +37,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="22">
   <si>
     <t>Product Code</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Unit Price</t>
   </si>
   <si>
     <t>Product Page</t>
   </si>
   <si>
     <t>URL:</t>
   </si>
   <si>
     <t>https://www.sunrom.com/c/ic-socket</t>
   </si>
   <si>
     <t>Date:</t>
   </si>
   <si>
-    <t>02-Nov-2025 15:04:20</t>
+    <t>18-Dec-2025 10:39:32</t>
   </si>
   <si>
     <t>8 pin IC Socket</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/4150</t>
   </si>
   <si>
     <t>28 pin IC Socket</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/4200</t>
   </si>
   <si>
     <t>14 pin IC Socket</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/3967</t>
   </si>
   <si>
     <t>20 pin IC Socket</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/3968</t>
   </si>