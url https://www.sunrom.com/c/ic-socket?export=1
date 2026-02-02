--- v1 (2025-12-18)
+++ v2 (2026-02-02)
@@ -37,51 +37,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="22">
   <si>
     <t>Product Code</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Unit Price</t>
   </si>
   <si>
     <t>Product Page</t>
   </si>
   <si>
     <t>URL:</t>
   </si>
   <si>
     <t>https://www.sunrom.com/c/ic-socket</t>
   </si>
   <si>
     <t>Date:</t>
   </si>
   <si>
-    <t>18-Dec-2025 10:39:32</t>
+    <t>02-Feb-2026 21:45:48</t>
   </si>
   <si>
     <t>8 pin IC Socket</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/4150</t>
   </si>
   <si>
     <t>28 pin IC Socket</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/4200</t>
   </si>
   <si>
     <t>14 pin IC Socket</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/3967</t>
   </si>
   <si>
     <t>20 pin IC Socket</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/3968</t>
   </si>