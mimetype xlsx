--- v2 (2026-02-02)
+++ v3 (2026-03-19)
@@ -37,51 +37,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="22">
   <si>
     <t>Product Code</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Unit Price</t>
   </si>
   <si>
     <t>Product Page</t>
   </si>
   <si>
     <t>URL:</t>
   </si>
   <si>
     <t>https://www.sunrom.com/c/ic-socket</t>
   </si>
   <si>
     <t>Date:</t>
   </si>
   <si>
-    <t>02-Feb-2026 21:45:48</t>
+    <t>20-Mar-2026 01:19:17</t>
   </si>
   <si>
     <t>8 pin IC Socket</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/4150</t>
   </si>
   <si>
     <t>28 pin IC Socket</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/4200</t>
   </si>
   <si>
     <t>14 pin IC Socket</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/3967</t>
   </si>
   <si>
     <t>20 pin IC Socket</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/3968</t>
   </si>