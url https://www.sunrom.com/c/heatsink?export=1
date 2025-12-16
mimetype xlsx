--- v0 (2025-10-31)
+++ v1 (2025-12-16)
@@ -37,51 +37,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="14">
   <si>
     <t>Product Code</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Unit Price</t>
   </si>
   <si>
     <t>Product Page</t>
   </si>
   <si>
     <t>URL:</t>
   </si>
   <si>
     <t>https://www.sunrom.com/c/heatsink</t>
   </si>
   <si>
     <t>Date:</t>
   </si>
   <si>
-    <t>31-Oct-2025 12:57:48</t>
+    <t>16-Dec-2025 07:09:29</t>
   </si>
   <si>
     <t>Base for TO220</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/6524</t>
   </si>
   <si>
     <t>Heat Sink Compound - 10gm</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/6392</t>
   </si>
   <si>
     <t>Heatsink for TO-220</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/3741</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">