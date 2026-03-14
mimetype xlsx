--- v1 (2025-12-16)
+++ v2 (2026-03-14)
@@ -37,51 +37,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="14">
   <si>
     <t>Product Code</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Unit Price</t>
   </si>
   <si>
     <t>Product Page</t>
   </si>
   <si>
     <t>URL:</t>
   </si>
   <si>
     <t>https://www.sunrom.com/c/heatsink</t>
   </si>
   <si>
     <t>Date:</t>
   </si>
   <si>
-    <t>16-Dec-2025 07:09:29</t>
+    <t>14-Mar-2026 08:13:32</t>
   </si>
   <si>
     <t>Base for TO220</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/6524</t>
   </si>
   <si>
     <t>Heat Sink Compound - 10gm</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/6392</t>
   </si>
   <si>
     <t>Heatsink for TO-220</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/3741</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">