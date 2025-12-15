--- v0 (2025-10-31)
+++ v1 (2025-12-15)
@@ -14,74 +14,74 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">'Worksheet'!$1:$1</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="40">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="42">
   <si>
     <t>Product Code</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Unit Price</t>
   </si>
   <si>
     <t>Product Page</t>
   </si>
   <si>
     <t>URL:</t>
   </si>
   <si>
     <t>https://www.sunrom.com/c/heat-shrink-tubing</t>
   </si>
   <si>
     <t>Date:</t>
   </si>
   <si>
-    <t>31-Oct-2025 20:51:37</t>
+    <t>16-Dec-2025 01:58:18</t>
   </si>
   <si>
     <t>Heat Shrink Tube - 1mm Dia, Black, 1 Meter Length</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/5632</t>
   </si>
   <si>
     <t>Heat Shrink Tube - 1.5mm Dia, Black, 1 Meter Length</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/5633</t>
   </si>
   <si>
     <t>Heat Shrink Tube - 3mm Dia, Black, 1 Meter Length</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/5635</t>
   </si>
   <si>
     <t>Heat Shrink Tube - 3.5mm Dia, Black, 1 Meter Length</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/5636</t>
   </si>
@@ -134,50 +134,56 @@
     <t>https://www.sunrom.com/m/5646</t>
   </si>
   <si>
     <t>Heat Shrink Tube - 10mm Dia, Black, 1 Meter Length</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/4154</t>
   </si>
   <si>
     <t>Heat Shrink Tube - 2mm Dia, Black, 1 Meter Length</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/4088</t>
   </si>
   <si>
     <t>Heat Shrink Tube - 5mm Dia, Black, 1 Meter Length</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/4153</t>
   </si>
   <si>
     <t>Heat Shrink Tube - 15mm Dia, Black, 1 Meter Length</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/4155</t>
+  </si>
+  <si>
+    <t>Heat Shrink Tube - 11mm Dia, Black, 1 Meter Length</t>
+  </si>
+  <si>
+    <t>https://www.sunrom.com/m/8088</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="##,##,##,##0.00"/>
   </numFmts>
   <fonts count="3">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="14"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="14"/>
@@ -503,63 +509,63 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/c/heat-shrink-tubing" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5632" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5633" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5635" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5636" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5637" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5638" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5639" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5641" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5643" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5644" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5645" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5646" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4154" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4088" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4153" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4155" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/c/heat-shrink-tubing" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5632" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5633" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5635" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5636" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5637" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5638" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5639" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5641" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5643" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5644" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5645" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5646" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4154" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4088" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4153" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4155" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/8088" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:D19"/>
+  <dimension ref="A1:D20"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="D19" sqref="D19"/>
+      <selection activeCell="D20" sqref="D20"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="13" customWidth="true" style="3"/>
     <col min="2" max="2" width="60" customWidth="true" style="0"/>
     <col min="3" max="3" width="12" customWidth="true" style="5"/>
     <col min="4" max="4" width="28" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="3" t="s">
         <v>4</v>
       </c>
       <c r="B1" s="6" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="3" t="s">
         <v>6</v>
       </c>
       <c r="B2" t="s">
         <v>7</v>
       </c>
@@ -778,71 +784,86 @@
       <c r="A18" s="3">
         <v>4153</v>
       </c>
       <c r="B18" t="s">
         <v>36</v>
       </c>
       <c r="C18" s="5">
         <v>14.16</v>
       </c>
       <c r="D18" s="6" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" s="3">
         <v>4155</v>
       </c>
       <c r="B19" t="s">
         <v>38</v>
       </c>
       <c r="C19" s="5">
         <v>37.76</v>
       </c>
       <c r="D19" s="6" t="s">
         <v>39</v>
+      </c>
+    </row>
+    <row r="20" spans="1:4">
+      <c r="A20" s="3">
+        <v>8088</v>
+      </c>
+      <c r="B20" t="s">
+        <v>40</v>
+      </c>
+      <c r="C20" s="5">
+        <v>23.0</v>
+      </c>
+      <c r="D20" s="6" t="s">
+        <v>41</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="B1" r:id="rId_hyperlink_1"/>
     <hyperlink ref="D4" r:id="rId_hyperlink_2"/>
     <hyperlink ref="D5" r:id="rId_hyperlink_3"/>
     <hyperlink ref="D6" r:id="rId_hyperlink_4"/>
     <hyperlink ref="D7" r:id="rId_hyperlink_5"/>
     <hyperlink ref="D8" r:id="rId_hyperlink_6"/>
     <hyperlink ref="D9" r:id="rId_hyperlink_7"/>
     <hyperlink ref="D10" r:id="rId_hyperlink_8"/>
     <hyperlink ref="D11" r:id="rId_hyperlink_9"/>
     <hyperlink ref="D12" r:id="rId_hyperlink_10"/>
     <hyperlink ref="D13" r:id="rId_hyperlink_11"/>
     <hyperlink ref="D14" r:id="rId_hyperlink_12"/>
     <hyperlink ref="D15" r:id="rId_hyperlink_13"/>
     <hyperlink ref="D16" r:id="rId_hyperlink_14"/>
     <hyperlink ref="D17" r:id="rId_hyperlink_15"/>
     <hyperlink ref="D18" r:id="rId_hyperlink_16"/>
     <hyperlink ref="D19" r:id="rId_hyperlink_17"/>
+    <hyperlink ref="D20" r:id="rId_hyperlink_18"/>
   </hyperlinks>
   <printOptions gridLines="true" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="0" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader>&amp;C&amp;H&amp;F &amp;RPage &amp;P of &amp;N</oddHeader>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>