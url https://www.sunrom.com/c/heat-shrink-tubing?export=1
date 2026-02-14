--- v1 (2025-12-15)
+++ v2 (2026-02-14)
@@ -37,51 +37,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="42">
   <si>
     <t>Product Code</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Unit Price</t>
   </si>
   <si>
     <t>Product Page</t>
   </si>
   <si>
     <t>URL:</t>
   </si>
   <si>
     <t>https://www.sunrom.com/c/heat-shrink-tubing</t>
   </si>
   <si>
     <t>Date:</t>
   </si>
   <si>
-    <t>16-Dec-2025 01:58:18</t>
+    <t>15-Feb-2026 01:16:59</t>
   </si>
   <si>
     <t>Heat Shrink Tube - 1mm Dia, Black, 1 Meter Length</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/5632</t>
   </si>
   <si>
     <t>Heat Shrink Tube - 1.5mm Dia, Black, 1 Meter Length</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/5633</t>
   </si>
   <si>
     <t>Heat Shrink Tube - 3mm Dia, Black, 1 Meter Length</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/5635</t>
   </si>
   <si>
     <t>Heat Shrink Tube - 3.5mm Dia, Black, 1 Meter Length</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/5636</t>
   </si>