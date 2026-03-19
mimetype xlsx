--- v0 (2026-02-01)
+++ v1 (2026-03-19)
@@ -37,51 +37,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="138">
   <si>
     <t>Product Code</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Unit Price</t>
   </si>
   <si>
     <t>Product Page</t>
   </si>
   <si>
     <t>URL:</t>
   </si>
   <si>
     <t>https://www.sunrom.com/c/header-strips?page=2&amp;per-page=48</t>
   </si>
   <si>
     <t>Date:</t>
   </si>
   <si>
-    <t>01-Feb-2026 19:48:13</t>
+    <t>20-Mar-2026 00:29:18</t>
   </si>
   <si>
     <t>2x9 18P 2.54mm Female Straight Double Row Header Strip</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7874</t>
   </si>
   <si>
     <t>2x10 20P 2.54mm Female Straight Double Row Header Strip</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7875</t>
   </si>
   <si>
     <t>2x12 24P 2.54mm Female Straight Double Row Header Strip</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7876</t>
   </si>
   <si>
     <t>2x20 40P 2.54mm Female Straight Double Row Header Strip</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7877</t>
   </si>