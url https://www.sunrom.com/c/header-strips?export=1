--- v0 (2025-11-02)
+++ v1 (2026-02-01)
@@ -37,51 +37,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="138">
   <si>
     <t>Product Code</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Unit Price</t>
   </si>
   <si>
     <t>Product Page</t>
   </si>
   <si>
     <t>URL:</t>
   </si>
   <si>
     <t>https://www.sunrom.com/c/header-strips</t>
   </si>
   <si>
     <t>Date:</t>
   </si>
   <si>
-    <t>02-Nov-2025 14:52:35</t>
+    <t>01-Feb-2026 18:15:33</t>
   </si>
   <si>
     <t>2x9 18P 2.54mm Female Straight Double Row Header Strip</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7874</t>
   </si>
   <si>
     <t>2x10 20P 2.54mm Female Straight Double Row Header Strip</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7875</t>
   </si>
   <si>
     <t>2x12 24P 2.54mm Female Straight Double Row Header Strip</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7876</t>
   </si>
   <si>
     <t>2x20 40P 2.54mm Female Straight Double Row Header Strip</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7877</t>
   </si>
@@ -858,51 +858,51 @@
         <v>7</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B3" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C3" s="4" t="s">
         <v>2</v>
       </c>
       <c r="D3" s="1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" s="3">
         <v>7874</v>
       </c>
       <c r="B4" t="s">
         <v>8</v>
       </c>
       <c r="C4" s="5">
-        <v>11.3</v>
+        <v>12.0</v>
       </c>
       <c r="D4" s="6" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" s="3">
         <v>7875</v>
       </c>
       <c r="B5" t="s">
         <v>10</v>
       </c>
       <c r="C5" s="5">
         <v>11.6</v>
       </c>
       <c r="D5" s="6" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" s="3">
         <v>7876</v>
       </c>
       <c r="B6" t="s">
         <v>12</v>
@@ -998,51 +998,51 @@
         <v>25</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" s="3">
         <v>7868</v>
       </c>
       <c r="B13" t="s">
         <v>26</v>
       </c>
       <c r="C13" s="5">
         <v>5.8</v>
       </c>
       <c r="D13" s="6" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" s="3">
         <v>7869</v>
       </c>
       <c r="B14" t="s">
         <v>28</v>
       </c>
       <c r="C14" s="5">
-        <v>6.6</v>
+        <v>7.0</v>
       </c>
       <c r="D14" s="6" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" s="3">
         <v>7870</v>
       </c>
       <c r="B15" t="s">
         <v>30</v>
       </c>
       <c r="C15" s="5">
         <v>7.5</v>
       </c>
       <c r="D15" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" s="3">
         <v>7871</v>
       </c>
       <c r="B16" t="s">
         <v>32</v>