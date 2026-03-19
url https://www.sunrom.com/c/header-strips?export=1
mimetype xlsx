--- v1 (2026-02-01)
+++ v2 (2026-03-19)
@@ -37,51 +37,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="138">
   <si>
     <t>Product Code</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Unit Price</t>
   </si>
   <si>
     <t>Product Page</t>
   </si>
   <si>
     <t>URL:</t>
   </si>
   <si>
     <t>https://www.sunrom.com/c/header-strips</t>
   </si>
   <si>
     <t>Date:</t>
   </si>
   <si>
-    <t>01-Feb-2026 18:15:33</t>
+    <t>19-Mar-2026 22:47:00</t>
   </si>
   <si>
     <t>2x9 18P 2.54mm Female Straight Double Row Header Strip</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7874</t>
   </si>
   <si>
     <t>2x10 20P 2.54mm Female Straight Double Row Header Strip</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7875</t>
   </si>
   <si>
     <t>2x12 24P 2.54mm Female Straight Double Row Header Strip</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7876</t>
   </si>
   <si>
     <t>2x20 40P 2.54mm Female Straight Double Row Header Strip</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7877</t>
   </si>