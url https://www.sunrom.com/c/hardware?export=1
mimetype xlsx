--- v0 (2025-11-04)
+++ v1 (2025-12-29)
@@ -37,51 +37,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="16">
   <si>
     <t>Product Code</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Unit Price</t>
   </si>
   <si>
     <t>Product Page</t>
   </si>
   <si>
     <t>URL:</t>
   </si>
   <si>
     <t>https://www.sunrom.com/c/hardware</t>
   </si>
   <si>
     <t>Date:</t>
   </si>
   <si>
-    <t>04-Nov-2025 11:47:15</t>
+    <t>29-Dec-2025 20:04:13</t>
   </si>
   <si>
     <t>Screw Cover Caps for M3 screws - Hinged Black</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/6253</t>
   </si>
   <si>
     <t>Safety Cover for Fuse 5x20mm - Blue - FR (fire retardant)</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/5523</t>
   </si>
   <si>
     <t>Cable Tie 100x2.5mm</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/4323</t>
   </si>
   <si>
     <t>Rubber Feet</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/4436</t>
   </si>