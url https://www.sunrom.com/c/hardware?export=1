--- v1 (2025-12-29)
+++ v2 (2026-02-12)
@@ -37,51 +37,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="16">
   <si>
     <t>Product Code</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Unit Price</t>
   </si>
   <si>
     <t>Product Page</t>
   </si>
   <si>
     <t>URL:</t>
   </si>
   <si>
     <t>https://www.sunrom.com/c/hardware</t>
   </si>
   <si>
     <t>Date:</t>
   </si>
   <si>
-    <t>29-Dec-2025 20:04:13</t>
+    <t>13-Feb-2026 01:21:43</t>
   </si>
   <si>
     <t>Screw Cover Caps for M3 screws - Hinged Black</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/6253</t>
   </si>
   <si>
     <t>Safety Cover for Fuse 5x20mm - Blue - FR (fire retardant)</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/5523</t>
   </si>
   <si>
     <t>Cable Tie 100x2.5mm</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/4323</t>
   </si>
   <si>
     <t>Rubber Feet</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/4436</t>
   </si>