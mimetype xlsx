--- v0 (2025-11-02)
+++ v1 (2026-02-02)
@@ -14,74 +14,74 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">'Worksheet'!$1:$1</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="244">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="252">
   <si>
     <t>Product Code</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Unit Price</t>
   </si>
   <si>
     <t>Product Page</t>
   </si>
   <si>
     <t>URL:</t>
   </si>
   <si>
     <t>https://www.sunrom.com/c/hardware-1</t>
   </si>
   <si>
     <t>Date:</t>
   </si>
   <si>
-    <t>02-Nov-2025 15:02:33</t>
+    <t>02-Feb-2026 21:43:54</t>
   </si>
   <si>
     <t>M3 x 10mm PCB Spacer Brass Threaded Female/Female</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7878</t>
   </si>
   <si>
     <t>M4 Dome Nut Nylon</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7815</t>
   </si>
   <si>
     <t>M3 x 10mm PCB Spacer Brass Threaded Male/Female</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7816</t>
   </si>
   <si>
     <t>M2 (2mm) x 10mm Pan Head Phillips Plus Stainless Steel SS Machine Screw</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7677</t>
   </si>
@@ -190,50 +190,56 @@
   <si>
     <t>M3 x 25mm PCB Nylon Black Threaded Male/Female Spacer</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7193</t>
   </si>
   <si>
     <t>M3 x 10mm PCB Nylon Black Threaded Male/Female Spacer</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7189</t>
   </si>
   <si>
     <t>M3 x 12mm PCB Nylon Black Threaded Male/Female Spacer</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7190</t>
   </si>
   <si>
     <t>M3 x 15mm PCB Nylon Black Threaded Male/Female Spacer</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7191</t>
   </si>
   <si>
+    <t>Aifen A9 Pro Smart Soldering Iron Station With 3 Bits C210 (120W)</t>
+  </si>
+  <si>
+    <t>https://www.sunrom.com/m/7090</t>
+  </si>
+  <si>
     <t>M3 x 7mm Fibre Washer</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7077</t>
   </si>
   <si>
     <t>M3 x 10mm Counter Sunk CSK MS Slotted Minus Screw</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7080</t>
   </si>
   <si>
     <t>M3 x 15mm Counter Sunk CSK MS Slotted Minus Screw</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7081</t>
   </si>
   <si>
     <t>Fine tip curved tweezers - ESD safe - 120mm for SMD electronics</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/6398</t>
   </si>
   <si>
     <t>Hex Spacer 15mm M3 screw both side</t>
@@ -448,50 +454,56 @@
   <si>
     <t>Instrument Leg M3</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/6522</t>
   </si>
   <si>
     <t>Base for TO220</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/6524</t>
   </si>
   <si>
     <t>PCB Spacer Snap Fit 12mm Height</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/3922</t>
   </si>
   <si>
     <t>Digital Vernier Caliper 150 mm (6") Stainless Steel</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/6463</t>
   </si>
   <si>
+    <t>Strain Relief for USB Cable 3.5mm</t>
+  </si>
+  <si>
+    <t>https://www.sunrom.com/m/8107</t>
+  </si>
+  <si>
     <t>Strain Relief for USB Cable</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/5265</t>
   </si>
   <si>
     <t>Heat Sink Compound - 10gm</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/6392</t>
   </si>
   <si>
     <t>Plastic Hex Spacer M3 Thread x Length 9mm</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/6256</t>
   </si>
   <si>
     <t>Plastic Hex Spacer M3 Thread x Length 6mm</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/6255</t>
   </si>
   <si>
     <t>Screw Cover Caps for M3 screws - Hinged Black</t>
@@ -586,50 +598,56 @@
   <si>
     <t>PG9 White Nylon Cable Gland for Cable Dia 6-8mm</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/6103</t>
   </si>
   <si>
     <t>PG13.5 White Nylon Cable Gland for Cable Dia 9-12mm</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/6105</t>
   </si>
   <si>
     <t>Heat Shrink Tube - 1mm Dia, Black, 1 Meter Length</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/5632</t>
   </si>
   <si>
     <t>USB Enclosure - Black Translucent</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/5278</t>
   </si>
   <si>
+    <t>Mounting Bracket - Clamping Kit for Fingerprint Sensors R305 R307 - Black</t>
+  </si>
+  <si>
+    <t>https://www.sunrom.com/m/5532</t>
+  </si>
+  <si>
     <t>Safety Cover for Fuse 5x20mm - Blue - FR (fire retardant)</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/5523</t>
   </si>
   <si>
     <t>Solder Bit 25W</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/5033</t>
   </si>
   <si>
     <t>Soldering Flux - 15gm</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/5029</t>
   </si>
   <si>
     <t>Wire Stripper</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/4837</t>
   </si>
   <si>
     <t>Component Lead Cutter</t>
@@ -746,50 +764,56 @@
     <t>https://www.sunrom.com/m/5646</t>
   </si>
   <si>
     <t>Heat Shrink Tube - 10mm Dia, Black, 1 Meter Length</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/4154</t>
   </si>
   <si>
     <t>Heat Shrink Tube - 2mm Dia, Black, 1 Meter Length</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/4088</t>
   </si>
   <si>
     <t>Heat Shrink Tube - 5mm Dia, Black, 1 Meter Length</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/4153</t>
   </si>
   <si>
     <t>Heat Shrink Tube - 15mm Dia, Black, 1 Meter Length</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/4155</t>
+  </si>
+  <si>
+    <t>Heat Shrink Tube - 11mm Dia, Black, 1 Meter Length</t>
+  </si>
+  <si>
+    <t>https://www.sunrom.com/m/8088</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="##,##,##,##0.00"/>
   </numFmts>
   <fonts count="3">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="14"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="14"/>
@@ -1115,63 +1139,63 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/c/hardware-1" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7878" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7815" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7816" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7677" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7687" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7545" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7546" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7543" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7544" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7547" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7548" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7215" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7216" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7217" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7218" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7219" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6214" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5934" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7225" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7227" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7192" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7193" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7189" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7190" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7191" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7077" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7080" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7081" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6398" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7061" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7054" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7045" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7046" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7047" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7048" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7049" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7042" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7043" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7044" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7050" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7051" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7052" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7053" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7040" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7041" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6920" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6687" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6549" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6550" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6547" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6548" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6525" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6526" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6527" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6528" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6529" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6530" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6531" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6532" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6533" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6534" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6519" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6520" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6521" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6522" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6524" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/3922" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6463" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5265" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6392" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6256" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6255" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6253" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6259" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6260" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4608" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6180" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6181" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6179" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6108" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6109" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6110" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6104" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6102" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6106" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6107" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6111" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6103" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6105" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5632" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5278" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5523" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5033" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5029" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4837" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4692" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4857" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4795" TargetMode="External"/><Relationship Id="rId_hyperlink_100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4323" TargetMode="External"/><Relationship Id="rId_hyperlink_101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/3741" TargetMode="External"/><Relationship Id="rId_hyperlink_102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4443" TargetMode="External"/><Relationship Id="rId_hyperlink_103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4436" TargetMode="External"/><Relationship Id="rId_hyperlink_104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4384" TargetMode="External"/><Relationship Id="rId_hyperlink_105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5633" TargetMode="External"/><Relationship Id="rId_hyperlink_106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5635" TargetMode="External"/><Relationship Id="rId_hyperlink_107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5636" TargetMode="External"/><Relationship Id="rId_hyperlink_108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5637" TargetMode="External"/><Relationship Id="rId_hyperlink_109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5638" TargetMode="External"/><Relationship Id="rId_hyperlink_110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5639" TargetMode="External"/><Relationship Id="rId_hyperlink_111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5641" TargetMode="External"/><Relationship Id="rId_hyperlink_112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5643" TargetMode="External"/><Relationship Id="rId_hyperlink_113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5644" TargetMode="External"/><Relationship Id="rId_hyperlink_114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5645" TargetMode="External"/><Relationship Id="rId_hyperlink_115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5646" TargetMode="External"/><Relationship Id="rId_hyperlink_116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4154" TargetMode="External"/><Relationship Id="rId_hyperlink_117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4088" TargetMode="External"/><Relationship Id="rId_hyperlink_118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4153" TargetMode="External"/><Relationship Id="rId_hyperlink_119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4155" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/c/hardware-1" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7878" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7815" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7816" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7677" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7687" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7545" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7546" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7543" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7544" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7547" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7548" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7215" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7216" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7217" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7218" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7219" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6214" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5934" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7225" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7227" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7192" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7193" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7189" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7190" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7191" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7090" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7077" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7080" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7081" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6398" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7061" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7054" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7045" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7046" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7047" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7048" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7049" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7042" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7043" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7044" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7050" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7051" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7052" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7053" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7040" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7041" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6920" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6687" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6549" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6550" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6547" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6548" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6525" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6526" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6527" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6528" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6529" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6530" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6531" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6532" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6533" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6534" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6519" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6520" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6521" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6522" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6524" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/3922" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6463" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/8107" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5265" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6392" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6256" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6255" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6253" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6259" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6260" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4608" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6180" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6181" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6179" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6108" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6109" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6110" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6104" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6102" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6106" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6107" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6111" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6103" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6105" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5632" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5278" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5532" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5523" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5033" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5029" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4837" TargetMode="External"/><Relationship Id="rId_hyperlink_100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4692" TargetMode="External"/><Relationship Id="rId_hyperlink_101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4857" TargetMode="External"/><Relationship Id="rId_hyperlink_102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4795" TargetMode="External"/><Relationship Id="rId_hyperlink_103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4323" TargetMode="External"/><Relationship Id="rId_hyperlink_104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/3741" TargetMode="External"/><Relationship Id="rId_hyperlink_105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4443" TargetMode="External"/><Relationship Id="rId_hyperlink_106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4436" TargetMode="External"/><Relationship Id="rId_hyperlink_107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4384" TargetMode="External"/><Relationship Id="rId_hyperlink_108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5633" TargetMode="External"/><Relationship Id="rId_hyperlink_109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5635" TargetMode="External"/><Relationship Id="rId_hyperlink_110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5636" TargetMode="External"/><Relationship Id="rId_hyperlink_111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5637" TargetMode="External"/><Relationship Id="rId_hyperlink_112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5638" TargetMode="External"/><Relationship Id="rId_hyperlink_113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5639" TargetMode="External"/><Relationship Id="rId_hyperlink_114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5641" TargetMode="External"/><Relationship Id="rId_hyperlink_115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5643" TargetMode="External"/><Relationship Id="rId_hyperlink_116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5644" TargetMode="External"/><Relationship Id="rId_hyperlink_117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5645" TargetMode="External"/><Relationship Id="rId_hyperlink_118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5646" TargetMode="External"/><Relationship Id="rId_hyperlink_119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4154" TargetMode="External"/><Relationship Id="rId_hyperlink_120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4088" TargetMode="External"/><Relationship Id="rId_hyperlink_121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4153" TargetMode="External"/><Relationship Id="rId_hyperlink_122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4155" TargetMode="External"/><Relationship Id="rId_hyperlink_123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/8088" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:D121"/>
+  <dimension ref="A1:D125"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="D121" sqref="D121"/>
+      <selection activeCell="D125" sqref="D125"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="13" customWidth="true" style="3"/>
     <col min="2" max="2" width="60" customWidth="true" style="0"/>
     <col min="3" max="3" width="12" customWidth="true" style="5"/>
     <col min="4" max="4" width="28" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="3" t="s">
         <v>4</v>
       </c>
       <c r="B1" s="6" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="3" t="s">
         <v>6</v>
       </c>
       <c r="B2" t="s">
         <v>7</v>
       </c>
@@ -1400,93 +1424,93 @@
         <v>37</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" s="3">
         <v>7219</v>
       </c>
       <c r="B19" t="s">
         <v>38</v>
       </c>
       <c r="C19" s="5">
         <v>1.82</v>
       </c>
       <c r="D19" s="6" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" s="3">
         <v>6214</v>
       </c>
       <c r="B20" t="s">
         <v>40</v>
       </c>
       <c r="C20" s="5">
-        <v>60.0</v>
+        <v>125.0</v>
       </c>
       <c r="D20" s="6" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" s="3">
         <v>5934</v>
       </c>
       <c r="B21" t="s">
         <v>42</v>
       </c>
       <c r="C21" s="5">
         <v>38.0</v>
       </c>
       <c r="D21" s="6" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" s="3">
         <v>7225</v>
       </c>
       <c r="B22" t="s">
         <v>44</v>
       </c>
       <c r="C22" s="5">
-        <v>290.0</v>
+        <v>285.0</v>
       </c>
       <c r="D22" s="6" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" s="3">
         <v>7227</v>
       </c>
       <c r="B23" t="s">
         <v>46</v>
       </c>
       <c r="C23" s="5">
-        <v>120.0</v>
+        <v>122.0</v>
       </c>
       <c r="D23" s="6" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" s="3">
         <v>7192</v>
       </c>
       <c r="B24" t="s">
         <v>48</v>
       </c>
       <c r="C24" s="5">
         <v>4.5</v>
       </c>
       <c r="D24" s="6" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" s="3">
         <v>7193</v>
       </c>
       <c r="B25" t="s">
         <v>50</v>
@@ -1520,1348 +1544,1404 @@
         <v>54</v>
       </c>
       <c r="C27" s="5">
         <v>3.75</v>
       </c>
       <c r="D27" s="6" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" s="3">
         <v>7191</v>
       </c>
       <c r="B28" t="s">
         <v>56</v>
       </c>
       <c r="C28" s="5">
         <v>4.0</v>
       </c>
       <c r="D28" s="6" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" s="3">
-        <v>7077</v>
+        <v>7090</v>
       </c>
       <c r="B29" t="s">
         <v>58</v>
       </c>
       <c r="C29" s="5">
-        <v>0.75</v>
+        <v>4250.0</v>
       </c>
       <c r="D29" s="6" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" s="3">
-        <v>7080</v>
+        <v>7077</v>
       </c>
       <c r="B30" t="s">
         <v>60</v>
       </c>
       <c r="C30" s="5">
-        <v>0.9</v>
+        <v>0.75</v>
       </c>
       <c r="D30" s="6" t="s">
         <v>61</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" s="3">
-        <v>7081</v>
+        <v>7080</v>
       </c>
       <c r="B31" t="s">
         <v>62</v>
       </c>
       <c r="C31" s="5">
-        <v>1.25</v>
+        <v>0.9</v>
       </c>
       <c r="D31" s="6" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" s="3">
-        <v>6398</v>
+        <v>7081</v>
       </c>
       <c r="B32" t="s">
         <v>64</v>
       </c>
       <c r="C32" s="5">
-        <v>85.0</v>
+        <v>1.25</v>
       </c>
       <c r="D32" s="6" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" s="3">
-        <v>7061</v>
+        <v>6398</v>
       </c>
       <c r="B33" t="s">
         <v>66</v>
       </c>
       <c r="C33" s="5">
-        <v>4.15</v>
+        <v>85.0</v>
       </c>
       <c r="D33" s="6" t="s">
         <v>67</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" s="3">
-        <v>7054</v>
+        <v>7061</v>
       </c>
       <c r="B34" t="s">
         <v>68</v>
       </c>
       <c r="C34" s="5">
-        <v>4.85</v>
+        <v>4.15</v>
       </c>
       <c r="D34" s="6" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" s="3">
-        <v>7045</v>
+        <v>7054</v>
       </c>
       <c r="B35" t="s">
         <v>70</v>
       </c>
       <c r="C35" s="5">
-        <v>3.25</v>
+        <v>4.85</v>
       </c>
       <c r="D35" s="6" t="s">
         <v>71</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" s="3">
-        <v>7046</v>
+        <v>7045</v>
       </c>
       <c r="B36" t="s">
         <v>72</v>
       </c>
       <c r="C36" s="5">
-        <v>3.63</v>
+        <v>3.25</v>
       </c>
       <c r="D36" s="6" t="s">
         <v>73</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" s="3">
-        <v>7047</v>
+        <v>7046</v>
       </c>
       <c r="B37" t="s">
         <v>74</v>
       </c>
       <c r="C37" s="5">
-        <v>4.0</v>
+        <v>3.63</v>
       </c>
       <c r="D37" s="6" t="s">
         <v>75</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" s="3">
-        <v>7048</v>
+        <v>7047</v>
       </c>
       <c r="B38" t="s">
         <v>76</v>
       </c>
       <c r="C38" s="5">
-        <v>4.38</v>
+        <v>4.0</v>
       </c>
       <c r="D38" s="6" t="s">
         <v>77</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" s="3">
-        <v>7049</v>
+        <v>7048</v>
       </c>
       <c r="B39" t="s">
         <v>78</v>
       </c>
       <c r="C39" s="5">
-        <v>4.75</v>
+        <v>4.38</v>
       </c>
       <c r="D39" s="6" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" s="3">
-        <v>7042</v>
+        <v>7049</v>
       </c>
       <c r="B40" t="s">
         <v>80</v>
       </c>
       <c r="C40" s="5">
-        <v>2.88</v>
+        <v>4.75</v>
       </c>
       <c r="D40" s="6" t="s">
         <v>81</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" s="3">
-        <v>7043</v>
+        <v>7042</v>
       </c>
       <c r="B41" t="s">
         <v>82</v>
       </c>
       <c r="C41" s="5">
-        <v>3.75</v>
+        <v>2.88</v>
       </c>
       <c r="D41" s="6" t="s">
         <v>83</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" s="3">
-        <v>7044</v>
+        <v>7043</v>
       </c>
       <c r="B42" t="s">
         <v>84</v>
       </c>
       <c r="C42" s="5">
-        <v>3.65</v>
+        <v>3.75</v>
       </c>
       <c r="D42" s="6" t="s">
         <v>85</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" s="3">
-        <v>7050</v>
+        <v>7044</v>
       </c>
       <c r="B43" t="s">
         <v>86</v>
       </c>
       <c r="C43" s="5">
-        <v>5.0</v>
+        <v>3.75</v>
       </c>
       <c r="D43" s="6" t="s">
         <v>87</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" s="3">
-        <v>7051</v>
+        <v>7050</v>
       </c>
       <c r="B44" t="s">
         <v>88</v>
       </c>
       <c r="C44" s="5">
-        <v>5.13</v>
+        <v>5.0</v>
       </c>
       <c r="D44" s="6" t="s">
         <v>89</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" s="3">
-        <v>7052</v>
+        <v>7051</v>
       </c>
       <c r="B45" t="s">
         <v>90</v>
       </c>
       <c r="C45" s="5">
         <v>5.25</v>
       </c>
       <c r="D45" s="6" t="s">
         <v>91</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" s="3">
-        <v>7053</v>
+        <v>7052</v>
       </c>
       <c r="B46" t="s">
         <v>92</v>
       </c>
       <c r="C46" s="5">
-        <v>5.75</v>
+        <v>5.25</v>
       </c>
       <c r="D46" s="6" t="s">
         <v>93</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" s="3">
-        <v>7040</v>
+        <v>7053</v>
       </c>
       <c r="B47" t="s">
         <v>94</v>
       </c>
       <c r="C47" s="5">
-        <v>2.25</v>
+        <v>5.75</v>
       </c>
       <c r="D47" s="6" t="s">
         <v>95</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" s="3">
-        <v>7041</v>
+        <v>7040</v>
       </c>
       <c r="B48" t="s">
         <v>96</v>
       </c>
       <c r="C48" s="5">
-        <v>3.85</v>
+        <v>2.25</v>
       </c>
       <c r="D48" s="6" t="s">
         <v>97</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" s="3">
-        <v>6920</v>
+        <v>7041</v>
       </c>
       <c r="B49" t="s">
         <v>98</v>
       </c>
       <c r="C49" s="5">
-        <v>16.0</v>
+        <v>3.85</v>
       </c>
       <c r="D49" s="6" t="s">
         <v>99</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" s="3">
-        <v>6687</v>
+        <v>6920</v>
       </c>
       <c r="B50" t="s">
         <v>100</v>
       </c>
       <c r="C50" s="5">
-        <v>22.0</v>
+        <v>16.0</v>
       </c>
       <c r="D50" s="6" t="s">
         <v>101</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" s="3">
-        <v>6549</v>
+        <v>6687</v>
       </c>
       <c r="B51" t="s">
         <v>102</v>
       </c>
       <c r="C51" s="5">
-        <v>1.55</v>
+        <v>22.0</v>
       </c>
       <c r="D51" s="6" t="s">
         <v>103</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" s="3">
-        <v>6550</v>
+        <v>6549</v>
       </c>
       <c r="B52" t="s">
         <v>104</v>
       </c>
       <c r="C52" s="5">
-        <v>1.75</v>
+        <v>1.55</v>
       </c>
       <c r="D52" s="6" t="s">
         <v>105</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" s="3">
-        <v>6547</v>
+        <v>6550</v>
       </c>
       <c r="B53" t="s">
         <v>106</v>
       </c>
       <c r="C53" s="5">
-        <v>0.45</v>
+        <v>1.75</v>
       </c>
       <c r="D53" s="6" t="s">
         <v>107</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" s="3">
-        <v>6548</v>
+        <v>6547</v>
       </c>
       <c r="B54" t="s">
         <v>108</v>
       </c>
       <c r="C54" s="5">
-        <v>0.85</v>
+        <v>0.45</v>
       </c>
       <c r="D54" s="6" t="s">
         <v>109</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" s="3">
-        <v>6525</v>
+        <v>6548</v>
       </c>
       <c r="B55" t="s">
         <v>110</v>
       </c>
       <c r="C55" s="5">
-        <v>3.0</v>
+        <v>0.85</v>
       </c>
       <c r="D55" s="6" t="s">
         <v>111</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" s="3">
-        <v>6526</v>
+        <v>6525</v>
       </c>
       <c r="B56" t="s">
         <v>112</v>
       </c>
       <c r="C56" s="5">
-        <v>2.5</v>
+        <v>3.0</v>
       </c>
       <c r="D56" s="6" t="s">
         <v>113</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" s="3">
-        <v>6527</v>
+        <v>6526</v>
       </c>
       <c r="B57" t="s">
         <v>114</v>
       </c>
       <c r="C57" s="5">
-        <v>1.95</v>
+        <v>2.5</v>
       </c>
       <c r="D57" s="6" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" s="3">
-        <v>6528</v>
+        <v>6527</v>
       </c>
       <c r="B58" t="s">
         <v>116</v>
       </c>
       <c r="C58" s="5">
-        <v>1.45</v>
+        <v>1.95</v>
       </c>
       <c r="D58" s="6" t="s">
         <v>117</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" s="3">
-        <v>6529</v>
+        <v>6528</v>
       </c>
       <c r="B59" t="s">
         <v>118</v>
       </c>
       <c r="C59" s="5">
-        <v>1.35</v>
+        <v>1.45</v>
       </c>
       <c r="D59" s="6" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" s="3">
-        <v>6530</v>
+        <v>6529</v>
       </c>
       <c r="B60" t="s">
         <v>120</v>
       </c>
       <c r="C60" s="5">
-        <v>1.0</v>
+        <v>1.35</v>
       </c>
       <c r="D60" s="6" t="s">
         <v>121</v>
       </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" s="3">
-        <v>6531</v>
+        <v>6530</v>
       </c>
       <c r="B61" t="s">
         <v>122</v>
       </c>
       <c r="C61" s="5">
-        <v>0.9</v>
+        <v>1.0</v>
       </c>
       <c r="D61" s="6" t="s">
         <v>123</v>
       </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" s="3">
-        <v>6532</v>
+        <v>6531</v>
       </c>
       <c r="B62" t="s">
         <v>124</v>
       </c>
       <c r="C62" s="5">
-        <v>0.8</v>
+        <v>0.9</v>
       </c>
       <c r="D62" s="6" t="s">
         <v>125</v>
       </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63" s="3">
-        <v>6533</v>
+        <v>6532</v>
       </c>
       <c r="B63" t="s">
         <v>126</v>
       </c>
       <c r="C63" s="5">
-        <v>4.25</v>
+        <v>0.8</v>
       </c>
       <c r="D63" s="6" t="s">
         <v>127</v>
       </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64" s="3">
-        <v>6534</v>
+        <v>6533</v>
       </c>
       <c r="B64" t="s">
         <v>128</v>
       </c>
       <c r="C64" s="5">
-        <v>0.6</v>
+        <v>4.25</v>
       </c>
       <c r="D64" s="6" t="s">
         <v>129</v>
       </c>
     </row>
     <row r="65" spans="1:4">
       <c r="A65" s="3">
-        <v>6519</v>
+        <v>6534</v>
       </c>
       <c r="B65" t="s">
         <v>130</v>
       </c>
       <c r="C65" s="5">
-        <v>3.75</v>
+        <v>0.6</v>
       </c>
       <c r="D65" s="6" t="s">
         <v>131</v>
       </c>
     </row>
     <row r="66" spans="1:4">
       <c r="A66" s="3">
-        <v>6520</v>
+        <v>6519</v>
       </c>
       <c r="B66" t="s">
         <v>132</v>
       </c>
       <c r="C66" s="5">
-        <v>0.45</v>
+        <v>3.75</v>
       </c>
       <c r="D66" s="6" t="s">
         <v>133</v>
       </c>
     </row>
     <row r="67" spans="1:4">
       <c r="A67" s="3">
-        <v>6521</v>
+        <v>6520</v>
       </c>
       <c r="B67" t="s">
         <v>134</v>
       </c>
       <c r="C67" s="5">
         <v>0.45</v>
       </c>
       <c r="D67" s="6" t="s">
         <v>135</v>
       </c>
     </row>
     <row r="68" spans="1:4">
       <c r="A68" s="3">
-        <v>6522</v>
+        <v>6521</v>
       </c>
       <c r="B68" t="s">
         <v>136</v>
       </c>
       <c r="C68" s="5">
-        <v>1.35</v>
+        <v>0.45</v>
       </c>
       <c r="D68" s="6" t="s">
         <v>137</v>
       </c>
     </row>
     <row r="69" spans="1:4">
       <c r="A69" s="3">
-        <v>6524</v>
+        <v>6522</v>
       </c>
       <c r="B69" t="s">
         <v>138</v>
       </c>
       <c r="C69" s="5">
-        <v>1.25</v>
+        <v>1.35</v>
       </c>
       <c r="D69" s="6" t="s">
         <v>139</v>
       </c>
     </row>
     <row r="70" spans="1:4">
       <c r="A70" s="3">
-        <v>3922</v>
+        <v>6524</v>
       </c>
       <c r="B70" t="s">
         <v>140</v>
       </c>
       <c r="C70" s="5">
-        <v>3.22</v>
+        <v>1.25</v>
       </c>
       <c r="D70" s="6" t="s">
         <v>141</v>
       </c>
     </row>
     <row r="71" spans="1:4">
       <c r="A71" s="3">
-        <v>6463</v>
+        <v>3922</v>
       </c>
       <c r="B71" t="s">
         <v>142</v>
       </c>
       <c r="C71" s="5">
-        <v>1350.0</v>
+        <v>3.22</v>
       </c>
       <c r="D71" s="6" t="s">
         <v>143</v>
       </c>
     </row>
     <row r="72" spans="1:4">
       <c r="A72" s="3">
-        <v>5265</v>
+        <v>6463</v>
       </c>
       <c r="B72" t="s">
         <v>144</v>
       </c>
       <c r="C72" s="5">
-        <v>18.0</v>
+        <v>1525.0</v>
       </c>
       <c r="D72" s="6" t="s">
         <v>145</v>
       </c>
     </row>
     <row r="73" spans="1:4">
       <c r="A73" s="3">
-        <v>6392</v>
+        <v>8107</v>
       </c>
       <c r="B73" t="s">
         <v>146</v>
       </c>
       <c r="C73" s="5">
-        <v>25.0</v>
+        <v>14.75</v>
       </c>
       <c r="D73" s="6" t="s">
         <v>147</v>
       </c>
     </row>
     <row r="74" spans="1:4">
       <c r="A74" s="3">
-        <v>6256</v>
+        <v>5265</v>
       </c>
       <c r="B74" t="s">
         <v>148</v>
       </c>
       <c r="C74" s="5">
-        <v>4.72</v>
+        <v>17.45</v>
       </c>
       <c r="D74" s="6" t="s">
         <v>149</v>
       </c>
     </row>
     <row r="75" spans="1:4">
       <c r="A75" s="3">
-        <v>6255</v>
+        <v>6392</v>
       </c>
       <c r="B75" t="s">
         <v>150</v>
       </c>
       <c r="C75" s="5">
-        <v>4.13</v>
+        <v>25.0</v>
       </c>
       <c r="D75" s="6" t="s">
         <v>151</v>
       </c>
     </row>
     <row r="76" spans="1:4">
       <c r="A76" s="3">
-        <v>6253</v>
+        <v>6256</v>
       </c>
       <c r="B76" t="s">
         <v>152</v>
       </c>
       <c r="C76" s="5">
-        <v>10.62</v>
+        <v>4.72</v>
       </c>
       <c r="D76" s="6" t="s">
         <v>153</v>
       </c>
     </row>
     <row r="77" spans="1:4">
       <c r="A77" s="3">
-        <v>6259</v>
+        <v>6255</v>
       </c>
       <c r="B77" t="s">
         <v>154</v>
       </c>
       <c r="C77" s="5">
-        <v>4.75</v>
+        <v>4.13</v>
       </c>
       <c r="D77" s="6" t="s">
         <v>155</v>
       </c>
     </row>
     <row r="78" spans="1:4">
       <c r="A78" s="3">
-        <v>6260</v>
+        <v>6253</v>
       </c>
       <c r="B78" t="s">
         <v>156</v>
       </c>
       <c r="C78" s="5">
-        <v>4.43</v>
+        <v>10.62</v>
       </c>
       <c r="D78" s="6" t="s">
         <v>157</v>
       </c>
     </row>
     <row r="79" spans="1:4">
       <c r="A79" s="3">
-        <v>4608</v>
+        <v>6259</v>
       </c>
       <c r="B79" t="s">
         <v>158</v>
       </c>
       <c r="C79" s="5">
         <v>4.75</v>
       </c>
       <c r="D79" s="6" t="s">
         <v>159</v>
       </c>
     </row>
     <row r="80" spans="1:4">
       <c r="A80" s="3">
-        <v>6180</v>
+        <v>6260</v>
       </c>
       <c r="B80" t="s">
         <v>160</v>
       </c>
       <c r="C80" s="5">
-        <v>53.0</v>
+        <v>4.43</v>
       </c>
       <c r="D80" s="6" t="s">
         <v>161</v>
       </c>
     </row>
     <row r="81" spans="1:4">
       <c r="A81" s="3">
-        <v>6181</v>
+        <v>4608</v>
       </c>
       <c r="B81" t="s">
         <v>162</v>
       </c>
       <c r="C81" s="5">
-        <v>100.0</v>
+        <v>4.75</v>
       </c>
       <c r="D81" s="6" t="s">
         <v>163</v>
       </c>
     </row>
     <row r="82" spans="1:4">
       <c r="A82" s="3">
-        <v>6179</v>
+        <v>6180</v>
       </c>
       <c r="B82" t="s">
         <v>164</v>
       </c>
       <c r="C82" s="5">
-        <v>295.0</v>
+        <v>53.0</v>
       </c>
       <c r="D82" s="6" t="s">
         <v>165</v>
       </c>
     </row>
     <row r="83" spans="1:4">
       <c r="A83" s="3">
-        <v>6108</v>
+        <v>6181</v>
       </c>
       <c r="B83" t="s">
         <v>166</v>
       </c>
       <c r="C83" s="5">
-        <v>24.0</v>
+        <v>100.0</v>
       </c>
       <c r="D83" s="6" t="s">
         <v>167</v>
       </c>
     </row>
     <row r="84" spans="1:4">
       <c r="A84" s="3">
-        <v>6109</v>
+        <v>6179</v>
       </c>
       <c r="B84" t="s">
         <v>168</v>
       </c>
       <c r="C84" s="5">
-        <v>21.24</v>
+        <v>295.0</v>
       </c>
       <c r="D84" s="6" t="s">
         <v>169</v>
       </c>
     </row>
     <row r="85" spans="1:4">
       <c r="A85" s="3">
-        <v>6110</v>
+        <v>6108</v>
       </c>
       <c r="B85" t="s">
         <v>170</v>
       </c>
       <c r="C85" s="5">
-        <v>23.6</v>
+        <v>24.0</v>
       </c>
       <c r="D85" s="6" t="s">
         <v>171</v>
       </c>
     </row>
     <row r="86" spans="1:4">
       <c r="A86" s="3">
-        <v>6104</v>
+        <v>6109</v>
       </c>
       <c r="B86" t="s">
         <v>172</v>
       </c>
       <c r="C86" s="5">
-        <v>22.0</v>
+        <v>21.24</v>
       </c>
       <c r="D86" s="6" t="s">
         <v>173</v>
       </c>
     </row>
     <row r="87" spans="1:4">
       <c r="A87" s="3">
-        <v>6102</v>
+        <v>6110</v>
       </c>
       <c r="B87" t="s">
         <v>174</v>
       </c>
       <c r="C87" s="5">
-        <v>16.0</v>
+        <v>23.6</v>
       </c>
       <c r="D87" s="6" t="s">
         <v>175</v>
       </c>
     </row>
     <row r="88" spans="1:4">
       <c r="A88" s="3">
-        <v>6106</v>
+        <v>6104</v>
       </c>
       <c r="B88" t="s">
         <v>176</v>
       </c>
       <c r="C88" s="5">
-        <v>28.0</v>
+        <v>22.0</v>
       </c>
       <c r="D88" s="6" t="s">
         <v>177</v>
       </c>
     </row>
     <row r="89" spans="1:4">
       <c r="A89" s="3">
-        <v>6107</v>
+        <v>6102</v>
       </c>
       <c r="B89" t="s">
         <v>178</v>
       </c>
       <c r="C89" s="5">
-        <v>12.0</v>
+        <v>16.0</v>
       </c>
       <c r="D89" s="6" t="s">
         <v>179</v>
       </c>
     </row>
     <row r="90" spans="1:4">
       <c r="A90" s="3">
-        <v>6111</v>
+        <v>6106</v>
       </c>
       <c r="B90" t="s">
         <v>180</v>
       </c>
       <c r="C90" s="5">
-        <v>22.0</v>
+        <v>28.0</v>
       </c>
       <c r="D90" s="6" t="s">
         <v>181</v>
       </c>
     </row>
     <row r="91" spans="1:4">
       <c r="A91" s="3">
-        <v>6103</v>
+        <v>6107</v>
       </c>
       <c r="B91" t="s">
         <v>182</v>
       </c>
       <c r="C91" s="5">
-        <v>24.0</v>
+        <v>12.0</v>
       </c>
       <c r="D91" s="6" t="s">
         <v>183</v>
       </c>
     </row>
     <row r="92" spans="1:4">
       <c r="A92" s="3">
-        <v>6105</v>
+        <v>6111</v>
       </c>
       <c r="B92" t="s">
         <v>184</v>
       </c>
       <c r="C92" s="5">
-        <v>23.6</v>
+        <v>22.0</v>
       </c>
       <c r="D92" s="6" t="s">
         <v>185</v>
       </c>
     </row>
     <row r="93" spans="1:4">
       <c r="A93" s="3">
-        <v>5632</v>
+        <v>6103</v>
       </c>
       <c r="B93" t="s">
         <v>186</v>
       </c>
       <c r="C93" s="5">
-        <v>5.9</v>
+        <v>24.0</v>
       </c>
       <c r="D93" s="6" t="s">
         <v>187</v>
       </c>
     </row>
     <row r="94" spans="1:4">
       <c r="A94" s="3">
-        <v>5278</v>
+        <v>6105</v>
       </c>
       <c r="B94" t="s">
         <v>188</v>
       </c>
       <c r="C94" s="5">
-        <v>45.0</v>
+        <v>23.6</v>
       </c>
       <c r="D94" s="6" t="s">
         <v>189</v>
       </c>
     </row>
     <row r="95" spans="1:4">
       <c r="A95" s="3">
-        <v>5523</v>
+        <v>5632</v>
       </c>
       <c r="B95" t="s">
         <v>190</v>
       </c>
       <c r="C95" s="5">
-        <v>4.25</v>
+        <v>5.9</v>
       </c>
       <c r="D95" s="6" t="s">
         <v>191</v>
       </c>
     </row>
     <row r="96" spans="1:4">
       <c r="A96" s="3">
-        <v>5033</v>
+        <v>5278</v>
       </c>
       <c r="B96" t="s">
         <v>192</v>
       </c>
       <c r="C96" s="5">
-        <v>89.0</v>
+        <v>45.0</v>
       </c>
       <c r="D96" s="6" t="s">
         <v>193</v>
       </c>
     </row>
     <row r="97" spans="1:4">
       <c r="A97" s="3">
-        <v>5029</v>
+        <v>5532</v>
       </c>
       <c r="B97" t="s">
         <v>194</v>
       </c>
       <c r="C97" s="5">
-        <v>24.0</v>
+        <v>260.0</v>
       </c>
       <c r="D97" s="6" t="s">
         <v>195</v>
       </c>
     </row>
     <row r="98" spans="1:4">
       <c r="A98" s="3">
-        <v>4837</v>
+        <v>5523</v>
       </c>
       <c r="B98" t="s">
         <v>196</v>
       </c>
       <c r="C98" s="5">
-        <v>320.0</v>
+        <v>4.25</v>
       </c>
       <c r="D98" s="6" t="s">
         <v>197</v>
       </c>
     </row>
     <row r="99" spans="1:4">
       <c r="A99" s="3">
-        <v>4692</v>
+        <v>5033</v>
       </c>
       <c r="B99" t="s">
         <v>198</v>
       </c>
       <c r="C99" s="5">
-        <v>142.0</v>
+        <v>89.0</v>
       </c>
       <c r="D99" s="6" t="s">
         <v>199</v>
       </c>
     </row>
     <row r="100" spans="1:4">
       <c r="A100" s="3">
-        <v>4857</v>
+        <v>5029</v>
       </c>
       <c r="B100" t="s">
         <v>200</v>
       </c>
       <c r="C100" s="5">
-        <v>148.0</v>
+        <v>24.0</v>
       </c>
       <c r="D100" s="6" t="s">
         <v>201</v>
       </c>
     </row>
     <row r="101" spans="1:4">
       <c r="A101" s="3">
-        <v>4795</v>
+        <v>4837</v>
       </c>
       <c r="B101" t="s">
         <v>202</v>
       </c>
       <c r="C101" s="5">
-        <v>85.0</v>
+        <v>320.0</v>
       </c>
       <c r="D101" s="6" t="s">
         <v>203</v>
       </c>
     </row>
     <row r="102" spans="1:4">
       <c r="A102" s="3">
-        <v>4323</v>
+        <v>4692</v>
       </c>
       <c r="B102" t="s">
         <v>204</v>
       </c>
       <c r="C102" s="5">
-        <v>0.55</v>
+        <v>142.0</v>
       </c>
       <c r="D102" s="6" t="s">
         <v>205</v>
       </c>
     </row>
     <row r="103" spans="1:4">
       <c r="A103" s="3">
-        <v>3741</v>
+        <v>4857</v>
       </c>
       <c r="B103" t="s">
         <v>206</v>
       </c>
       <c r="C103" s="5">
-        <v>12.0</v>
+        <v>148.0</v>
       </c>
       <c r="D103" s="6" t="s">
         <v>207</v>
       </c>
     </row>
     <row r="104" spans="1:4">
       <c r="A104" s="3">
-        <v>4443</v>
+        <v>4795</v>
       </c>
       <c r="B104" t="s">
         <v>208</v>
       </c>
       <c r="C104" s="5">
-        <v>165.0</v>
+        <v>85.0</v>
       </c>
       <c r="D104" s="6" t="s">
         <v>209</v>
       </c>
     </row>
     <row r="105" spans="1:4">
       <c r="A105" s="3">
-        <v>4436</v>
+        <v>4323</v>
       </c>
       <c r="B105" t="s">
         <v>210</v>
       </c>
       <c r="C105" s="5">
-        <v>4.72</v>
+        <v>0.55</v>
       </c>
       <c r="D105" s="6" t="s">
         <v>211</v>
       </c>
     </row>
     <row r="106" spans="1:4">
       <c r="A106" s="3">
-        <v>4384</v>
+        <v>3741</v>
       </c>
       <c r="B106" t="s">
         <v>212</v>
       </c>
       <c r="C106" s="5">
-        <v>7.67</v>
+        <v>12.0</v>
       </c>
       <c r="D106" s="6" t="s">
         <v>213</v>
       </c>
     </row>
     <row r="107" spans="1:4">
       <c r="A107" s="3">
-        <v>5633</v>
+        <v>4443</v>
       </c>
       <c r="B107" t="s">
         <v>214</v>
       </c>
       <c r="C107" s="5">
-        <v>8.0</v>
+        <v>165.0</v>
       </c>
       <c r="D107" s="6" t="s">
         <v>215</v>
       </c>
     </row>
     <row r="108" spans="1:4">
       <c r="A108" s="3">
-        <v>5635</v>
+        <v>4436</v>
       </c>
       <c r="B108" t="s">
         <v>216</v>
       </c>
       <c r="C108" s="5">
-        <v>9.44</v>
+        <v>4.72</v>
       </c>
       <c r="D108" s="6" t="s">
         <v>217</v>
       </c>
     </row>
     <row r="109" spans="1:4">
       <c r="A109" s="3">
-        <v>5636</v>
+        <v>4384</v>
       </c>
       <c r="B109" t="s">
         <v>218</v>
       </c>
       <c r="C109" s="5">
-        <v>10.62</v>
+        <v>7.67</v>
       </c>
       <c r="D109" s="6" t="s">
         <v>219</v>
       </c>
     </row>
     <row r="110" spans="1:4">
       <c r="A110" s="3">
-        <v>5637</v>
+        <v>5633</v>
       </c>
       <c r="B110" t="s">
         <v>220</v>
       </c>
       <c r="C110" s="5">
-        <v>11.8</v>
+        <v>8.0</v>
       </c>
       <c r="D110" s="6" t="s">
         <v>221</v>
       </c>
     </row>
     <row r="111" spans="1:4">
       <c r="A111" s="3">
-        <v>5638</v>
+        <v>5635</v>
       </c>
       <c r="B111" t="s">
         <v>222</v>
       </c>
       <c r="C111" s="5">
-        <v>16.52</v>
+        <v>9.44</v>
       </c>
       <c r="D111" s="6" t="s">
         <v>223</v>
       </c>
     </row>
     <row r="112" spans="1:4">
       <c r="A112" s="3">
-        <v>5639</v>
+        <v>5636</v>
       </c>
       <c r="B112" t="s">
         <v>224</v>
       </c>
       <c r="C112" s="5">
-        <v>17.7</v>
+        <v>10.62</v>
       </c>
       <c r="D112" s="6" t="s">
         <v>225</v>
       </c>
     </row>
     <row r="113" spans="1:4">
       <c r="A113" s="3">
-        <v>5641</v>
+        <v>5637</v>
       </c>
       <c r="B113" t="s">
         <v>226</v>
       </c>
       <c r="C113" s="5">
-        <v>25.96</v>
+        <v>11.8</v>
       </c>
       <c r="D113" s="6" t="s">
         <v>227</v>
       </c>
     </row>
     <row r="114" spans="1:4">
       <c r="A114" s="3">
-        <v>5643</v>
+        <v>5638</v>
       </c>
       <c r="B114" t="s">
         <v>228</v>
       </c>
       <c r="C114" s="5">
-        <v>44.84</v>
+        <v>16.52</v>
       </c>
       <c r="D114" s="6" t="s">
         <v>229</v>
       </c>
     </row>
     <row r="115" spans="1:4">
       <c r="A115" s="3">
-        <v>5644</v>
+        <v>5639</v>
       </c>
       <c r="B115" t="s">
         <v>230</v>
       </c>
       <c r="C115" s="5">
-        <v>58.0</v>
+        <v>17.7</v>
       </c>
       <c r="D115" s="6" t="s">
         <v>231</v>
       </c>
     </row>
     <row r="116" spans="1:4">
       <c r="A116" s="3">
-        <v>5645</v>
+        <v>5641</v>
       </c>
       <c r="B116" t="s">
         <v>232</v>
       </c>
       <c r="C116" s="5">
-        <v>72.0</v>
+        <v>25.96</v>
       </c>
       <c r="D116" s="6" t="s">
         <v>233</v>
       </c>
     </row>
     <row r="117" spans="1:4">
       <c r="A117" s="3">
-        <v>5646</v>
+        <v>5643</v>
       </c>
       <c r="B117" t="s">
         <v>234</v>
       </c>
       <c r="C117" s="5">
-        <v>96.0</v>
+        <v>44.84</v>
       </c>
       <c r="D117" s="6" t="s">
         <v>235</v>
       </c>
     </row>
     <row r="118" spans="1:4">
       <c r="A118" s="3">
-        <v>4154</v>
+        <v>5644</v>
       </c>
       <c r="B118" t="s">
         <v>236</v>
       </c>
       <c r="C118" s="5">
-        <v>22.42</v>
+        <v>58.0</v>
       </c>
       <c r="D118" s="6" t="s">
         <v>237</v>
       </c>
     </row>
     <row r="119" spans="1:4">
       <c r="A119" s="3">
-        <v>4088</v>
+        <v>5645</v>
       </c>
       <c r="B119" t="s">
         <v>238</v>
       </c>
       <c r="C119" s="5">
-        <v>7.08</v>
+        <v>72.0</v>
       </c>
       <c r="D119" s="6" t="s">
         <v>239</v>
       </c>
     </row>
     <row r="120" spans="1:4">
       <c r="A120" s="3">
-        <v>4153</v>
+        <v>5646</v>
       </c>
       <c r="B120" t="s">
         <v>240</v>
       </c>
       <c r="C120" s="5">
-        <v>14.16</v>
+        <v>96.0</v>
       </c>
       <c r="D120" s="6" t="s">
         <v>241</v>
       </c>
     </row>
     <row r="121" spans="1:4">
       <c r="A121" s="3">
-        <v>4155</v>
+        <v>4154</v>
       </c>
       <c r="B121" t="s">
         <v>242</v>
       </c>
       <c r="C121" s="5">
-        <v>37.76</v>
+        <v>22.42</v>
       </c>
       <c r="D121" s="6" t="s">
         <v>243</v>
+      </c>
+    </row>
+    <row r="122" spans="1:4">
+      <c r="A122" s="3">
+        <v>4088</v>
+      </c>
+      <c r="B122" t="s">
+        <v>244</v>
+      </c>
+      <c r="C122" s="5">
+        <v>7.08</v>
+      </c>
+      <c r="D122" s="6" t="s">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="123" spans="1:4">
+      <c r="A123" s="3">
+        <v>4153</v>
+      </c>
+      <c r="B123" t="s">
+        <v>246</v>
+      </c>
+      <c r="C123" s="5">
+        <v>14.16</v>
+      </c>
+      <c r="D123" s="6" t="s">
+        <v>247</v>
+      </c>
+    </row>
+    <row r="124" spans="1:4">
+      <c r="A124" s="3">
+        <v>4155</v>
+      </c>
+      <c r="B124" t="s">
+        <v>248</v>
+      </c>
+      <c r="C124" s="5">
+        <v>37.76</v>
+      </c>
+      <c r="D124" s="6" t="s">
+        <v>249</v>
+      </c>
+    </row>
+    <row r="125" spans="1:4">
+      <c r="A125" s="3">
+        <v>8088</v>
+      </c>
+      <c r="B125" t="s">
+        <v>250</v>
+      </c>
+      <c r="C125" s="5">
+        <v>23.0</v>
+      </c>
+      <c r="D125" s="6" t="s">
+        <v>251</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="B1" r:id="rId_hyperlink_1"/>
     <hyperlink ref="D4" r:id="rId_hyperlink_2"/>
     <hyperlink ref="D5" r:id="rId_hyperlink_3"/>
     <hyperlink ref="D6" r:id="rId_hyperlink_4"/>
     <hyperlink ref="D7" r:id="rId_hyperlink_5"/>
     <hyperlink ref="D8" r:id="rId_hyperlink_6"/>
     <hyperlink ref="D9" r:id="rId_hyperlink_7"/>
     <hyperlink ref="D10" r:id="rId_hyperlink_8"/>
     <hyperlink ref="D11" r:id="rId_hyperlink_9"/>
     <hyperlink ref="D12" r:id="rId_hyperlink_10"/>
     <hyperlink ref="D13" r:id="rId_hyperlink_11"/>
     <hyperlink ref="D14" r:id="rId_hyperlink_12"/>
     <hyperlink ref="D15" r:id="rId_hyperlink_13"/>
     <hyperlink ref="D16" r:id="rId_hyperlink_14"/>
     <hyperlink ref="D17" r:id="rId_hyperlink_15"/>
     <hyperlink ref="D18" r:id="rId_hyperlink_16"/>
     <hyperlink ref="D19" r:id="rId_hyperlink_17"/>
     <hyperlink ref="D20" r:id="rId_hyperlink_18"/>
     <hyperlink ref="D21" r:id="rId_hyperlink_19"/>
     <hyperlink ref="D22" r:id="rId_hyperlink_20"/>
     <hyperlink ref="D23" r:id="rId_hyperlink_21"/>
@@ -2941,50 +3021,54 @@
     <hyperlink ref="D97" r:id="rId_hyperlink_95"/>
     <hyperlink ref="D98" r:id="rId_hyperlink_96"/>
     <hyperlink ref="D99" r:id="rId_hyperlink_97"/>
     <hyperlink ref="D100" r:id="rId_hyperlink_98"/>
     <hyperlink ref="D101" r:id="rId_hyperlink_99"/>
     <hyperlink ref="D102" r:id="rId_hyperlink_100"/>
     <hyperlink ref="D103" r:id="rId_hyperlink_101"/>
     <hyperlink ref="D104" r:id="rId_hyperlink_102"/>
     <hyperlink ref="D105" r:id="rId_hyperlink_103"/>
     <hyperlink ref="D106" r:id="rId_hyperlink_104"/>
     <hyperlink ref="D107" r:id="rId_hyperlink_105"/>
     <hyperlink ref="D108" r:id="rId_hyperlink_106"/>
     <hyperlink ref="D109" r:id="rId_hyperlink_107"/>
     <hyperlink ref="D110" r:id="rId_hyperlink_108"/>
     <hyperlink ref="D111" r:id="rId_hyperlink_109"/>
     <hyperlink ref="D112" r:id="rId_hyperlink_110"/>
     <hyperlink ref="D113" r:id="rId_hyperlink_111"/>
     <hyperlink ref="D114" r:id="rId_hyperlink_112"/>
     <hyperlink ref="D115" r:id="rId_hyperlink_113"/>
     <hyperlink ref="D116" r:id="rId_hyperlink_114"/>
     <hyperlink ref="D117" r:id="rId_hyperlink_115"/>
     <hyperlink ref="D118" r:id="rId_hyperlink_116"/>
     <hyperlink ref="D119" r:id="rId_hyperlink_117"/>
     <hyperlink ref="D120" r:id="rId_hyperlink_118"/>
     <hyperlink ref="D121" r:id="rId_hyperlink_119"/>
+    <hyperlink ref="D122" r:id="rId_hyperlink_120"/>
+    <hyperlink ref="D123" r:id="rId_hyperlink_121"/>
+    <hyperlink ref="D124" r:id="rId_hyperlink_122"/>
+    <hyperlink ref="D125" r:id="rId_hyperlink_123"/>
   </hyperlinks>
   <printOptions gridLines="true" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="0" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader>&amp;C&amp;H&amp;F &amp;RPage &amp;P of &amp;N</oddHeader>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>