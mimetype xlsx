--- v1 (2026-02-02)
+++ v2 (2026-03-20)
@@ -14,74 +14,74 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">'Worksheet'!$1:$1</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="252">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="248">
   <si>
     <t>Product Code</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Unit Price</t>
   </si>
   <si>
     <t>Product Page</t>
   </si>
   <si>
     <t>URL:</t>
   </si>
   <si>
     <t>https://www.sunrom.com/c/hardware-1</t>
   </si>
   <si>
     <t>Date:</t>
   </si>
   <si>
-    <t>02-Feb-2026 21:43:54</t>
+    <t>20-Mar-2026 18:27:25</t>
   </si>
   <si>
     <t>M3 x 10mm PCB Spacer Brass Threaded Female/Female</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7878</t>
   </si>
   <si>
     <t>M4 Dome Nut Nylon</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7815</t>
   </si>
   <si>
     <t>M3 x 10mm PCB Spacer Brass Threaded Male/Female</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7816</t>
   </si>
   <si>
     <t>M2 (2mm) x 10mm Pan Head Phillips Plus Stainless Steel SS Machine Screw</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7677</t>
   </si>
@@ -190,56 +190,50 @@
   <si>
     <t>M3 x 25mm PCB Nylon Black Threaded Male/Female Spacer</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7193</t>
   </si>
   <si>
     <t>M3 x 10mm PCB Nylon Black Threaded Male/Female Spacer</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7189</t>
   </si>
   <si>
     <t>M3 x 12mm PCB Nylon Black Threaded Male/Female Spacer</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7190</t>
   </si>
   <si>
     <t>M3 x 15mm PCB Nylon Black Threaded Male/Female Spacer</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7191</t>
   </si>
   <si>
-    <t>Aifen A9 Pro Smart Soldering Iron Station With 3 Bits C210 (120W)</t>
-[...4 lines deleted...]
-  <si>
     <t>M3 x 7mm Fibre Washer</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7077</t>
   </si>
   <si>
     <t>M3 x 10mm Counter Sunk CSK MS Slotted Minus Screw</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7080</t>
   </si>
   <si>
     <t>M3 x 15mm Counter Sunk CSK MS Slotted Minus Screw</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7081</t>
   </si>
   <si>
     <t>Fine tip curved tweezers - ESD safe - 120mm for SMD electronics</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/6398</t>
   </si>
   <si>
     <t>Hex Spacer 15mm M3 screw both side</t>
@@ -608,56 +602,50 @@
     <t>https://www.sunrom.com/m/6105</t>
   </si>
   <si>
     <t>Heat Shrink Tube - 1mm Dia, Black, 1 Meter Length</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/5632</t>
   </si>
   <si>
     <t>USB Enclosure - Black Translucent</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/5278</t>
   </si>
   <si>
     <t>Mounting Bracket - Clamping Kit for Fingerprint Sensors R305 R307 - Black</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/5532</t>
   </si>
   <si>
     <t>Safety Cover for Fuse 5x20mm - Blue - FR (fire retardant)</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/5523</t>
-  </si>
-[...4 lines deleted...]
-    <t>https://www.sunrom.com/m/5033</t>
   </si>
   <si>
     <t>Soldering Flux - 15gm</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/5029</t>
   </si>
   <si>
     <t>Wire Stripper</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/4837</t>
   </si>
   <si>
     <t>Component Lead Cutter</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/4692</t>
   </si>
   <si>
     <t>Enclosure 100x60x25mm - Black</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/4857</t>
   </si>
@@ -1139,63 +1127,63 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/c/hardware-1" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7878" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7815" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7816" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7677" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7687" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7545" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7546" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7543" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7544" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7547" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7548" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7215" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7216" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7217" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7218" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7219" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6214" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5934" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7225" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7227" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7192" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7193" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7189" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7190" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7191" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7090" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7077" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7080" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7081" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6398" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7061" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7054" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7045" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7046" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7047" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7048" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7049" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7042" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7043" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7044" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7050" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7051" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7052" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7053" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7040" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7041" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6920" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6687" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6549" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6550" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6547" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6548" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6525" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6526" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6527" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6528" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6529" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6530" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6531" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6532" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6533" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6534" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6519" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6520" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6521" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6522" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6524" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/3922" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6463" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/8107" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5265" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6392" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6256" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6255" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6253" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6259" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6260" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4608" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6180" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6181" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6179" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6108" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6109" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6110" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6104" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6102" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6106" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6107" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6111" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6103" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6105" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5632" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5278" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5532" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5523" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5033" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5029" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4837" TargetMode="External"/><Relationship Id="rId_hyperlink_100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4692" TargetMode="External"/><Relationship Id="rId_hyperlink_101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4857" TargetMode="External"/><Relationship Id="rId_hyperlink_102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4795" TargetMode="External"/><Relationship Id="rId_hyperlink_103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4323" TargetMode="External"/><Relationship Id="rId_hyperlink_104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/3741" TargetMode="External"/><Relationship Id="rId_hyperlink_105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4443" TargetMode="External"/><Relationship Id="rId_hyperlink_106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4436" TargetMode="External"/><Relationship Id="rId_hyperlink_107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4384" TargetMode="External"/><Relationship Id="rId_hyperlink_108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5633" TargetMode="External"/><Relationship Id="rId_hyperlink_109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5635" TargetMode="External"/><Relationship Id="rId_hyperlink_110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5636" TargetMode="External"/><Relationship Id="rId_hyperlink_111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5637" TargetMode="External"/><Relationship Id="rId_hyperlink_112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5638" TargetMode="External"/><Relationship Id="rId_hyperlink_113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5639" TargetMode="External"/><Relationship Id="rId_hyperlink_114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5641" TargetMode="External"/><Relationship Id="rId_hyperlink_115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5643" TargetMode="External"/><Relationship Id="rId_hyperlink_116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5644" TargetMode="External"/><Relationship Id="rId_hyperlink_117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5645" TargetMode="External"/><Relationship Id="rId_hyperlink_118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5646" TargetMode="External"/><Relationship Id="rId_hyperlink_119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4154" TargetMode="External"/><Relationship Id="rId_hyperlink_120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4088" TargetMode="External"/><Relationship Id="rId_hyperlink_121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4153" TargetMode="External"/><Relationship Id="rId_hyperlink_122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4155" TargetMode="External"/><Relationship Id="rId_hyperlink_123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/8088" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/c/hardware-1" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7878" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7815" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7816" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7677" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7687" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7545" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7546" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7543" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7544" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7547" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7548" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7215" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7216" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7217" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7218" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7219" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6214" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5934" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7225" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7227" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7192" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7193" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7189" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7190" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7191" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7077" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7080" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7081" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6398" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7061" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7054" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7045" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7046" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7047" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7048" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7049" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7042" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7043" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7044" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7050" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7051" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7052" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7053" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7040" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7041" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6920" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6687" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6549" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6550" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6547" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6548" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6525" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6526" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6527" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6528" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6529" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6530" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6531" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6532" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6533" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6534" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6519" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6520" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6521" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6522" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6524" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/3922" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6463" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/8107" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5265" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6392" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6256" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6255" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6253" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6259" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6260" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4608" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6180" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6181" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6179" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6108" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6109" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6110" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6104" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6102" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6106" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6107" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6111" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6103" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6105" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5632" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5278" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5532" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5523" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5029" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4837" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4692" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4857" TargetMode="External"/><Relationship Id="rId_hyperlink_100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4795" TargetMode="External"/><Relationship Id="rId_hyperlink_101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4323" TargetMode="External"/><Relationship Id="rId_hyperlink_102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/3741" TargetMode="External"/><Relationship Id="rId_hyperlink_103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4443" TargetMode="External"/><Relationship Id="rId_hyperlink_104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4436" TargetMode="External"/><Relationship Id="rId_hyperlink_105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4384" TargetMode="External"/><Relationship Id="rId_hyperlink_106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5633" TargetMode="External"/><Relationship Id="rId_hyperlink_107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5635" TargetMode="External"/><Relationship Id="rId_hyperlink_108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5636" TargetMode="External"/><Relationship Id="rId_hyperlink_109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5637" TargetMode="External"/><Relationship Id="rId_hyperlink_110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5638" TargetMode="External"/><Relationship Id="rId_hyperlink_111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5639" TargetMode="External"/><Relationship Id="rId_hyperlink_112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5641" TargetMode="External"/><Relationship Id="rId_hyperlink_113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5643" TargetMode="External"/><Relationship Id="rId_hyperlink_114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5644" TargetMode="External"/><Relationship Id="rId_hyperlink_115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5645" TargetMode="External"/><Relationship Id="rId_hyperlink_116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5646" TargetMode="External"/><Relationship Id="rId_hyperlink_117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4154" TargetMode="External"/><Relationship Id="rId_hyperlink_118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4088" TargetMode="External"/><Relationship Id="rId_hyperlink_119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4153" TargetMode="External"/><Relationship Id="rId_hyperlink_120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4155" TargetMode="External"/><Relationship Id="rId_hyperlink_121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/8088" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:D125"/>
+  <dimension ref="A1:D123"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="D125" sqref="D125"/>
+      <selection activeCell="D123" sqref="D123"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="13" customWidth="true" style="3"/>
     <col min="2" max="2" width="60" customWidth="true" style="0"/>
     <col min="3" max="3" width="12" customWidth="true" style="5"/>
     <col min="4" max="4" width="28" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="3" t="s">
         <v>4</v>
       </c>
       <c r="B1" s="6" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="3" t="s">
         <v>6</v>
       </c>
       <c r="B2" t="s">
         <v>7</v>
       </c>
@@ -1544,1404 +1532,1376 @@
         <v>54</v>
       </c>
       <c r="C27" s="5">
         <v>3.75</v>
       </c>
       <c r="D27" s="6" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" s="3">
         <v>7191</v>
       </c>
       <c r="B28" t="s">
         <v>56</v>
       </c>
       <c r="C28" s="5">
         <v>4.0</v>
       </c>
       <c r="D28" s="6" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" s="3">
-        <v>7090</v>
+        <v>7077</v>
       </c>
       <c r="B29" t="s">
         <v>58</v>
       </c>
       <c r="C29" s="5">
-        <v>4250.0</v>
+        <v>0.75</v>
       </c>
       <c r="D29" s="6" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" s="3">
-        <v>7077</v>
+        <v>7080</v>
       </c>
       <c r="B30" t="s">
         <v>60</v>
       </c>
       <c r="C30" s="5">
-        <v>0.75</v>
+        <v>0.9</v>
       </c>
       <c r="D30" s="6" t="s">
         <v>61</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" s="3">
-        <v>7080</v>
+        <v>7081</v>
       </c>
       <c r="B31" t="s">
         <v>62</v>
       </c>
       <c r="C31" s="5">
-        <v>0.9</v>
+        <v>1.25</v>
       </c>
       <c r="D31" s="6" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" s="3">
-        <v>7081</v>
+        <v>6398</v>
       </c>
       <c r="B32" t="s">
         <v>64</v>
       </c>
       <c r="C32" s="5">
-        <v>1.25</v>
+        <v>85.0</v>
       </c>
       <c r="D32" s="6" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" s="3">
-        <v>6398</v>
+        <v>7061</v>
       </c>
       <c r="B33" t="s">
         <v>66</v>
       </c>
       <c r="C33" s="5">
-        <v>85.0</v>
+        <v>4.15</v>
       </c>
       <c r="D33" s="6" t="s">
         <v>67</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" s="3">
-        <v>7061</v>
+        <v>7054</v>
       </c>
       <c r="B34" t="s">
         <v>68</v>
       </c>
       <c r="C34" s="5">
-        <v>4.15</v>
+        <v>4.85</v>
       </c>
       <c r="D34" s="6" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" s="3">
-        <v>7054</v>
+        <v>7045</v>
       </c>
       <c r="B35" t="s">
         <v>70</v>
       </c>
       <c r="C35" s="5">
-        <v>4.85</v>
+        <v>3.25</v>
       </c>
       <c r="D35" s="6" t="s">
         <v>71</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" s="3">
-        <v>7045</v>
+        <v>7046</v>
       </c>
       <c r="B36" t="s">
         <v>72</v>
       </c>
       <c r="C36" s="5">
-        <v>3.25</v>
+        <v>3.63</v>
       </c>
       <c r="D36" s="6" t="s">
         <v>73</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" s="3">
-        <v>7046</v>
+        <v>7047</v>
       </c>
       <c r="B37" t="s">
         <v>74</v>
       </c>
       <c r="C37" s="5">
-        <v>3.63</v>
+        <v>4.0</v>
       </c>
       <c r="D37" s="6" t="s">
         <v>75</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" s="3">
-        <v>7047</v>
+        <v>7048</v>
       </c>
       <c r="B38" t="s">
         <v>76</v>
       </c>
       <c r="C38" s="5">
-        <v>4.0</v>
+        <v>4.38</v>
       </c>
       <c r="D38" s="6" t="s">
         <v>77</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" s="3">
-        <v>7048</v>
+        <v>7049</v>
       </c>
       <c r="B39" t="s">
         <v>78</v>
       </c>
       <c r="C39" s="5">
-        <v>4.38</v>
+        <v>4.75</v>
       </c>
       <c r="D39" s="6" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" s="3">
-        <v>7049</v>
+        <v>7042</v>
       </c>
       <c r="B40" t="s">
         <v>80</v>
       </c>
       <c r="C40" s="5">
-        <v>4.75</v>
+        <v>2.88</v>
       </c>
       <c r="D40" s="6" t="s">
         <v>81</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" s="3">
-        <v>7042</v>
+        <v>7043</v>
       </c>
       <c r="B41" t="s">
         <v>82</v>
       </c>
       <c r="C41" s="5">
-        <v>2.88</v>
+        <v>3.75</v>
       </c>
       <c r="D41" s="6" t="s">
         <v>83</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" s="3">
-        <v>7043</v>
+        <v>7044</v>
       </c>
       <c r="B42" t="s">
         <v>84</v>
       </c>
       <c r="C42" s="5">
         <v>3.75</v>
       </c>
       <c r="D42" s="6" t="s">
         <v>85</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" s="3">
-        <v>7044</v>
+        <v>7050</v>
       </c>
       <c r="B43" t="s">
         <v>86</v>
       </c>
       <c r="C43" s="5">
-        <v>3.75</v>
+        <v>5.0</v>
       </c>
       <c r="D43" s="6" t="s">
         <v>87</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" s="3">
-        <v>7050</v>
+        <v>7051</v>
       </c>
       <c r="B44" t="s">
         <v>88</v>
       </c>
       <c r="C44" s="5">
-        <v>5.0</v>
+        <v>5.25</v>
       </c>
       <c r="D44" s="6" t="s">
         <v>89</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" s="3">
-        <v>7051</v>
+        <v>7052</v>
       </c>
       <c r="B45" t="s">
         <v>90</v>
       </c>
       <c r="C45" s="5">
         <v>5.25</v>
       </c>
       <c r="D45" s="6" t="s">
         <v>91</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" s="3">
-        <v>7052</v>
+        <v>7053</v>
       </c>
       <c r="B46" t="s">
         <v>92</v>
       </c>
       <c r="C46" s="5">
-        <v>5.25</v>
+        <v>5.75</v>
       </c>
       <c r="D46" s="6" t="s">
         <v>93</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" s="3">
-        <v>7053</v>
+        <v>7040</v>
       </c>
       <c r="B47" t="s">
         <v>94</v>
       </c>
       <c r="C47" s="5">
-        <v>5.75</v>
+        <v>2.25</v>
       </c>
       <c r="D47" s="6" t="s">
         <v>95</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" s="3">
-        <v>7040</v>
+        <v>7041</v>
       </c>
       <c r="B48" t="s">
         <v>96</v>
       </c>
       <c r="C48" s="5">
-        <v>2.25</v>
+        <v>3.85</v>
       </c>
       <c r="D48" s="6" t="s">
         <v>97</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" s="3">
-        <v>7041</v>
+        <v>6920</v>
       </c>
       <c r="B49" t="s">
         <v>98</v>
       </c>
       <c r="C49" s="5">
-        <v>3.85</v>
+        <v>16.0</v>
       </c>
       <c r="D49" s="6" t="s">
         <v>99</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" s="3">
-        <v>6920</v>
+        <v>6687</v>
       </c>
       <c r="B50" t="s">
         <v>100</v>
       </c>
       <c r="C50" s="5">
-        <v>16.0</v>
+        <v>22.0</v>
       </c>
       <c r="D50" s="6" t="s">
         <v>101</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" s="3">
-        <v>6687</v>
+        <v>6549</v>
       </c>
       <c r="B51" t="s">
         <v>102</v>
       </c>
       <c r="C51" s="5">
-        <v>22.0</v>
+        <v>1.55</v>
       </c>
       <c r="D51" s="6" t="s">
         <v>103</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" s="3">
-        <v>6549</v>
+        <v>6550</v>
       </c>
       <c r="B52" t="s">
         <v>104</v>
       </c>
       <c r="C52" s="5">
-        <v>1.55</v>
+        <v>1.75</v>
       </c>
       <c r="D52" s="6" t="s">
         <v>105</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" s="3">
-        <v>6550</v>
+        <v>6547</v>
       </c>
       <c r="B53" t="s">
         <v>106</v>
       </c>
       <c r="C53" s="5">
-        <v>1.75</v>
+        <v>0.45</v>
       </c>
       <c r="D53" s="6" t="s">
         <v>107</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" s="3">
-        <v>6547</v>
+        <v>6548</v>
       </c>
       <c r="B54" t="s">
         <v>108</v>
       </c>
       <c r="C54" s="5">
-        <v>0.45</v>
+        <v>0.85</v>
       </c>
       <c r="D54" s="6" t="s">
         <v>109</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" s="3">
-        <v>6548</v>
+        <v>6525</v>
       </c>
       <c r="B55" t="s">
         <v>110</v>
       </c>
       <c r="C55" s="5">
-        <v>0.85</v>
+        <v>3.0</v>
       </c>
       <c r="D55" s="6" t="s">
         <v>111</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" s="3">
-        <v>6525</v>
+        <v>6526</v>
       </c>
       <c r="B56" t="s">
         <v>112</v>
       </c>
       <c r="C56" s="5">
-        <v>3.0</v>
+        <v>2.5</v>
       </c>
       <c r="D56" s="6" t="s">
         <v>113</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" s="3">
-        <v>6526</v>
+        <v>6527</v>
       </c>
       <c r="B57" t="s">
         <v>114</v>
       </c>
       <c r="C57" s="5">
-        <v>2.5</v>
+        <v>1.95</v>
       </c>
       <c r="D57" s="6" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" s="3">
-        <v>6527</v>
+        <v>6528</v>
       </c>
       <c r="B58" t="s">
         <v>116</v>
       </c>
       <c r="C58" s="5">
-        <v>1.95</v>
+        <v>1.45</v>
       </c>
       <c r="D58" s="6" t="s">
         <v>117</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" s="3">
-        <v>6528</v>
+        <v>6529</v>
       </c>
       <c r="B59" t="s">
         <v>118</v>
       </c>
       <c r="C59" s="5">
-        <v>1.45</v>
+        <v>1.35</v>
       </c>
       <c r="D59" s="6" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" s="3">
-        <v>6529</v>
+        <v>6530</v>
       </c>
       <c r="B60" t="s">
         <v>120</v>
       </c>
       <c r="C60" s="5">
-        <v>1.35</v>
+        <v>1.0</v>
       </c>
       <c r="D60" s="6" t="s">
         <v>121</v>
       </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" s="3">
-        <v>6530</v>
+        <v>6531</v>
       </c>
       <c r="B61" t="s">
         <v>122</v>
       </c>
       <c r="C61" s="5">
-        <v>1.0</v>
+        <v>0.9</v>
       </c>
       <c r="D61" s="6" t="s">
         <v>123</v>
       </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" s="3">
-        <v>6531</v>
+        <v>6532</v>
       </c>
       <c r="B62" t="s">
         <v>124</v>
       </c>
       <c r="C62" s="5">
-        <v>0.9</v>
+        <v>0.8</v>
       </c>
       <c r="D62" s="6" t="s">
         <v>125</v>
       </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63" s="3">
-        <v>6532</v>
+        <v>6533</v>
       </c>
       <c r="B63" t="s">
         <v>126</v>
       </c>
       <c r="C63" s="5">
-        <v>0.8</v>
+        <v>4.25</v>
       </c>
       <c r="D63" s="6" t="s">
         <v>127</v>
       </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64" s="3">
-        <v>6533</v>
+        <v>6534</v>
       </c>
       <c r="B64" t="s">
         <v>128</v>
       </c>
       <c r="C64" s="5">
-        <v>4.25</v>
+        <v>0.6</v>
       </c>
       <c r="D64" s="6" t="s">
         <v>129</v>
       </c>
     </row>
     <row r="65" spans="1:4">
       <c r="A65" s="3">
-        <v>6534</v>
+        <v>6519</v>
       </c>
       <c r="B65" t="s">
         <v>130</v>
       </c>
       <c r="C65" s="5">
-        <v>0.6</v>
+        <v>3.75</v>
       </c>
       <c r="D65" s="6" t="s">
         <v>131</v>
       </c>
     </row>
     <row r="66" spans="1:4">
       <c r="A66" s="3">
-        <v>6519</v>
+        <v>6520</v>
       </c>
       <c r="B66" t="s">
         <v>132</v>
       </c>
       <c r="C66" s="5">
-        <v>3.75</v>
+        <v>0.45</v>
       </c>
       <c r="D66" s="6" t="s">
         <v>133</v>
       </c>
     </row>
     <row r="67" spans="1:4">
       <c r="A67" s="3">
-        <v>6520</v>
+        <v>6521</v>
       </c>
       <c r="B67" t="s">
         <v>134</v>
       </c>
       <c r="C67" s="5">
         <v>0.45</v>
       </c>
       <c r="D67" s="6" t="s">
         <v>135</v>
       </c>
     </row>
     <row r="68" spans="1:4">
       <c r="A68" s="3">
-        <v>6521</v>
+        <v>6522</v>
       </c>
       <c r="B68" t="s">
         <v>136</v>
       </c>
       <c r="C68" s="5">
-        <v>0.45</v>
+        <v>1.35</v>
       </c>
       <c r="D68" s="6" t="s">
         <v>137</v>
       </c>
     </row>
     <row r="69" spans="1:4">
       <c r="A69" s="3">
-        <v>6522</v>
+        <v>6524</v>
       </c>
       <c r="B69" t="s">
         <v>138</v>
       </c>
       <c r="C69" s="5">
-        <v>1.35</v>
+        <v>1.25</v>
       </c>
       <c r="D69" s="6" t="s">
         <v>139</v>
       </c>
     </row>
     <row r="70" spans="1:4">
       <c r="A70" s="3">
-        <v>6524</v>
+        <v>3922</v>
       </c>
       <c r="B70" t="s">
         <v>140</v>
       </c>
       <c r="C70" s="5">
-        <v>1.25</v>
+        <v>3.22</v>
       </c>
       <c r="D70" s="6" t="s">
         <v>141</v>
       </c>
     </row>
     <row r="71" spans="1:4">
       <c r="A71" s="3">
-        <v>3922</v>
+        <v>6463</v>
       </c>
       <c r="B71" t="s">
         <v>142</v>
       </c>
       <c r="C71" s="5">
-        <v>3.22</v>
+        <v>1525.0</v>
       </c>
       <c r="D71" s="6" t="s">
         <v>143</v>
       </c>
     </row>
     <row r="72" spans="1:4">
       <c r="A72" s="3">
-        <v>6463</v>
+        <v>8107</v>
       </c>
       <c r="B72" t="s">
         <v>144</v>
       </c>
       <c r="C72" s="5">
-        <v>1525.0</v>
+        <v>14.75</v>
       </c>
       <c r="D72" s="6" t="s">
         <v>145</v>
       </c>
     </row>
     <row r="73" spans="1:4">
       <c r="A73" s="3">
-        <v>8107</v>
+        <v>5265</v>
       </c>
       <c r="B73" t="s">
         <v>146</v>
       </c>
       <c r="C73" s="5">
-        <v>14.75</v>
+        <v>17.45</v>
       </c>
       <c r="D73" s="6" t="s">
         <v>147</v>
       </c>
     </row>
     <row r="74" spans="1:4">
       <c r="A74" s="3">
-        <v>5265</v>
+        <v>6392</v>
       </c>
       <c r="B74" t="s">
         <v>148</v>
       </c>
       <c r="C74" s="5">
-        <v>17.45</v>
+        <v>25.0</v>
       </c>
       <c r="D74" s="6" t="s">
         <v>149</v>
       </c>
     </row>
     <row r="75" spans="1:4">
       <c r="A75" s="3">
-        <v>6392</v>
+        <v>6256</v>
       </c>
       <c r="B75" t="s">
         <v>150</v>
       </c>
       <c r="C75" s="5">
-        <v>25.0</v>
+        <v>4.72</v>
       </c>
       <c r="D75" s="6" t="s">
         <v>151</v>
       </c>
     </row>
     <row r="76" spans="1:4">
       <c r="A76" s="3">
-        <v>6256</v>
+        <v>6255</v>
       </c>
       <c r="B76" t="s">
         <v>152</v>
       </c>
       <c r="C76" s="5">
-        <v>4.72</v>
+        <v>4.13</v>
       </c>
       <c r="D76" s="6" t="s">
         <v>153</v>
       </c>
     </row>
     <row r="77" spans="1:4">
       <c r="A77" s="3">
-        <v>6255</v>
+        <v>6253</v>
       </c>
       <c r="B77" t="s">
         <v>154</v>
       </c>
       <c r="C77" s="5">
-        <v>4.13</v>
+        <v>10.62</v>
       </c>
       <c r="D77" s="6" t="s">
         <v>155</v>
       </c>
     </row>
     <row r="78" spans="1:4">
       <c r="A78" s="3">
-        <v>6253</v>
+        <v>6259</v>
       </c>
       <c r="B78" t="s">
         <v>156</v>
       </c>
       <c r="C78" s="5">
-        <v>10.62</v>
+        <v>4.75</v>
       </c>
       <c r="D78" s="6" t="s">
         <v>157</v>
       </c>
     </row>
     <row r="79" spans="1:4">
       <c r="A79" s="3">
-        <v>6259</v>
+        <v>6260</v>
       </c>
       <c r="B79" t="s">
         <v>158</v>
       </c>
       <c r="C79" s="5">
-        <v>4.75</v>
+        <v>4.43</v>
       </c>
       <c r="D79" s="6" t="s">
         <v>159</v>
       </c>
     </row>
     <row r="80" spans="1:4">
       <c r="A80" s="3">
-        <v>6260</v>
+        <v>4608</v>
       </c>
       <c r="B80" t="s">
         <v>160</v>
       </c>
       <c r="C80" s="5">
-        <v>4.43</v>
+        <v>4.75</v>
       </c>
       <c r="D80" s="6" t="s">
         <v>161</v>
       </c>
     </row>
     <row r="81" spans="1:4">
       <c r="A81" s="3">
-        <v>4608</v>
+        <v>6180</v>
       </c>
       <c r="B81" t="s">
         <v>162</v>
       </c>
       <c r="C81" s="5">
-        <v>4.75</v>
+        <v>53.0</v>
       </c>
       <c r="D81" s="6" t="s">
         <v>163</v>
       </c>
     </row>
     <row r="82" spans="1:4">
       <c r="A82" s="3">
-        <v>6180</v>
+        <v>6181</v>
       </c>
       <c r="B82" t="s">
         <v>164</v>
       </c>
       <c r="C82" s="5">
-        <v>53.0</v>
+        <v>100.0</v>
       </c>
       <c r="D82" s="6" t="s">
         <v>165</v>
       </c>
     </row>
     <row r="83" spans="1:4">
       <c r="A83" s="3">
-        <v>6181</v>
+        <v>6179</v>
       </c>
       <c r="B83" t="s">
         <v>166</v>
       </c>
       <c r="C83" s="5">
-        <v>100.0</v>
+        <v>295.0</v>
       </c>
       <c r="D83" s="6" t="s">
         <v>167</v>
       </c>
     </row>
     <row r="84" spans="1:4">
       <c r="A84" s="3">
-        <v>6179</v>
+        <v>6108</v>
       </c>
       <c r="B84" t="s">
         <v>168</v>
       </c>
       <c r="C84" s="5">
-        <v>295.0</v>
+        <v>24.0</v>
       </c>
       <c r="D84" s="6" t="s">
         <v>169</v>
       </c>
     </row>
     <row r="85" spans="1:4">
       <c r="A85" s="3">
-        <v>6108</v>
+        <v>6109</v>
       </c>
       <c r="B85" t="s">
         <v>170</v>
       </c>
       <c r="C85" s="5">
-        <v>24.0</v>
+        <v>21.24</v>
       </c>
       <c r="D85" s="6" t="s">
         <v>171</v>
       </c>
     </row>
     <row r="86" spans="1:4">
       <c r="A86" s="3">
-        <v>6109</v>
+        <v>6110</v>
       </c>
       <c r="B86" t="s">
         <v>172</v>
       </c>
       <c r="C86" s="5">
-        <v>21.24</v>
+        <v>23.6</v>
       </c>
       <c r="D86" s="6" t="s">
         <v>173</v>
       </c>
     </row>
     <row r="87" spans="1:4">
       <c r="A87" s="3">
-        <v>6110</v>
+        <v>6104</v>
       </c>
       <c r="B87" t="s">
         <v>174</v>
       </c>
       <c r="C87" s="5">
-        <v>23.6</v>
+        <v>22.0</v>
       </c>
       <c r="D87" s="6" t="s">
         <v>175</v>
       </c>
     </row>
     <row r="88" spans="1:4">
       <c r="A88" s="3">
-        <v>6104</v>
+        <v>6102</v>
       </c>
       <c r="B88" t="s">
         <v>176</v>
       </c>
       <c r="C88" s="5">
-        <v>22.0</v>
+        <v>16.0</v>
       </c>
       <c r="D88" s="6" t="s">
         <v>177</v>
       </c>
     </row>
     <row r="89" spans="1:4">
       <c r="A89" s="3">
-        <v>6102</v>
+        <v>6106</v>
       </c>
       <c r="B89" t="s">
         <v>178</v>
       </c>
       <c r="C89" s="5">
-        <v>16.0</v>
+        <v>28.0</v>
       </c>
       <c r="D89" s="6" t="s">
         <v>179</v>
       </c>
     </row>
     <row r="90" spans="1:4">
       <c r="A90" s="3">
-        <v>6106</v>
+        <v>6107</v>
       </c>
       <c r="B90" t="s">
         <v>180</v>
       </c>
       <c r="C90" s="5">
-        <v>28.0</v>
+        <v>12.0</v>
       </c>
       <c r="D90" s="6" t="s">
         <v>181</v>
       </c>
     </row>
     <row r="91" spans="1:4">
       <c r="A91" s="3">
-        <v>6107</v>
+        <v>6111</v>
       </c>
       <c r="B91" t="s">
         <v>182</v>
       </c>
       <c r="C91" s="5">
-        <v>12.0</v>
+        <v>22.0</v>
       </c>
       <c r="D91" s="6" t="s">
         <v>183</v>
       </c>
     </row>
     <row r="92" spans="1:4">
       <c r="A92" s="3">
-        <v>6111</v>
+        <v>6103</v>
       </c>
       <c r="B92" t="s">
         <v>184</v>
       </c>
       <c r="C92" s="5">
-        <v>22.0</v>
+        <v>24.0</v>
       </c>
       <c r="D92" s="6" t="s">
         <v>185</v>
       </c>
     </row>
     <row r="93" spans="1:4">
       <c r="A93" s="3">
-        <v>6103</v>
+        <v>6105</v>
       </c>
       <c r="B93" t="s">
         <v>186</v>
       </c>
       <c r="C93" s="5">
-        <v>24.0</v>
+        <v>23.6</v>
       </c>
       <c r="D93" s="6" t="s">
         <v>187</v>
       </c>
     </row>
     <row r="94" spans="1:4">
       <c r="A94" s="3">
-        <v>6105</v>
+        <v>5632</v>
       </c>
       <c r="B94" t="s">
         <v>188</v>
       </c>
       <c r="C94" s="5">
-        <v>23.6</v>
+        <v>5.9</v>
       </c>
       <c r="D94" s="6" t="s">
         <v>189</v>
       </c>
     </row>
     <row r="95" spans="1:4">
       <c r="A95" s="3">
-        <v>5632</v>
+        <v>5278</v>
       </c>
       <c r="B95" t="s">
         <v>190</v>
       </c>
       <c r="C95" s="5">
-        <v>5.9</v>
+        <v>45.0</v>
       </c>
       <c r="D95" s="6" t="s">
         <v>191</v>
       </c>
     </row>
     <row r="96" spans="1:4">
       <c r="A96" s="3">
-        <v>5278</v>
+        <v>5532</v>
       </c>
       <c r="B96" t="s">
         <v>192</v>
       </c>
       <c r="C96" s="5">
-        <v>45.0</v>
+        <v>260.0</v>
       </c>
       <c r="D96" s="6" t="s">
         <v>193</v>
       </c>
     </row>
     <row r="97" spans="1:4">
       <c r="A97" s="3">
-        <v>5532</v>
+        <v>5523</v>
       </c>
       <c r="B97" t="s">
         <v>194</v>
       </c>
       <c r="C97" s="5">
-        <v>260.0</v>
+        <v>4.25</v>
       </c>
       <c r="D97" s="6" t="s">
         <v>195</v>
       </c>
     </row>
     <row r="98" spans="1:4">
       <c r="A98" s="3">
-        <v>5523</v>
+        <v>5029</v>
       </c>
       <c r="B98" t="s">
         <v>196</v>
       </c>
       <c r="C98" s="5">
-        <v>4.25</v>
+        <v>24.0</v>
       </c>
       <c r="D98" s="6" t="s">
         <v>197</v>
       </c>
     </row>
     <row r="99" spans="1:4">
       <c r="A99" s="3">
-        <v>5033</v>
+        <v>4837</v>
       </c>
       <c r="B99" t="s">
         <v>198</v>
       </c>
       <c r="C99" s="5">
-        <v>89.0</v>
+        <v>320.0</v>
       </c>
       <c r="D99" s="6" t="s">
         <v>199</v>
       </c>
     </row>
     <row r="100" spans="1:4">
       <c r="A100" s="3">
-        <v>5029</v>
+        <v>4692</v>
       </c>
       <c r="B100" t="s">
         <v>200</v>
       </c>
       <c r="C100" s="5">
-        <v>24.0</v>
+        <v>142.0</v>
       </c>
       <c r="D100" s="6" t="s">
         <v>201</v>
       </c>
     </row>
     <row r="101" spans="1:4">
       <c r="A101" s="3">
-        <v>4837</v>
+        <v>4857</v>
       </c>
       <c r="B101" t="s">
         <v>202</v>
       </c>
       <c r="C101" s="5">
-        <v>320.0</v>
+        <v>148.0</v>
       </c>
       <c r="D101" s="6" t="s">
         <v>203</v>
       </c>
     </row>
     <row r="102" spans="1:4">
       <c r="A102" s="3">
-        <v>4692</v>
+        <v>4795</v>
       </c>
       <c r="B102" t="s">
         <v>204</v>
       </c>
       <c r="C102" s="5">
-        <v>142.0</v>
+        <v>85.0</v>
       </c>
       <c r="D102" s="6" t="s">
         <v>205</v>
       </c>
     </row>
     <row r="103" spans="1:4">
       <c r="A103" s="3">
-        <v>4857</v>
+        <v>4323</v>
       </c>
       <c r="B103" t="s">
         <v>206</v>
       </c>
       <c r="C103" s="5">
-        <v>148.0</v>
+        <v>0.55</v>
       </c>
       <c r="D103" s="6" t="s">
         <v>207</v>
       </c>
     </row>
     <row r="104" spans="1:4">
       <c r="A104" s="3">
-        <v>4795</v>
+        <v>3741</v>
       </c>
       <c r="B104" t="s">
         <v>208</v>
       </c>
       <c r="C104" s="5">
-        <v>85.0</v>
+        <v>12.0</v>
       </c>
       <c r="D104" s="6" t="s">
         <v>209</v>
       </c>
     </row>
     <row r="105" spans="1:4">
       <c r="A105" s="3">
-        <v>4323</v>
+        <v>4443</v>
       </c>
       <c r="B105" t="s">
         <v>210</v>
       </c>
       <c r="C105" s="5">
-        <v>0.55</v>
+        <v>165.0</v>
       </c>
       <c r="D105" s="6" t="s">
         <v>211</v>
       </c>
     </row>
     <row r="106" spans="1:4">
       <c r="A106" s="3">
-        <v>3741</v>
+        <v>4436</v>
       </c>
       <c r="B106" t="s">
         <v>212</v>
       </c>
       <c r="C106" s="5">
-        <v>12.0</v>
+        <v>4.72</v>
       </c>
       <c r="D106" s="6" t="s">
         <v>213</v>
       </c>
     </row>
     <row r="107" spans="1:4">
       <c r="A107" s="3">
-        <v>4443</v>
+        <v>4384</v>
       </c>
       <c r="B107" t="s">
         <v>214</v>
       </c>
       <c r="C107" s="5">
-        <v>165.0</v>
+        <v>7.67</v>
       </c>
       <c r="D107" s="6" t="s">
         <v>215</v>
       </c>
     </row>
     <row r="108" spans="1:4">
       <c r="A108" s="3">
-        <v>4436</v>
+        <v>5633</v>
       </c>
       <c r="B108" t="s">
         <v>216</v>
       </c>
       <c r="C108" s="5">
-        <v>4.72</v>
+        <v>8.0</v>
       </c>
       <c r="D108" s="6" t="s">
         <v>217</v>
       </c>
     </row>
     <row r="109" spans="1:4">
       <c r="A109" s="3">
-        <v>4384</v>
+        <v>5635</v>
       </c>
       <c r="B109" t="s">
         <v>218</v>
       </c>
       <c r="C109" s="5">
-        <v>7.67</v>
+        <v>9.44</v>
       </c>
       <c r="D109" s="6" t="s">
         <v>219</v>
       </c>
     </row>
     <row r="110" spans="1:4">
       <c r="A110" s="3">
-        <v>5633</v>
+        <v>5636</v>
       </c>
       <c r="B110" t="s">
         <v>220</v>
       </c>
       <c r="C110" s="5">
-        <v>8.0</v>
+        <v>10.62</v>
       </c>
       <c r="D110" s="6" t="s">
         <v>221</v>
       </c>
     </row>
     <row r="111" spans="1:4">
       <c r="A111" s="3">
-        <v>5635</v>
+        <v>5637</v>
       </c>
       <c r="B111" t="s">
         <v>222</v>
       </c>
       <c r="C111" s="5">
-        <v>9.44</v>
+        <v>11.8</v>
       </c>
       <c r="D111" s="6" t="s">
         <v>223</v>
       </c>
     </row>
     <row r="112" spans="1:4">
       <c r="A112" s="3">
-        <v>5636</v>
+        <v>5638</v>
       </c>
       <c r="B112" t="s">
         <v>224</v>
       </c>
       <c r="C112" s="5">
-        <v>10.62</v>
+        <v>16.52</v>
       </c>
       <c r="D112" s="6" t="s">
         <v>225</v>
       </c>
     </row>
     <row r="113" spans="1:4">
       <c r="A113" s="3">
-        <v>5637</v>
+        <v>5639</v>
       </c>
       <c r="B113" t="s">
         <v>226</v>
       </c>
       <c r="C113" s="5">
-        <v>11.8</v>
+        <v>17.7</v>
       </c>
       <c r="D113" s="6" t="s">
         <v>227</v>
       </c>
     </row>
     <row r="114" spans="1:4">
       <c r="A114" s="3">
-        <v>5638</v>
+        <v>5641</v>
       </c>
       <c r="B114" t="s">
         <v>228</v>
       </c>
       <c r="C114" s="5">
-        <v>16.52</v>
+        <v>25.96</v>
       </c>
       <c r="D114" s="6" t="s">
         <v>229</v>
       </c>
     </row>
     <row r="115" spans="1:4">
       <c r="A115" s="3">
-        <v>5639</v>
+        <v>5643</v>
       </c>
       <c r="B115" t="s">
         <v>230</v>
       </c>
       <c r="C115" s="5">
-        <v>17.7</v>
+        <v>44.84</v>
       </c>
       <c r="D115" s="6" t="s">
         <v>231</v>
       </c>
     </row>
     <row r="116" spans="1:4">
       <c r="A116" s="3">
-        <v>5641</v>
+        <v>5644</v>
       </c>
       <c r="B116" t="s">
         <v>232</v>
       </c>
       <c r="C116" s="5">
-        <v>25.96</v>
+        <v>58.0</v>
       </c>
       <c r="D116" s="6" t="s">
         <v>233</v>
       </c>
     </row>
     <row r="117" spans="1:4">
       <c r="A117" s="3">
-        <v>5643</v>
+        <v>5645</v>
       </c>
       <c r="B117" t="s">
         <v>234</v>
       </c>
       <c r="C117" s="5">
-        <v>44.84</v>
+        <v>72.0</v>
       </c>
       <c r="D117" s="6" t="s">
         <v>235</v>
       </c>
     </row>
     <row r="118" spans="1:4">
       <c r="A118" s="3">
-        <v>5644</v>
+        <v>5646</v>
       </c>
       <c r="B118" t="s">
         <v>236</v>
       </c>
       <c r="C118" s="5">
-        <v>58.0</v>
+        <v>96.0</v>
       </c>
       <c r="D118" s="6" t="s">
         <v>237</v>
       </c>
     </row>
     <row r="119" spans="1:4">
       <c r="A119" s="3">
-        <v>5645</v>
+        <v>4154</v>
       </c>
       <c r="B119" t="s">
         <v>238</v>
       </c>
       <c r="C119" s="5">
-        <v>72.0</v>
+        <v>22.42</v>
       </c>
       <c r="D119" s="6" t="s">
         <v>239</v>
       </c>
     </row>
     <row r="120" spans="1:4">
       <c r="A120" s="3">
-        <v>5646</v>
+        <v>4088</v>
       </c>
       <c r="B120" t="s">
         <v>240</v>
       </c>
       <c r="C120" s="5">
-        <v>96.0</v>
+        <v>7.08</v>
       </c>
       <c r="D120" s="6" t="s">
         <v>241</v>
       </c>
     </row>
     <row r="121" spans="1:4">
       <c r="A121" s="3">
-        <v>4154</v>
+        <v>4153</v>
       </c>
       <c r="B121" t="s">
         <v>242</v>
       </c>
       <c r="C121" s="5">
-        <v>22.42</v>
+        <v>14.16</v>
       </c>
       <c r="D121" s="6" t="s">
         <v>243</v>
       </c>
     </row>
     <row r="122" spans="1:4">
       <c r="A122" s="3">
-        <v>4088</v>
+        <v>4155</v>
       </c>
       <c r="B122" t="s">
         <v>244</v>
       </c>
       <c r="C122" s="5">
-        <v>7.08</v>
+        <v>37.76</v>
       </c>
       <c r="D122" s="6" t="s">
         <v>245</v>
       </c>
     </row>
     <row r="123" spans="1:4">
       <c r="A123" s="3">
-        <v>4153</v>
+        <v>8088</v>
       </c>
       <c r="B123" t="s">
         <v>246</v>
       </c>
       <c r="C123" s="5">
-        <v>14.16</v>
+        <v>23.0</v>
       </c>
       <c r="D123" s="6" t="s">
         <v>247</v>
-      </c>
-[...26 lines deleted...]
-        <v>251</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="B1" r:id="rId_hyperlink_1"/>
     <hyperlink ref="D4" r:id="rId_hyperlink_2"/>
     <hyperlink ref="D5" r:id="rId_hyperlink_3"/>
     <hyperlink ref="D6" r:id="rId_hyperlink_4"/>
     <hyperlink ref="D7" r:id="rId_hyperlink_5"/>
     <hyperlink ref="D8" r:id="rId_hyperlink_6"/>
     <hyperlink ref="D9" r:id="rId_hyperlink_7"/>
     <hyperlink ref="D10" r:id="rId_hyperlink_8"/>
     <hyperlink ref="D11" r:id="rId_hyperlink_9"/>
     <hyperlink ref="D12" r:id="rId_hyperlink_10"/>
     <hyperlink ref="D13" r:id="rId_hyperlink_11"/>
     <hyperlink ref="D14" r:id="rId_hyperlink_12"/>
     <hyperlink ref="D15" r:id="rId_hyperlink_13"/>
     <hyperlink ref="D16" r:id="rId_hyperlink_14"/>
     <hyperlink ref="D17" r:id="rId_hyperlink_15"/>
     <hyperlink ref="D18" r:id="rId_hyperlink_16"/>
     <hyperlink ref="D19" r:id="rId_hyperlink_17"/>
     <hyperlink ref="D20" r:id="rId_hyperlink_18"/>
     <hyperlink ref="D21" r:id="rId_hyperlink_19"/>
     <hyperlink ref="D22" r:id="rId_hyperlink_20"/>
     <hyperlink ref="D23" r:id="rId_hyperlink_21"/>
@@ -3023,52 +2983,50 @@
     <hyperlink ref="D99" r:id="rId_hyperlink_97"/>
     <hyperlink ref="D100" r:id="rId_hyperlink_98"/>
     <hyperlink ref="D101" r:id="rId_hyperlink_99"/>
     <hyperlink ref="D102" r:id="rId_hyperlink_100"/>
     <hyperlink ref="D103" r:id="rId_hyperlink_101"/>
     <hyperlink ref="D104" r:id="rId_hyperlink_102"/>
     <hyperlink ref="D105" r:id="rId_hyperlink_103"/>
     <hyperlink ref="D106" r:id="rId_hyperlink_104"/>
     <hyperlink ref="D107" r:id="rId_hyperlink_105"/>
     <hyperlink ref="D108" r:id="rId_hyperlink_106"/>
     <hyperlink ref="D109" r:id="rId_hyperlink_107"/>
     <hyperlink ref="D110" r:id="rId_hyperlink_108"/>
     <hyperlink ref="D111" r:id="rId_hyperlink_109"/>
     <hyperlink ref="D112" r:id="rId_hyperlink_110"/>
     <hyperlink ref="D113" r:id="rId_hyperlink_111"/>
     <hyperlink ref="D114" r:id="rId_hyperlink_112"/>
     <hyperlink ref="D115" r:id="rId_hyperlink_113"/>
     <hyperlink ref="D116" r:id="rId_hyperlink_114"/>
     <hyperlink ref="D117" r:id="rId_hyperlink_115"/>
     <hyperlink ref="D118" r:id="rId_hyperlink_116"/>
     <hyperlink ref="D119" r:id="rId_hyperlink_117"/>
     <hyperlink ref="D120" r:id="rId_hyperlink_118"/>
     <hyperlink ref="D121" r:id="rId_hyperlink_119"/>
     <hyperlink ref="D122" r:id="rId_hyperlink_120"/>
     <hyperlink ref="D123" r:id="rId_hyperlink_121"/>
-    <hyperlink ref="D124" r:id="rId_hyperlink_122"/>
-    <hyperlink ref="D125" r:id="rId_hyperlink_123"/>
   </hyperlinks>
   <printOptions gridLines="true" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="0" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader>&amp;C&amp;H&amp;F &amp;RPage &amp;P of &amp;N</oddHeader>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>