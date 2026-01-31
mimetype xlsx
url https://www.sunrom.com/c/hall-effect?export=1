--- v0 (2025-11-02)
+++ v1 (2026-01-31)
@@ -37,51 +37,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="14">
   <si>
     <t>Product Code</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Unit Price</t>
   </si>
   <si>
     <t>Product Page</t>
   </si>
   <si>
     <t>URL:</t>
   </si>
   <si>
     <t>https://www.sunrom.com/c/hall-effect</t>
   </si>
   <si>
     <t>Date:</t>
   </si>
   <si>
-    <t>02-Nov-2025 20:21:30</t>
+    <t>31-Jan-2026 17:51:35</t>
   </si>
   <si>
     <t>OH137 TO-92UA Unipolar Hall Effect Switch</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/4981</t>
   </si>
   <si>
     <t>A3144 TO-92 - Hall Effect Switch</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/4554</t>
   </si>
   <si>
     <t>SS49E - Hall Sensor - Linear Analog</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/4076</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">