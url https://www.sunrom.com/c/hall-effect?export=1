--- v1 (2026-01-31)
+++ v2 (2026-03-17)
@@ -37,51 +37,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="14">
   <si>
     <t>Product Code</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Unit Price</t>
   </si>
   <si>
     <t>Product Page</t>
   </si>
   <si>
     <t>URL:</t>
   </si>
   <si>
     <t>https://www.sunrom.com/c/hall-effect</t>
   </si>
   <si>
     <t>Date:</t>
   </si>
   <si>
-    <t>31-Jan-2026 17:51:35</t>
+    <t>17-Mar-2026 21:45:52</t>
   </si>
   <si>
     <t>OH137 TO-92UA Unipolar Hall Effect Switch</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/4981</t>
   </si>
   <si>
     <t>A3144 TO-92 - Hall Effect Switch</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/4554</t>
   </si>
   <si>
     <t>SS49E - Hall Sensor - Linear Analog</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/4076</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">