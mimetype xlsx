--- v0 (2025-12-07)
+++ v1 (2026-03-03)
@@ -37,51 +37,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="92">
   <si>
     <t>Product Code</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Unit Price</t>
   </si>
   <si>
     <t>Product Page</t>
   </si>
   <si>
     <t>URL:</t>
   </si>
   <si>
     <t>https://www.sunrom.com/c/frc-idc-flat-cable-box-header?page=2&amp;per-page=24</t>
   </si>
   <si>
     <t>Date:</t>
   </si>
   <si>
-    <t>07-Dec-2025 10:26:01</t>
+    <t>03-Mar-2026 18:36:03</t>
   </si>
   <si>
     <t>10 pin Box Header, Straight with Lock</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7133</t>
   </si>
   <si>
     <t>14 pin Box Header, Straight with Lock</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7134</t>
   </si>
   <si>
     <t>16 pin Box Header, Straight with Lock</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7135</t>
   </si>
   <si>
     <t>20 pin Box Header, Straight with Lock</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7136</t>
   </si>