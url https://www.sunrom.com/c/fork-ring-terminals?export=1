--- v0 (2026-01-27)
+++ v1 (2026-03-17)
@@ -37,123 +37,123 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="32">
   <si>
     <t>Product Code</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Unit Price</t>
   </si>
   <si>
     <t>Product Page</t>
   </si>
   <si>
     <t>URL:</t>
   </si>
   <si>
     <t>https://www.sunrom.com/c/fork-ring-terminals</t>
   </si>
   <si>
     <t>Date:</t>
   </si>
   <si>
-    <t>28-Jan-2026 03:27:00</t>
+    <t>17-Mar-2026 18:42:42</t>
   </si>
   <si>
     <t>Ring Insulated Terminal - Wire 1.5-2.5 sq.mm - Bolt M4 - Width 6.5mm – 20A</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/6939</t>
   </si>
   <si>
     <t>Ring Insulated Terminal - Wire 4-6 sq.mm - Bolt M4 - Width 7.1mm – 30A</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/6538</t>
   </si>
   <si>
+    <t>Fork Insulated Terminal - Wire 1.5-2.5 sq.mm - Bolt M5 - Width 7.8mm - 20A</t>
+  </si>
+  <si>
+    <t>https://www.sunrom.com/m/6030</t>
+  </si>
+  <si>
+    <t>Fork Insulated Terminal - Wire 0.5-1.5 sq.mm - Bolt M3 - Width 5mm - 10A</t>
+  </si>
+  <si>
+    <t>https://www.sunrom.com/m/8099</t>
+  </si>
+  <si>
+    <t>Fork Insulated Terminal - Wire 1.5-2.5 sq.mm - Bolt M4 - Width 6.2mm - 20A</t>
+  </si>
+  <si>
+    <t>https://www.sunrom.com/m/8100</t>
+  </si>
+  <si>
+    <t>Fork Insulated Terminal - Wire 4-6 sq.mm - Bolt M4 - Width 6.8mm - 30A</t>
+  </si>
+  <si>
+    <t>https://www.sunrom.com/m/8101</t>
+  </si>
+  <si>
+    <t>Fork Insulated Terminal - Wire 4-6 sq.mm - Bolt M5 - Width 8mm - 30A</t>
+  </si>
+  <si>
+    <t>https://www.sunrom.com/m/8102</t>
+  </si>
+  <si>
+    <t>Fork Insulated Terminal - Wire 4-6 sq.mm - Bolt M6 - Width 8.7mm - 30A</t>
+  </si>
+  <si>
+    <t>https://www.sunrom.com/m/8103</t>
+  </si>
+  <si>
+    <t>Fork Insulated Terminal - Wire 0.5-1.5 sq.mm - Bolt M5 - Width 7.8mm - 10A</t>
+  </si>
+  <si>
+    <t>https://www.sunrom.com/m/6029</t>
+  </si>
+  <si>
+    <t>Fork Insulated Terminal - Wire 1.5-2.5 sq.mm - Bolt M3 - Width 5.2mm - 20A</t>
+  </si>
+  <si>
+    <t>https://www.sunrom.com/m/6031</t>
+  </si>
+  <si>
+    <t>Fork Insulated Terminal - Wire 0.5-1.5 sq.mm - Bolt M4 - Width 6.2mm - 10A</t>
+  </si>
+  <si>
+    <t>https://www.sunrom.com/m/6032</t>
+  </si>
+  <si>
     <t>Ring Insulated Terminal - Wire 0.5-1.5 sq.mm - Bolt M4 - Width 6.5mm – 10A</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/6034</t>
-  </si>
-[...52 lines deleted...]
-    <t>https://www.sunrom.com/m/8103</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="##,##,##,##0.00"/>
   </numFmts>
   <fonts count="3">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="14"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="14"/>
@@ -479,51 +479,51 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/c/fork-ring-terminals" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6939" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6538" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6034" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6029" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6030" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6031" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6032" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/8099" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/8100" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/8101" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/8102" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/8103" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/c/fork-ring-terminals" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6939" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6538" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6030" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/8099" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/8100" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/8101" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/8102" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/8103" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6029" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6031" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6032" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6034" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:D15"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="D15" sqref="D15"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="13" customWidth="true" style="3"/>
     <col min="2" max="2" width="60" customWidth="true" style="0"/>
     <col min="3" max="3" width="12" customWidth="true" style="5"/>
     <col min="4" max="4" width="28" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="3" t="s">
         <v>4</v>
@@ -562,183 +562,183 @@
         <v>8</v>
       </c>
       <c r="C4" s="5">
         <v>5.65</v>
       </c>
       <c r="D4" s="6" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" s="3">
         <v>6538</v>
       </c>
       <c r="B5" t="s">
         <v>10</v>
       </c>
       <c r="C5" s="5">
         <v>5.95</v>
       </c>
       <c r="D5" s="6" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" s="3">
-        <v>6034</v>
+        <v>6030</v>
       </c>
       <c r="B6" t="s">
         <v>12</v>
       </c>
       <c r="C6" s="5">
-        <v>5.45</v>
+        <v>4.55</v>
       </c>
       <c r="D6" s="6" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" s="3">
-        <v>6029</v>
+        <v>8099</v>
       </c>
       <c r="B7" t="s">
         <v>14</v>
       </c>
       <c r="C7" s="5">
-        <v>3.95</v>
+        <v>3.75</v>
       </c>
       <c r="D7" s="6" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" s="3">
-        <v>6030</v>
+        <v>8100</v>
       </c>
       <c r="B8" t="s">
         <v>16</v>
       </c>
       <c r="C8" s="5">
-        <v>4.55</v>
+        <v>4.75</v>
       </c>
       <c r="D8" s="6" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" s="3">
-        <v>6031</v>
+        <v>8101</v>
       </c>
       <c r="B9" t="s">
         <v>18</v>
       </c>
       <c r="C9" s="5">
-        <v>4.25</v>
+        <v>5.75</v>
       </c>
       <c r="D9" s="6" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" s="3">
-        <v>6032</v>
+        <v>8102</v>
       </c>
       <c r="B10" t="s">
         <v>20</v>
       </c>
       <c r="C10" s="5">
-        <v>3.85</v>
+        <v>5.85</v>
       </c>
       <c r="D10" s="6" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" s="3">
-        <v>8099</v>
+        <v>8103</v>
       </c>
       <c r="B11" t="s">
         <v>22</v>
       </c>
       <c r="C11" s="5">
-        <v>3.75</v>
+        <v>5.95</v>
       </c>
       <c r="D11" s="6" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" s="3">
-        <v>8100</v>
+        <v>6029</v>
       </c>
       <c r="B12" t="s">
         <v>24</v>
       </c>
       <c r="C12" s="5">
-        <v>4.75</v>
+        <v>3.95</v>
       </c>
       <c r="D12" s="6" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" s="3">
-        <v>8101</v>
+        <v>6031</v>
       </c>
       <c r="B13" t="s">
         <v>26</v>
       </c>
       <c r="C13" s="5">
-        <v>5.75</v>
+        <v>4.25</v>
       </c>
       <c r="D13" s="6" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" s="3">
-        <v>8102</v>
+        <v>6032</v>
       </c>
       <c r="B14" t="s">
         <v>28</v>
       </c>
       <c r="C14" s="5">
-        <v>5.85</v>
+        <v>3.85</v>
       </c>
       <c r="D14" s="6" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" s="3">
-        <v>8103</v>
+        <v>6034</v>
       </c>
       <c r="B15" t="s">
         <v>30</v>
       </c>
       <c r="C15" s="5">
-        <v>5.95</v>
+        <v>5.45</v>
       </c>
       <c r="D15" s="6" t="s">
         <v>31</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="B1" r:id="rId_hyperlink_1"/>
     <hyperlink ref="D4" r:id="rId_hyperlink_2"/>
     <hyperlink ref="D5" r:id="rId_hyperlink_3"/>
     <hyperlink ref="D6" r:id="rId_hyperlink_4"/>
     <hyperlink ref="D7" r:id="rId_hyperlink_5"/>
     <hyperlink ref="D8" r:id="rId_hyperlink_6"/>
     <hyperlink ref="D9" r:id="rId_hyperlink_7"/>
     <hyperlink ref="D10" r:id="rId_hyperlink_8"/>
     <hyperlink ref="D11" r:id="rId_hyperlink_9"/>
     <hyperlink ref="D12" r:id="rId_hyperlink_10"/>
     <hyperlink ref="D13" r:id="rId_hyperlink_11"/>
     <hyperlink ref="D14" r:id="rId_hyperlink_12"/>
     <hyperlink ref="D15" r:id="rId_hyperlink_13"/>
   </hyperlinks>
   <printOptions gridLines="true" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="0" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">