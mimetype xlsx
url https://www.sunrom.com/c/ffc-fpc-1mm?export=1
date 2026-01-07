--- v0 (2025-10-04)
+++ v1 (2026-01-07)
@@ -37,51 +37,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="68">
   <si>
     <t>Product Code</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Unit Price</t>
   </si>
   <si>
     <t>Product Page</t>
   </si>
   <si>
     <t>URL:</t>
   </si>
   <si>
     <t>https://www.sunrom.com/c/ffc-fpc-1mm</t>
   </si>
   <si>
     <t>Date:</t>
   </si>
   <si>
-    <t>04-Oct-2025 14:15:14</t>
+    <t>08-Jan-2026 04:11:34</t>
   </si>
   <si>
     <t>24P 1mm Pitch - 150mm Length FFC Cable - Same Direction</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/6826</t>
   </si>
   <si>
     <t>26P 1mm Pitch - 150mm Length FFC Cable - Same Direction</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/6827</t>
   </si>
   <si>
     <t>28P 1mm Pitch - 150mm Length FFC Cable - Same Direction</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/6828</t>
   </si>
   <si>
     <t>30P 1mm Pitch - 150mm Length FFC Cable - Same Direction</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/6829</t>
   </si>