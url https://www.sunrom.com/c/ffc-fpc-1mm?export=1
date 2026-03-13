--- v1 (2026-01-07)
+++ v2 (2026-03-13)
@@ -37,51 +37,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="68">
   <si>
     <t>Product Code</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Unit Price</t>
   </si>
   <si>
     <t>Product Page</t>
   </si>
   <si>
     <t>URL:</t>
   </si>
   <si>
     <t>https://www.sunrom.com/c/ffc-fpc-1mm</t>
   </si>
   <si>
     <t>Date:</t>
   </si>
   <si>
-    <t>08-Jan-2026 04:11:34</t>
+    <t>13-Mar-2026 15:35:20</t>
   </si>
   <si>
     <t>24P 1mm Pitch - 150mm Length FFC Cable - Same Direction</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/6826</t>
   </si>
   <si>
     <t>26P 1mm Pitch - 150mm Length FFC Cable - Same Direction</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/6827</t>
   </si>
   <si>
     <t>28P 1mm Pitch - 150mm Length FFC Cable - Same Direction</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/6828</t>
   </si>
   <si>
     <t>30P 1mm Pitch - 150mm Length FFC Cable - Same Direction</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/6829</t>
   </si>