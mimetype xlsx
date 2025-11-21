--- v0 (2025-10-04)
+++ v1 (2025-11-21)
@@ -37,51 +37,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="502">
   <si>
     <t>Product Code</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Unit Price</t>
   </si>
   <si>
     <t>Product Page</t>
   </si>
   <si>
     <t>URL:</t>
   </si>
   <si>
     <t>https://www.sunrom.com/c/ffc-fpc-05mm?page=4&amp;per-page=48</t>
   </si>
   <si>
     <t>Date:</t>
   </si>
   <si>
-    <t>04-Oct-2025 15:42:53</t>
+    <t>22-Nov-2025 00:48:11</t>
   </si>
   <si>
     <t>20P 0.5mm Pitch FFC/FPC Extension Connector</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7631</t>
   </si>
   <si>
     <t>6P 0.5mm Pitch FFC/FPC Extension Connector</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7632</t>
   </si>
   <si>
     <t>36P 0.5mm Pitch FFC/FPC Top Entry Vertical Connector</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7386</t>
   </si>
   <si>
     <t>40P 0.5mm Pitch FFC/FPC Top Entry Vertical Connector</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7387</t>
   </si>