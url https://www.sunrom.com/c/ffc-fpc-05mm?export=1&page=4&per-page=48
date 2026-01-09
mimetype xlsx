--- v1 (2025-11-21)
+++ v2 (2026-01-09)
@@ -14,74 +14,74 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">'Worksheet'!$1:$1</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="502">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="504">
   <si>
     <t>Product Code</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Unit Price</t>
   </si>
   <si>
     <t>Product Page</t>
   </si>
   <si>
     <t>URL:</t>
   </si>
   <si>
     <t>https://www.sunrom.com/c/ffc-fpc-05mm?page=4&amp;per-page=48</t>
   </si>
   <si>
     <t>Date:</t>
   </si>
   <si>
-    <t>22-Nov-2025 00:48:11</t>
+    <t>09-Jan-2026 06:09:27</t>
   </si>
   <si>
     <t>20P 0.5mm Pitch FFC/FPC Extension Connector</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7631</t>
   </si>
   <si>
     <t>6P 0.5mm Pitch FFC/FPC Extension Connector</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7632</t>
   </si>
   <si>
     <t>36P 0.5mm Pitch FFC/FPC Top Entry Vertical Connector</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7386</t>
   </si>
   <si>
     <t>40P 0.5mm Pitch FFC/FPC Top Entry Vertical Connector</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7387</t>
   </si>
@@ -284,50 +284,56 @@
     <t>https://www.sunrom.com/m/7406</t>
   </si>
   <si>
     <t>34P PCB with 0.5mm FFC Connector Soldered</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7407</t>
   </si>
   <si>
     <t>40P PCB with 0.5mm FFC Connector Soldered</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7408</t>
   </si>
   <si>
     <t>50P PCB with 0.5mm FFC Connector Soldered</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7409</t>
   </si>
   <si>
     <t>60P PCB with 0.5mm FFC Connector Soldered</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7410</t>
+  </si>
+  <si>
+    <t>45P PCB with 0.5mm FFC Connector Soldered</t>
+  </si>
+  <si>
+    <t>https://www.sunrom.com/m/8104</t>
   </si>
   <si>
     <t>60 way 0.5mm Pitch 10cm Length FFC Cable - Reverse Direction</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7143</t>
   </si>
   <si>
     <t>60P 0.5mm Flip Lock FFC/FPC Connector</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/5691</t>
   </si>
   <si>
     <t>4P 0.5mm Flip Lock FFC/FPC Connector</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/5669</t>
   </si>
   <si>
     <t>5P 0.5mm Flip Lock FFC/FPC Connector</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/5670</t>
   </si>
@@ -1889,63 +1895,63 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/c/ffc-fpc-05mm?page=4&amp;per-page=48" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7631" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7632" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7386" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7387" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7388" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7389" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7390" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7391" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7392" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7393" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7394" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7395" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7396" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7397" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7398" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7399" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7400" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7401" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7402" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7403" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7404" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7371" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7372" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7373" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7374" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7375" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7376" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7377" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7378" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7379" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7380" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7381" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7382" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7383" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7384" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7405" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7406" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7407" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7408" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7409" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7410" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7143" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5691" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5669" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5670" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5671" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5672" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5673" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5674" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5675" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5676" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5677" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5679" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5680" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5681" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5682" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5683" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5684" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5685" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5686" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5687" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5688" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5689" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5690" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5678" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5188" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7276" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7277" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7278" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7279" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7280" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7281" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7282" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7283" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7284" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7285" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7286" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7287" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7288" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7289" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7290" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7291" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7292" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7293" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7294" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7295" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7296" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7297" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7298" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7299" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7300" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7301" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7302" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7303" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7304" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7305" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7306" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7307" TargetMode="External"/><Relationship Id="rId_hyperlink_100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7308" TargetMode="External"/><Relationship Id="rId_hyperlink_101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7309" TargetMode="External"/><Relationship Id="rId_hyperlink_102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7310" TargetMode="External"/><Relationship Id="rId_hyperlink_103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7311" TargetMode="External"/><Relationship Id="rId_hyperlink_104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7312" TargetMode="External"/><Relationship Id="rId_hyperlink_105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7313" TargetMode="External"/><Relationship Id="rId_hyperlink_106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7314" TargetMode="External"/><Relationship Id="rId_hyperlink_107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7315" TargetMode="External"/><Relationship Id="rId_hyperlink_108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7316" TargetMode="External"/><Relationship Id="rId_hyperlink_109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7317" TargetMode="External"/><Relationship Id="rId_hyperlink_110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7318" TargetMode="External"/><Relationship Id="rId_hyperlink_111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7319" TargetMode="External"/><Relationship Id="rId_hyperlink_112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7320" TargetMode="External"/><Relationship Id="rId_hyperlink_113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7321" TargetMode="External"/><Relationship Id="rId_hyperlink_114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7322" TargetMode="External"/><Relationship Id="rId_hyperlink_115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7323" TargetMode="External"/><Relationship Id="rId_hyperlink_116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7324" TargetMode="External"/><Relationship Id="rId_hyperlink_117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7325" TargetMode="External"/><Relationship Id="rId_hyperlink_118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7326" TargetMode="External"/><Relationship Id="rId_hyperlink_119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7327" TargetMode="External"/><Relationship Id="rId_hyperlink_120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7328" TargetMode="External"/><Relationship Id="rId_hyperlink_121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7329" TargetMode="External"/><Relationship Id="rId_hyperlink_122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7330" TargetMode="External"/><Relationship Id="rId_hyperlink_123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7331" TargetMode="External"/><Relationship Id="rId_hyperlink_124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7332" TargetMode="External"/><Relationship Id="rId_hyperlink_125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7333" TargetMode="External"/><Relationship Id="rId_hyperlink_126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7334" TargetMode="External"/><Relationship Id="rId_hyperlink_127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7335" TargetMode="External"/><Relationship Id="rId_hyperlink_128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7336" TargetMode="External"/><Relationship Id="rId_hyperlink_129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7337" TargetMode="External"/><Relationship Id="rId_hyperlink_130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7338" TargetMode="External"/><Relationship Id="rId_hyperlink_131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7339" TargetMode="External"/><Relationship Id="rId_hyperlink_132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7340" TargetMode="External"/><Relationship Id="rId_hyperlink_133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7341" TargetMode="External"/><Relationship Id="rId_hyperlink_134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7342" TargetMode="External"/><Relationship Id="rId_hyperlink_135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7343" TargetMode="External"/><Relationship Id="rId_hyperlink_136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7344" TargetMode="External"/><Relationship Id="rId_hyperlink_137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7345" TargetMode="External"/><Relationship Id="rId_hyperlink_138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7346" TargetMode="External"/><Relationship Id="rId_hyperlink_139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7347" TargetMode="External"/><Relationship Id="rId_hyperlink_140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7348" TargetMode="External"/><Relationship Id="rId_hyperlink_141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7349" TargetMode="External"/><Relationship Id="rId_hyperlink_142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7350" TargetMode="External"/><Relationship Id="rId_hyperlink_143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7351" TargetMode="External"/><Relationship Id="rId_hyperlink_144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7352" TargetMode="External"/><Relationship Id="rId_hyperlink_145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7353" TargetMode="External"/><Relationship Id="rId_hyperlink_146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7354" TargetMode="External"/><Relationship Id="rId_hyperlink_147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7355" TargetMode="External"/><Relationship Id="rId_hyperlink_148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7356" TargetMode="External"/><Relationship Id="rId_hyperlink_149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7357" TargetMode="External"/><Relationship Id="rId_hyperlink_150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7358" TargetMode="External"/><Relationship Id="rId_hyperlink_151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7359" TargetMode="External"/><Relationship Id="rId_hyperlink_152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7360" TargetMode="External"/><Relationship Id="rId_hyperlink_153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7361" TargetMode="External"/><Relationship Id="rId_hyperlink_154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7362" TargetMode="External"/><Relationship Id="rId_hyperlink_155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7363" TargetMode="External"/><Relationship Id="rId_hyperlink_156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7364" TargetMode="External"/><Relationship Id="rId_hyperlink_157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7365" TargetMode="External"/><Relationship Id="rId_hyperlink_158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7366" TargetMode="External"/><Relationship Id="rId_hyperlink_159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7367" TargetMode="External"/><Relationship Id="rId_hyperlink_160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7368" TargetMode="External"/><Relationship Id="rId_hyperlink_161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7369" TargetMode="External"/><Relationship Id="rId_hyperlink_162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7370" TargetMode="External"/><Relationship Id="rId_hyperlink_163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5732" TargetMode="External"/><Relationship Id="rId_hyperlink_164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5733" TargetMode="External"/><Relationship Id="rId_hyperlink_165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5734" TargetMode="External"/><Relationship Id="rId_hyperlink_166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5735" TargetMode="External"/><Relationship Id="rId_hyperlink_167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5736" TargetMode="External"/><Relationship Id="rId_hyperlink_168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5737" TargetMode="External"/><Relationship Id="rId_hyperlink_169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5738" TargetMode="External"/><Relationship Id="rId_hyperlink_170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5739" TargetMode="External"/><Relationship Id="rId_hyperlink_171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5740" TargetMode="External"/><Relationship Id="rId_hyperlink_172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5741" TargetMode="External"/><Relationship Id="rId_hyperlink_173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5742" TargetMode="External"/><Relationship Id="rId_hyperlink_174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5743" TargetMode="External"/><Relationship Id="rId_hyperlink_175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5744" TargetMode="External"/><Relationship Id="rId_hyperlink_176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5746" TargetMode="External"/><Relationship Id="rId_hyperlink_177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5747" TargetMode="External"/><Relationship Id="rId_hyperlink_178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5748" TargetMode="External"/><Relationship Id="rId_hyperlink_179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5749" TargetMode="External"/><Relationship Id="rId_hyperlink_180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5750" TargetMode="External"/><Relationship Id="rId_hyperlink_181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5751" TargetMode="External"/><Relationship Id="rId_hyperlink_182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5752" TargetMode="External"/><Relationship Id="rId_hyperlink_183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5753" TargetMode="External"/><Relationship Id="rId_hyperlink_184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5754" TargetMode="External"/><Relationship Id="rId_hyperlink_185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5755" TargetMode="External"/><Relationship Id="rId_hyperlink_186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5756" TargetMode="External"/><Relationship Id="rId_hyperlink_187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5757" TargetMode="External"/><Relationship Id="rId_hyperlink_188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5758" TargetMode="External"/><Relationship Id="rId_hyperlink_189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5759" TargetMode="External"/><Relationship Id="rId_hyperlink_190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5760" TargetMode="External"/><Relationship Id="rId_hyperlink_191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5761" TargetMode="External"/><Relationship Id="rId_hyperlink_192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5762" TargetMode="External"/><Relationship Id="rId_hyperlink_193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5763" TargetMode="External"/><Relationship Id="rId_hyperlink_194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5764" TargetMode="External"/><Relationship Id="rId_hyperlink_195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5765" TargetMode="External"/><Relationship Id="rId_hyperlink_196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5766" TargetMode="External"/><Relationship Id="rId_hyperlink_197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5767" TargetMode="External"/><Relationship Id="rId_hyperlink_198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5768" TargetMode="External"/><Relationship Id="rId_hyperlink_199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5769" TargetMode="External"/><Relationship Id="rId_hyperlink_200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5770" TargetMode="External"/><Relationship Id="rId_hyperlink_201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5771" TargetMode="External"/><Relationship Id="rId_hyperlink_202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5772" TargetMode="External"/><Relationship Id="rId_hyperlink_203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5773" TargetMode="External"/><Relationship Id="rId_hyperlink_204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5774" TargetMode="External"/><Relationship Id="rId_hyperlink_205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5775" TargetMode="External"/><Relationship Id="rId_hyperlink_206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5776" TargetMode="External"/><Relationship Id="rId_hyperlink_207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5777" TargetMode="External"/><Relationship Id="rId_hyperlink_208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5778" TargetMode="External"/><Relationship Id="rId_hyperlink_209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5779" TargetMode="External"/><Relationship Id="rId_hyperlink_210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5780" TargetMode="External"/><Relationship Id="rId_hyperlink_211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5781" TargetMode="External"/><Relationship Id="rId_hyperlink_212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5782" TargetMode="External"/><Relationship Id="rId_hyperlink_213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5783" TargetMode="External"/><Relationship Id="rId_hyperlink_214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5784" TargetMode="External"/><Relationship Id="rId_hyperlink_215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5785" TargetMode="External"/><Relationship Id="rId_hyperlink_216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5786" TargetMode="External"/><Relationship Id="rId_hyperlink_217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5787" TargetMode="External"/><Relationship Id="rId_hyperlink_218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5788" TargetMode="External"/><Relationship Id="rId_hyperlink_219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5789" TargetMode="External"/><Relationship Id="rId_hyperlink_220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5790" TargetMode="External"/><Relationship Id="rId_hyperlink_221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5791" TargetMode="External"/><Relationship Id="rId_hyperlink_222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5792" TargetMode="External"/><Relationship Id="rId_hyperlink_223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5793" TargetMode="External"/><Relationship Id="rId_hyperlink_224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6388" TargetMode="External"/><Relationship Id="rId_hyperlink_225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5745" TargetMode="External"/><Relationship Id="rId_hyperlink_226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5667" TargetMode="External"/><Relationship Id="rId_hyperlink_227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5699" TargetMode="External"/><Relationship Id="rId_hyperlink_228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5700" TargetMode="External"/><Relationship Id="rId_hyperlink_229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5701" TargetMode="External"/><Relationship Id="rId_hyperlink_230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5702" TargetMode="External"/><Relationship Id="rId_hyperlink_231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5703" TargetMode="External"/><Relationship Id="rId_hyperlink_232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5704" TargetMode="External"/><Relationship Id="rId_hyperlink_233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5705" TargetMode="External"/><Relationship Id="rId_hyperlink_234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5706" TargetMode="External"/><Relationship Id="rId_hyperlink_235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5707" TargetMode="External"/><Relationship Id="rId_hyperlink_236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5708" TargetMode="External"/><Relationship Id="rId_hyperlink_237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5709" TargetMode="External"/><Relationship Id="rId_hyperlink_238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5710" TargetMode="External"/><Relationship Id="rId_hyperlink_239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5711" TargetMode="External"/><Relationship Id="rId_hyperlink_240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5712" TargetMode="External"/><Relationship Id="rId_hyperlink_241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5713" TargetMode="External"/><Relationship Id="rId_hyperlink_242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5714" TargetMode="External"/><Relationship Id="rId_hyperlink_243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5715" TargetMode="External"/><Relationship Id="rId_hyperlink_244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5716" TargetMode="External"/><Relationship Id="rId_hyperlink_245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5717" TargetMode="External"/><Relationship Id="rId_hyperlink_246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5718" TargetMode="External"/><Relationship Id="rId_hyperlink_247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5719" TargetMode="External"/><Relationship Id="rId_hyperlink_248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5189" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/c/ffc-fpc-05mm?page=4&amp;per-page=48" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7631" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7632" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7386" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7387" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7388" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7389" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7390" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7391" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7392" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7393" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7394" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7395" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7396" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7397" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7398" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7399" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7400" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7401" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7402" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7403" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7404" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7371" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7372" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7373" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7374" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7375" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7376" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7377" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7378" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7379" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7380" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7381" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7382" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7383" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7384" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7405" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7406" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7407" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7408" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7409" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7410" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/8104" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7143" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5691" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5669" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5670" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5671" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5672" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5673" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5674" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5675" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5676" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5677" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5679" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5680" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5681" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5682" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5683" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5684" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5685" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5686" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5687" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5688" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5689" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5690" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5678" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5188" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7276" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7277" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7278" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7279" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7280" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7281" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7282" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7283" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7284" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7285" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7286" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7287" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7288" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7289" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7290" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7291" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7292" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7293" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7294" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7295" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7296" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7297" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7298" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7299" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7300" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7301" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7302" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7303" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7304" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7305" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7306" TargetMode="External"/><Relationship Id="rId_hyperlink_100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7307" TargetMode="External"/><Relationship Id="rId_hyperlink_101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7308" TargetMode="External"/><Relationship Id="rId_hyperlink_102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7309" TargetMode="External"/><Relationship Id="rId_hyperlink_103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7310" TargetMode="External"/><Relationship Id="rId_hyperlink_104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7311" TargetMode="External"/><Relationship Id="rId_hyperlink_105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7312" TargetMode="External"/><Relationship Id="rId_hyperlink_106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7313" TargetMode="External"/><Relationship Id="rId_hyperlink_107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7314" TargetMode="External"/><Relationship Id="rId_hyperlink_108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7315" TargetMode="External"/><Relationship Id="rId_hyperlink_109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7316" TargetMode="External"/><Relationship Id="rId_hyperlink_110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7317" TargetMode="External"/><Relationship Id="rId_hyperlink_111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7318" TargetMode="External"/><Relationship Id="rId_hyperlink_112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7319" TargetMode="External"/><Relationship Id="rId_hyperlink_113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7320" TargetMode="External"/><Relationship Id="rId_hyperlink_114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7321" TargetMode="External"/><Relationship Id="rId_hyperlink_115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7322" TargetMode="External"/><Relationship Id="rId_hyperlink_116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7323" TargetMode="External"/><Relationship Id="rId_hyperlink_117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7324" TargetMode="External"/><Relationship Id="rId_hyperlink_118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7325" TargetMode="External"/><Relationship Id="rId_hyperlink_119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7326" TargetMode="External"/><Relationship Id="rId_hyperlink_120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7327" TargetMode="External"/><Relationship Id="rId_hyperlink_121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7328" TargetMode="External"/><Relationship Id="rId_hyperlink_122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7329" TargetMode="External"/><Relationship Id="rId_hyperlink_123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7330" TargetMode="External"/><Relationship Id="rId_hyperlink_124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7331" TargetMode="External"/><Relationship Id="rId_hyperlink_125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7332" TargetMode="External"/><Relationship Id="rId_hyperlink_126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7333" TargetMode="External"/><Relationship Id="rId_hyperlink_127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7334" TargetMode="External"/><Relationship Id="rId_hyperlink_128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7335" TargetMode="External"/><Relationship Id="rId_hyperlink_129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7336" TargetMode="External"/><Relationship Id="rId_hyperlink_130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7337" TargetMode="External"/><Relationship Id="rId_hyperlink_131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7338" TargetMode="External"/><Relationship Id="rId_hyperlink_132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7339" TargetMode="External"/><Relationship Id="rId_hyperlink_133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7340" TargetMode="External"/><Relationship Id="rId_hyperlink_134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7341" TargetMode="External"/><Relationship Id="rId_hyperlink_135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7342" TargetMode="External"/><Relationship Id="rId_hyperlink_136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7343" TargetMode="External"/><Relationship Id="rId_hyperlink_137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7344" TargetMode="External"/><Relationship Id="rId_hyperlink_138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7345" TargetMode="External"/><Relationship Id="rId_hyperlink_139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7346" TargetMode="External"/><Relationship Id="rId_hyperlink_140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7347" TargetMode="External"/><Relationship Id="rId_hyperlink_141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7348" TargetMode="External"/><Relationship Id="rId_hyperlink_142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7349" TargetMode="External"/><Relationship Id="rId_hyperlink_143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7350" TargetMode="External"/><Relationship Id="rId_hyperlink_144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7351" TargetMode="External"/><Relationship Id="rId_hyperlink_145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7352" TargetMode="External"/><Relationship Id="rId_hyperlink_146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7353" TargetMode="External"/><Relationship Id="rId_hyperlink_147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7354" TargetMode="External"/><Relationship Id="rId_hyperlink_148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7355" TargetMode="External"/><Relationship Id="rId_hyperlink_149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7356" TargetMode="External"/><Relationship Id="rId_hyperlink_150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7357" TargetMode="External"/><Relationship Id="rId_hyperlink_151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7358" TargetMode="External"/><Relationship Id="rId_hyperlink_152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7359" TargetMode="External"/><Relationship Id="rId_hyperlink_153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7360" TargetMode="External"/><Relationship Id="rId_hyperlink_154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7361" TargetMode="External"/><Relationship Id="rId_hyperlink_155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7362" TargetMode="External"/><Relationship Id="rId_hyperlink_156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7363" TargetMode="External"/><Relationship Id="rId_hyperlink_157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7364" TargetMode="External"/><Relationship Id="rId_hyperlink_158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7365" TargetMode="External"/><Relationship Id="rId_hyperlink_159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7366" TargetMode="External"/><Relationship Id="rId_hyperlink_160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7367" TargetMode="External"/><Relationship Id="rId_hyperlink_161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7368" TargetMode="External"/><Relationship Id="rId_hyperlink_162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7369" TargetMode="External"/><Relationship Id="rId_hyperlink_163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7370" TargetMode="External"/><Relationship Id="rId_hyperlink_164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5732" TargetMode="External"/><Relationship Id="rId_hyperlink_165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5733" TargetMode="External"/><Relationship Id="rId_hyperlink_166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5734" TargetMode="External"/><Relationship Id="rId_hyperlink_167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5735" TargetMode="External"/><Relationship Id="rId_hyperlink_168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5736" TargetMode="External"/><Relationship Id="rId_hyperlink_169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5737" TargetMode="External"/><Relationship Id="rId_hyperlink_170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5738" TargetMode="External"/><Relationship Id="rId_hyperlink_171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5739" TargetMode="External"/><Relationship Id="rId_hyperlink_172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5740" TargetMode="External"/><Relationship Id="rId_hyperlink_173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5741" TargetMode="External"/><Relationship Id="rId_hyperlink_174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5742" TargetMode="External"/><Relationship Id="rId_hyperlink_175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5743" TargetMode="External"/><Relationship Id="rId_hyperlink_176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5744" TargetMode="External"/><Relationship Id="rId_hyperlink_177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5746" TargetMode="External"/><Relationship Id="rId_hyperlink_178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5747" TargetMode="External"/><Relationship Id="rId_hyperlink_179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5748" TargetMode="External"/><Relationship Id="rId_hyperlink_180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5749" TargetMode="External"/><Relationship Id="rId_hyperlink_181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5750" TargetMode="External"/><Relationship Id="rId_hyperlink_182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5751" TargetMode="External"/><Relationship Id="rId_hyperlink_183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5752" TargetMode="External"/><Relationship Id="rId_hyperlink_184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5753" TargetMode="External"/><Relationship Id="rId_hyperlink_185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5754" TargetMode="External"/><Relationship Id="rId_hyperlink_186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5755" TargetMode="External"/><Relationship Id="rId_hyperlink_187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5756" TargetMode="External"/><Relationship Id="rId_hyperlink_188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5757" TargetMode="External"/><Relationship Id="rId_hyperlink_189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5758" TargetMode="External"/><Relationship Id="rId_hyperlink_190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5759" TargetMode="External"/><Relationship Id="rId_hyperlink_191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5760" TargetMode="External"/><Relationship Id="rId_hyperlink_192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5761" TargetMode="External"/><Relationship Id="rId_hyperlink_193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5762" TargetMode="External"/><Relationship Id="rId_hyperlink_194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5763" TargetMode="External"/><Relationship Id="rId_hyperlink_195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5764" TargetMode="External"/><Relationship Id="rId_hyperlink_196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5765" TargetMode="External"/><Relationship Id="rId_hyperlink_197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5766" TargetMode="External"/><Relationship Id="rId_hyperlink_198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5767" TargetMode="External"/><Relationship Id="rId_hyperlink_199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5768" TargetMode="External"/><Relationship Id="rId_hyperlink_200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5769" TargetMode="External"/><Relationship Id="rId_hyperlink_201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5770" TargetMode="External"/><Relationship Id="rId_hyperlink_202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5771" TargetMode="External"/><Relationship Id="rId_hyperlink_203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5772" TargetMode="External"/><Relationship Id="rId_hyperlink_204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5773" TargetMode="External"/><Relationship Id="rId_hyperlink_205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5774" TargetMode="External"/><Relationship Id="rId_hyperlink_206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5775" TargetMode="External"/><Relationship Id="rId_hyperlink_207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5776" TargetMode="External"/><Relationship Id="rId_hyperlink_208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5777" TargetMode="External"/><Relationship Id="rId_hyperlink_209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5778" TargetMode="External"/><Relationship Id="rId_hyperlink_210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5779" TargetMode="External"/><Relationship Id="rId_hyperlink_211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5780" TargetMode="External"/><Relationship Id="rId_hyperlink_212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5781" TargetMode="External"/><Relationship Id="rId_hyperlink_213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5782" TargetMode="External"/><Relationship Id="rId_hyperlink_214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5783" TargetMode="External"/><Relationship Id="rId_hyperlink_215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5784" TargetMode="External"/><Relationship Id="rId_hyperlink_216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5785" TargetMode="External"/><Relationship Id="rId_hyperlink_217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5786" TargetMode="External"/><Relationship Id="rId_hyperlink_218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5787" TargetMode="External"/><Relationship Id="rId_hyperlink_219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5788" TargetMode="External"/><Relationship Id="rId_hyperlink_220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5789" TargetMode="External"/><Relationship Id="rId_hyperlink_221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5790" TargetMode="External"/><Relationship Id="rId_hyperlink_222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5791" TargetMode="External"/><Relationship Id="rId_hyperlink_223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5792" TargetMode="External"/><Relationship Id="rId_hyperlink_224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5793" TargetMode="External"/><Relationship Id="rId_hyperlink_225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6388" TargetMode="External"/><Relationship Id="rId_hyperlink_226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5745" TargetMode="External"/><Relationship Id="rId_hyperlink_227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5667" TargetMode="External"/><Relationship Id="rId_hyperlink_228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5699" TargetMode="External"/><Relationship Id="rId_hyperlink_229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5700" TargetMode="External"/><Relationship Id="rId_hyperlink_230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5701" TargetMode="External"/><Relationship Id="rId_hyperlink_231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5702" TargetMode="External"/><Relationship Id="rId_hyperlink_232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5703" TargetMode="External"/><Relationship Id="rId_hyperlink_233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5704" TargetMode="External"/><Relationship Id="rId_hyperlink_234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5705" TargetMode="External"/><Relationship Id="rId_hyperlink_235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5706" TargetMode="External"/><Relationship Id="rId_hyperlink_236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5707" TargetMode="External"/><Relationship Id="rId_hyperlink_237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5708" TargetMode="External"/><Relationship Id="rId_hyperlink_238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5709" TargetMode="External"/><Relationship Id="rId_hyperlink_239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5710" TargetMode="External"/><Relationship Id="rId_hyperlink_240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5711" TargetMode="External"/><Relationship Id="rId_hyperlink_241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5712" TargetMode="External"/><Relationship Id="rId_hyperlink_242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5713" TargetMode="External"/><Relationship Id="rId_hyperlink_243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5714" TargetMode="External"/><Relationship Id="rId_hyperlink_244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5715" TargetMode="External"/><Relationship Id="rId_hyperlink_245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5716" TargetMode="External"/><Relationship Id="rId_hyperlink_246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5717" TargetMode="External"/><Relationship Id="rId_hyperlink_247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5718" TargetMode="External"/><Relationship Id="rId_hyperlink_248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5719" TargetMode="External"/><Relationship Id="rId_hyperlink_249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5189" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:D250"/>
+  <dimension ref="A1:D251"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="D250" sqref="D250"/>
+      <selection activeCell="D251" sqref="D251"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="13" customWidth="true" style="3"/>
     <col min="2" max="2" width="60" customWidth="true" style="0"/>
     <col min="3" max="3" width="12" customWidth="true" style="5"/>
     <col min="4" max="4" width="28" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="3" t="s">
         <v>4</v>
       </c>
       <c r="B1" s="6" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="3" t="s">
         <v>6</v>
       </c>
       <c r="B2" t="s">
         <v>7</v>
       </c>
@@ -2518,2930 +2524,2944 @@
         <v>86</v>
       </c>
       <c r="C43" s="5">
         <v>228.0</v>
       </c>
       <c r="D43" s="6" t="s">
         <v>87</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" s="3">
         <v>7410</v>
       </c>
       <c r="B44" t="s">
         <v>88</v>
       </c>
       <c r="C44" s="5">
         <v>240.0</v>
       </c>
       <c r="D44" s="6" t="s">
         <v>89</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" s="3">
-        <v>7143</v>
+        <v>8104</v>
       </c>
       <c r="B45" t="s">
         <v>90</v>
       </c>
       <c r="C45" s="5">
-        <v>42.0</v>
+        <v>180.0</v>
       </c>
       <c r="D45" s="6" t="s">
         <v>91</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" s="3">
-        <v>5691</v>
+        <v>7143</v>
       </c>
       <c r="B46" t="s">
         <v>92</v>
       </c>
       <c r="C46" s="5">
-        <v>53.0</v>
+        <v>42.0</v>
       </c>
       <c r="D46" s="6" t="s">
         <v>93</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" s="3">
-        <v>5669</v>
+        <v>5691</v>
       </c>
       <c r="B47" t="s">
         <v>94</v>
       </c>
       <c r="C47" s="5">
-        <v>17.7</v>
+        <v>53.0</v>
       </c>
       <c r="D47" s="6" t="s">
         <v>95</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" s="3">
-        <v>5670</v>
+        <v>5669</v>
       </c>
       <c r="B48" t="s">
         <v>96</v>
       </c>
       <c r="C48" s="5">
         <v>17.7</v>
       </c>
       <c r="D48" s="6" t="s">
         <v>97</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" s="3">
-        <v>5671</v>
+        <v>5670</v>
       </c>
       <c r="B49" t="s">
         <v>98</v>
       </c>
       <c r="C49" s="5">
-        <v>18.0</v>
+        <v>17.7</v>
       </c>
       <c r="D49" s="6" t="s">
         <v>99</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" s="3">
-        <v>5672</v>
+        <v>5671</v>
       </c>
       <c r="B50" t="s">
         <v>100</v>
       </c>
       <c r="C50" s="5">
-        <v>17.7</v>
+        <v>18.0</v>
       </c>
       <c r="D50" s="6" t="s">
         <v>101</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" s="3">
-        <v>5673</v>
+        <v>5672</v>
       </c>
       <c r="B51" t="s">
         <v>102</v>
       </c>
       <c r="C51" s="5">
         <v>17.7</v>
       </c>
       <c r="D51" s="6" t="s">
         <v>103</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" s="3">
-        <v>5674</v>
+        <v>5673</v>
       </c>
       <c r="B52" t="s">
         <v>104</v>
       </c>
       <c r="C52" s="5">
         <v>17.7</v>
       </c>
       <c r="D52" s="6" t="s">
         <v>105</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" s="3">
-        <v>5675</v>
+        <v>5674</v>
       </c>
       <c r="B53" t="s">
         <v>106</v>
       </c>
       <c r="C53" s="5">
-        <v>21.24</v>
+        <v>17.7</v>
       </c>
       <c r="D53" s="6" t="s">
         <v>107</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" s="3">
-        <v>5676</v>
+        <v>5675</v>
       </c>
       <c r="B54" t="s">
         <v>108</v>
       </c>
       <c r="C54" s="5">
-        <v>23.6</v>
+        <v>21.24</v>
       </c>
       <c r="D54" s="6" t="s">
         <v>109</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" s="3">
-        <v>5677</v>
+        <v>5676</v>
       </c>
       <c r="B55" t="s">
         <v>110</v>
       </c>
       <c r="C55" s="5">
         <v>23.6</v>
       </c>
       <c r="D55" s="6" t="s">
         <v>111</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" s="3">
-        <v>5679</v>
+        <v>5677</v>
       </c>
       <c r="B56" t="s">
         <v>112</v>
       </c>
       <c r="C56" s="5">
-        <v>29.5</v>
+        <v>23.6</v>
       </c>
       <c r="D56" s="6" t="s">
         <v>113</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" s="3">
-        <v>5680</v>
+        <v>5679</v>
       </c>
       <c r="B57" t="s">
         <v>114</v>
       </c>
       <c r="C57" s="5">
         <v>29.5</v>
       </c>
       <c r="D57" s="6" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" s="3">
-        <v>5681</v>
+        <v>5680</v>
       </c>
       <c r="B58" t="s">
         <v>116</v>
       </c>
       <c r="C58" s="5">
         <v>29.5</v>
       </c>
       <c r="D58" s="6" t="s">
         <v>117</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" s="3">
-        <v>5682</v>
+        <v>5681</v>
       </c>
       <c r="B59" t="s">
         <v>118</v>
       </c>
       <c r="C59" s="5">
         <v>29.5</v>
       </c>
       <c r="D59" s="6" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" s="3">
-        <v>5683</v>
+        <v>5682</v>
       </c>
       <c r="B60" t="s">
         <v>120</v>
       </c>
       <c r="C60" s="5">
         <v>29.5</v>
       </c>
       <c r="D60" s="6" t="s">
         <v>121</v>
       </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" s="3">
-        <v>5684</v>
+        <v>5683</v>
       </c>
       <c r="B61" t="s">
         <v>122</v>
       </c>
       <c r="C61" s="5">
-        <v>41.3</v>
+        <v>29.5</v>
       </c>
       <c r="D61" s="6" t="s">
         <v>123</v>
       </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" s="3">
-        <v>5685</v>
+        <v>5684</v>
       </c>
       <c r="B62" t="s">
         <v>124</v>
       </c>
       <c r="C62" s="5">
         <v>41.3</v>
       </c>
       <c r="D62" s="6" t="s">
         <v>125</v>
       </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63" s="3">
-        <v>5686</v>
+        <v>5685</v>
       </c>
       <c r="B63" t="s">
         <v>126</v>
       </c>
       <c r="C63" s="5">
         <v>41.3</v>
       </c>
       <c r="D63" s="6" t="s">
         <v>127</v>
       </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64" s="3">
-        <v>5687</v>
+        <v>5686</v>
       </c>
       <c r="B64" t="s">
         <v>128</v>
       </c>
       <c r="C64" s="5">
         <v>41.3</v>
       </c>
       <c r="D64" s="6" t="s">
         <v>129</v>
       </c>
     </row>
     <row r="65" spans="1:4">
       <c r="A65" s="3">
-        <v>5688</v>
+        <v>5687</v>
       </c>
       <c r="B65" t="s">
         <v>130</v>
       </c>
       <c r="C65" s="5">
-        <v>53.0</v>
+        <v>41.3</v>
       </c>
       <c r="D65" s="6" t="s">
         <v>131</v>
       </c>
     </row>
     <row r="66" spans="1:4">
       <c r="A66" s="3">
-        <v>5689</v>
+        <v>5688</v>
       </c>
       <c r="B66" t="s">
         <v>132</v>
       </c>
       <c r="C66" s="5">
         <v>53.0</v>
       </c>
       <c r="D66" s="6" t="s">
         <v>133</v>
       </c>
     </row>
     <row r="67" spans="1:4">
       <c r="A67" s="3">
-        <v>5690</v>
+        <v>5689</v>
       </c>
       <c r="B67" t="s">
         <v>134</v>
       </c>
       <c r="C67" s="5">
         <v>53.0</v>
       </c>
       <c r="D67" s="6" t="s">
         <v>135</v>
       </c>
     </row>
     <row r="68" spans="1:4">
       <c r="A68" s="3">
-        <v>5678</v>
+        <v>5690</v>
       </c>
       <c r="B68" t="s">
         <v>136</v>
       </c>
       <c r="C68" s="5">
-        <v>23.6</v>
+        <v>53.0</v>
       </c>
       <c r="D68" s="6" t="s">
         <v>137</v>
       </c>
     </row>
     <row r="69" spans="1:4">
       <c r="A69" s="3">
-        <v>5188</v>
+        <v>5678</v>
       </c>
       <c r="B69" t="s">
         <v>138</v>
       </c>
       <c r="C69" s="5">
-        <v>53.0</v>
+        <v>23.6</v>
       </c>
       <c r="D69" s="6" t="s">
         <v>139</v>
       </c>
     </row>
     <row r="70" spans="1:4">
       <c r="A70" s="3">
-        <v>7276</v>
+        <v>5188</v>
       </c>
       <c r="B70" t="s">
         <v>140</v>
       </c>
       <c r="C70" s="5">
-        <v>24.0</v>
+        <v>53.0</v>
       </c>
       <c r="D70" s="6" t="s">
         <v>141</v>
       </c>
     </row>
     <row r="71" spans="1:4">
       <c r="A71" s="3">
-        <v>7277</v>
+        <v>7276</v>
       </c>
       <c r="B71" t="s">
         <v>142</v>
       </c>
       <c r="C71" s="5">
         <v>24.0</v>
       </c>
       <c r="D71" s="6" t="s">
         <v>143</v>
       </c>
     </row>
     <row r="72" spans="1:4">
       <c r="A72" s="3">
-        <v>7278</v>
+        <v>7277</v>
       </c>
       <c r="B72" t="s">
         <v>144</v>
       </c>
       <c r="C72" s="5">
         <v>24.0</v>
       </c>
       <c r="D72" s="6" t="s">
         <v>145</v>
       </c>
     </row>
     <row r="73" spans="1:4">
       <c r="A73" s="3">
-        <v>7279</v>
+        <v>7278</v>
       </c>
       <c r="B73" t="s">
         <v>146</v>
       </c>
       <c r="C73" s="5">
         <v>24.0</v>
       </c>
       <c r="D73" s="6" t="s">
         <v>147</v>
       </c>
     </row>
     <row r="74" spans="1:4">
       <c r="A74" s="3">
-        <v>7280</v>
+        <v>7279</v>
       </c>
       <c r="B74" t="s">
         <v>148</v>
       </c>
       <c r="C74" s="5">
         <v>24.0</v>
       </c>
       <c r="D74" s="6" t="s">
         <v>149</v>
       </c>
     </row>
     <row r="75" spans="1:4">
       <c r="A75" s="3">
-        <v>7281</v>
+        <v>7280</v>
       </c>
       <c r="B75" t="s">
         <v>150</v>
       </c>
       <c r="C75" s="5">
-        <v>27.0</v>
+        <v>24.0</v>
       </c>
       <c r="D75" s="6" t="s">
         <v>151</v>
       </c>
     </row>
     <row r="76" spans="1:4">
       <c r="A76" s="3">
-        <v>7282</v>
+        <v>7281</v>
       </c>
       <c r="B76" t="s">
         <v>152</v>
       </c>
       <c r="C76" s="5">
         <v>27.0</v>
       </c>
       <c r="D76" s="6" t="s">
         <v>153</v>
       </c>
     </row>
     <row r="77" spans="1:4">
       <c r="A77" s="3">
-        <v>7283</v>
+        <v>7282</v>
       </c>
       <c r="B77" t="s">
         <v>154</v>
       </c>
       <c r="C77" s="5">
-        <v>30.0</v>
+        <v>27.0</v>
       </c>
       <c r="D77" s="6" t="s">
         <v>155</v>
       </c>
     </row>
     <row r="78" spans="1:4">
       <c r="A78" s="3">
-        <v>7284</v>
+        <v>7283</v>
       </c>
       <c r="B78" t="s">
         <v>156</v>
       </c>
       <c r="C78" s="5">
         <v>30.0</v>
       </c>
       <c r="D78" s="6" t="s">
         <v>157</v>
       </c>
     </row>
     <row r="79" spans="1:4">
       <c r="A79" s="3">
-        <v>7285</v>
+        <v>7284</v>
       </c>
       <c r="B79" t="s">
         <v>158</v>
       </c>
       <c r="C79" s="5">
         <v>30.0</v>
       </c>
       <c r="D79" s="6" t="s">
         <v>159</v>
       </c>
     </row>
     <row r="80" spans="1:4">
       <c r="A80" s="3">
-        <v>7286</v>
+        <v>7285</v>
       </c>
       <c r="B80" t="s">
         <v>160</v>
       </c>
       <c r="C80" s="5">
         <v>30.0</v>
       </c>
       <c r="D80" s="6" t="s">
         <v>161</v>
       </c>
     </row>
     <row r="81" spans="1:4">
       <c r="A81" s="3">
-        <v>7287</v>
+        <v>7286</v>
       </c>
       <c r="B81" t="s">
         <v>162</v>
       </c>
       <c r="C81" s="5">
-        <v>33.0</v>
+        <v>30.0</v>
       </c>
       <c r="D81" s="6" t="s">
         <v>163</v>
       </c>
     </row>
     <row r="82" spans="1:4">
       <c r="A82" s="3">
-        <v>7288</v>
+        <v>7287</v>
       </c>
       <c r="B82" t="s">
         <v>164</v>
       </c>
       <c r="C82" s="5">
         <v>33.0</v>
       </c>
       <c r="D82" s="6" t="s">
         <v>165</v>
       </c>
     </row>
     <row r="83" spans="1:4">
       <c r="A83" s="3">
-        <v>7289</v>
+        <v>7288</v>
       </c>
       <c r="B83" t="s">
         <v>166</v>
       </c>
       <c r="C83" s="5">
-        <v>36.0</v>
+        <v>33.0</v>
       </c>
       <c r="D83" s="6" t="s">
         <v>167</v>
       </c>
     </row>
     <row r="84" spans="1:4">
       <c r="A84" s="3">
-        <v>7290</v>
+        <v>7289</v>
       </c>
       <c r="B84" t="s">
         <v>168</v>
       </c>
       <c r="C84" s="5">
         <v>36.0</v>
       </c>
       <c r="D84" s="6" t="s">
         <v>169</v>
       </c>
     </row>
     <row r="85" spans="1:4">
       <c r="A85" s="3">
-        <v>7291</v>
+        <v>7290</v>
       </c>
       <c r="B85" t="s">
         <v>170</v>
       </c>
       <c r="C85" s="5">
         <v>36.0</v>
       </c>
       <c r="D85" s="6" t="s">
         <v>171</v>
       </c>
     </row>
     <row r="86" spans="1:4">
       <c r="A86" s="3">
-        <v>7292</v>
+        <v>7291</v>
       </c>
       <c r="B86" t="s">
         <v>172</v>
       </c>
       <c r="C86" s="5">
-        <v>39.0</v>
+        <v>36.0</v>
       </c>
       <c r="D86" s="6" t="s">
         <v>173</v>
       </c>
     </row>
     <row r="87" spans="1:4">
       <c r="A87" s="3">
-        <v>7293</v>
+        <v>7292</v>
       </c>
       <c r="B87" t="s">
         <v>174</v>
       </c>
       <c r="C87" s="5">
-        <v>45.0</v>
+        <v>39.0</v>
       </c>
       <c r="D87" s="6" t="s">
         <v>175</v>
       </c>
     </row>
     <row r="88" spans="1:4">
       <c r="A88" s="3">
-        <v>7294</v>
+        <v>7293</v>
       </c>
       <c r="B88" t="s">
         <v>176</v>
       </c>
       <c r="C88" s="5">
-        <v>48.0</v>
+        <v>45.0</v>
       </c>
       <c r="D88" s="6" t="s">
         <v>177</v>
       </c>
     </row>
     <row r="89" spans="1:4">
       <c r="A89" s="3">
-        <v>7295</v>
+        <v>7294</v>
       </c>
       <c r="B89" t="s">
         <v>178</v>
       </c>
       <c r="C89" s="5">
-        <v>51.0</v>
+        <v>48.0</v>
       </c>
       <c r="D89" s="6" t="s">
         <v>179</v>
       </c>
     </row>
     <row r="90" spans="1:4">
       <c r="A90" s="3">
-        <v>7296</v>
+        <v>7295</v>
       </c>
       <c r="B90" t="s">
         <v>180</v>
       </c>
       <c r="C90" s="5">
         <v>51.0</v>
       </c>
       <c r="D90" s="6" t="s">
         <v>181</v>
       </c>
     </row>
     <row r="91" spans="1:4">
       <c r="A91" s="3">
-        <v>7297</v>
+        <v>7296</v>
       </c>
       <c r="B91" t="s">
         <v>182</v>
       </c>
       <c r="C91" s="5">
-        <v>57.0</v>
+        <v>51.0</v>
       </c>
       <c r="D91" s="6" t="s">
         <v>183</v>
       </c>
     </row>
     <row r="92" spans="1:4">
       <c r="A92" s="3">
-        <v>7298</v>
+        <v>7297</v>
       </c>
       <c r="B92" t="s">
         <v>184</v>
       </c>
       <c r="C92" s="5">
-        <v>24.0</v>
+        <v>57.0</v>
       </c>
       <c r="D92" s="6" t="s">
         <v>185</v>
       </c>
     </row>
     <row r="93" spans="1:4">
       <c r="A93" s="3">
-        <v>7299</v>
+        <v>7298</v>
       </c>
       <c r="B93" t="s">
         <v>186</v>
       </c>
       <c r="C93" s="5">
         <v>24.0</v>
       </c>
       <c r="D93" s="6" t="s">
         <v>187</v>
       </c>
     </row>
     <row r="94" spans="1:4">
       <c r="A94" s="3">
-        <v>7300</v>
+        <v>7299</v>
       </c>
       <c r="B94" t="s">
         <v>188</v>
       </c>
       <c r="C94" s="5">
         <v>24.0</v>
       </c>
       <c r="D94" s="6" t="s">
         <v>189</v>
       </c>
     </row>
     <row r="95" spans="1:4">
       <c r="A95" s="3">
-        <v>7301</v>
+        <v>7300</v>
       </c>
       <c r="B95" t="s">
         <v>190</v>
       </c>
       <c r="C95" s="5">
         <v>24.0</v>
       </c>
       <c r="D95" s="6" t="s">
         <v>191</v>
       </c>
     </row>
     <row r="96" spans="1:4">
       <c r="A96" s="3">
-        <v>7302</v>
+        <v>7301</v>
       </c>
       <c r="B96" t="s">
         <v>192</v>
       </c>
       <c r="C96" s="5">
         <v>24.0</v>
       </c>
       <c r="D96" s="6" t="s">
         <v>193</v>
       </c>
     </row>
     <row r="97" spans="1:4">
       <c r="A97" s="3">
-        <v>7303</v>
+        <v>7302</v>
       </c>
       <c r="B97" t="s">
         <v>194</v>
       </c>
       <c r="C97" s="5">
-        <v>27.0</v>
+        <v>24.0</v>
       </c>
       <c r="D97" s="6" t="s">
         <v>195</v>
       </c>
     </row>
     <row r="98" spans="1:4">
       <c r="A98" s="3">
-        <v>7304</v>
+        <v>7303</v>
       </c>
       <c r="B98" t="s">
         <v>196</v>
       </c>
       <c r="C98" s="5">
         <v>27.0</v>
       </c>
       <c r="D98" s="6" t="s">
         <v>197</v>
       </c>
     </row>
     <row r="99" spans="1:4">
       <c r="A99" s="3">
-        <v>7305</v>
+        <v>7304</v>
       </c>
       <c r="B99" t="s">
         <v>198</v>
       </c>
       <c r="C99" s="5">
-        <v>30.0</v>
+        <v>27.0</v>
       </c>
       <c r="D99" s="6" t="s">
         <v>199</v>
       </c>
     </row>
     <row r="100" spans="1:4">
       <c r="A100" s="3">
-        <v>7306</v>
+        <v>7305</v>
       </c>
       <c r="B100" t="s">
         <v>200</v>
       </c>
       <c r="C100" s="5">
         <v>30.0</v>
       </c>
       <c r="D100" s="6" t="s">
         <v>201</v>
       </c>
     </row>
     <row r="101" spans="1:4">
       <c r="A101" s="3">
-        <v>7307</v>
+        <v>7306</v>
       </c>
       <c r="B101" t="s">
         <v>202</v>
       </c>
       <c r="C101" s="5">
         <v>30.0</v>
       </c>
       <c r="D101" s="6" t="s">
         <v>203</v>
       </c>
     </row>
     <row r="102" spans="1:4">
       <c r="A102" s="3">
-        <v>7308</v>
+        <v>7307</v>
       </c>
       <c r="B102" t="s">
         <v>204</v>
       </c>
       <c r="C102" s="5">
         <v>30.0</v>
       </c>
       <c r="D102" s="6" t="s">
         <v>205</v>
       </c>
     </row>
     <row r="103" spans="1:4">
       <c r="A103" s="3">
-        <v>7309</v>
+        <v>7308</v>
       </c>
       <c r="B103" t="s">
         <v>206</v>
       </c>
       <c r="C103" s="5">
-        <v>33.0</v>
+        <v>30.0</v>
       </c>
       <c r="D103" s="6" t="s">
         <v>207</v>
       </c>
     </row>
     <row r="104" spans="1:4">
       <c r="A104" s="3">
-        <v>7310</v>
+        <v>7309</v>
       </c>
       <c r="B104" t="s">
         <v>208</v>
       </c>
       <c r="C104" s="5">
         <v>33.0</v>
       </c>
       <c r="D104" s="6" t="s">
         <v>209</v>
       </c>
     </row>
     <row r="105" spans="1:4">
       <c r="A105" s="3">
-        <v>7311</v>
+        <v>7310</v>
       </c>
       <c r="B105" t="s">
         <v>210</v>
       </c>
       <c r="C105" s="5">
-        <v>36.0</v>
+        <v>33.0</v>
       </c>
       <c r="D105" s="6" t="s">
         <v>211</v>
       </c>
     </row>
     <row r="106" spans="1:4">
       <c r="A106" s="3">
-        <v>7312</v>
+        <v>7311</v>
       </c>
       <c r="B106" t="s">
         <v>212</v>
       </c>
       <c r="C106" s="5">
         <v>36.0</v>
       </c>
       <c r="D106" s="6" t="s">
         <v>213</v>
       </c>
     </row>
     <row r="107" spans="1:4">
       <c r="A107" s="3">
-        <v>7313</v>
+        <v>7312</v>
       </c>
       <c r="B107" t="s">
         <v>214</v>
       </c>
       <c r="C107" s="5">
         <v>36.0</v>
       </c>
       <c r="D107" s="6" t="s">
         <v>215</v>
       </c>
     </row>
     <row r="108" spans="1:4">
       <c r="A108" s="3">
-        <v>7314</v>
+        <v>7313</v>
       </c>
       <c r="B108" t="s">
         <v>216</v>
       </c>
       <c r="C108" s="5">
-        <v>39.0</v>
+        <v>36.0</v>
       </c>
       <c r="D108" s="6" t="s">
         <v>217</v>
       </c>
     </row>
     <row r="109" spans="1:4">
       <c r="A109" s="3">
-        <v>7315</v>
+        <v>7314</v>
       </c>
       <c r="B109" t="s">
         <v>218</v>
       </c>
       <c r="C109" s="5">
-        <v>45.0</v>
+        <v>39.0</v>
       </c>
       <c r="D109" s="6" t="s">
         <v>219</v>
       </c>
     </row>
     <row r="110" spans="1:4">
       <c r="A110" s="3">
-        <v>7316</v>
+        <v>7315</v>
       </c>
       <c r="B110" t="s">
         <v>220</v>
       </c>
       <c r="C110" s="5">
-        <v>48.0</v>
+        <v>45.0</v>
       </c>
       <c r="D110" s="6" t="s">
         <v>221</v>
       </c>
     </row>
     <row r="111" spans="1:4">
       <c r="A111" s="3">
-        <v>7317</v>
+        <v>7316</v>
       </c>
       <c r="B111" t="s">
         <v>222</v>
       </c>
       <c r="C111" s="5">
-        <v>51.0</v>
+        <v>48.0</v>
       </c>
       <c r="D111" s="6" t="s">
         <v>223</v>
       </c>
     </row>
     <row r="112" spans="1:4">
       <c r="A112" s="3">
-        <v>7318</v>
+        <v>7317</v>
       </c>
       <c r="B112" t="s">
         <v>224</v>
       </c>
       <c r="C112" s="5">
         <v>51.0</v>
       </c>
       <c r="D112" s="6" t="s">
         <v>225</v>
       </c>
     </row>
     <row r="113" spans="1:4">
       <c r="A113" s="3">
-        <v>7319</v>
+        <v>7318</v>
       </c>
       <c r="B113" t="s">
         <v>226</v>
       </c>
       <c r="C113" s="5">
-        <v>57.0</v>
+        <v>51.0</v>
       </c>
       <c r="D113" s="6" t="s">
         <v>227</v>
       </c>
     </row>
     <row r="114" spans="1:4">
       <c r="A114" s="3">
-        <v>7320</v>
+        <v>7319</v>
       </c>
       <c r="B114" t="s">
         <v>228</v>
       </c>
       <c r="C114" s="5">
-        <v>48.0</v>
+        <v>57.0</v>
       </c>
       <c r="D114" s="6" t="s">
         <v>229</v>
       </c>
     </row>
     <row r="115" spans="1:4">
       <c r="A115" s="3">
-        <v>7321</v>
+        <v>7320</v>
       </c>
       <c r="B115" t="s">
         <v>230</v>
       </c>
       <c r="C115" s="5">
-        <v>36.0</v>
+        <v>48.0</v>
       </c>
       <c r="D115" s="6" t="s">
         <v>231</v>
       </c>
     </row>
     <row r="116" spans="1:4">
       <c r="A116" s="3">
-        <v>7322</v>
+        <v>7321</v>
       </c>
       <c r="B116" t="s">
         <v>232</v>
       </c>
       <c r="C116" s="5">
-        <v>42.0</v>
+        <v>36.0</v>
       </c>
       <c r="D116" s="6" t="s">
         <v>233</v>
       </c>
     </row>
     <row r="117" spans="1:4">
       <c r="A117" s="3">
-        <v>7323</v>
+        <v>7322</v>
       </c>
       <c r="B117" t="s">
         <v>234</v>
       </c>
       <c r="C117" s="5">
-        <v>36.0</v>
+        <v>42.0</v>
       </c>
       <c r="D117" s="6" t="s">
         <v>235</v>
       </c>
     </row>
     <row r="118" spans="1:4">
       <c r="A118" s="3">
-        <v>7324</v>
+        <v>7323</v>
       </c>
       <c r="B118" t="s">
         <v>236</v>
       </c>
       <c r="C118" s="5">
-        <v>42.0</v>
+        <v>36.0</v>
       </c>
       <c r="D118" s="6" t="s">
         <v>237</v>
       </c>
     </row>
     <row r="119" spans="1:4">
       <c r="A119" s="3">
-        <v>7325</v>
+        <v>7324</v>
       </c>
       <c r="B119" t="s">
         <v>238</v>
       </c>
       <c r="C119" s="5">
-        <v>30.0</v>
+        <v>42.0</v>
       </c>
       <c r="D119" s="6" t="s">
         <v>239</v>
       </c>
     </row>
     <row r="120" spans="1:4">
       <c r="A120" s="3">
-        <v>7326</v>
+        <v>7325</v>
       </c>
       <c r="B120" t="s">
         <v>240</v>
       </c>
       <c r="C120" s="5">
-        <v>36.0</v>
+        <v>30.0</v>
       </c>
       <c r="D120" s="6" t="s">
         <v>241</v>
       </c>
     </row>
     <row r="121" spans="1:4">
       <c r="A121" s="3">
-        <v>7327</v>
+        <v>7326</v>
       </c>
       <c r="B121" t="s">
         <v>242</v>
       </c>
       <c r="C121" s="5">
-        <v>27.0</v>
+        <v>36.0</v>
       </c>
       <c r="D121" s="6" t="s">
         <v>243</v>
       </c>
     </row>
     <row r="122" spans="1:4">
       <c r="A122" s="3">
-        <v>7328</v>
+        <v>7327</v>
       </c>
       <c r="B122" t="s">
         <v>244</v>
       </c>
       <c r="C122" s="5">
-        <v>33.0</v>
+        <v>27.0</v>
       </c>
       <c r="D122" s="6" t="s">
         <v>245</v>
       </c>
     </row>
     <row r="123" spans="1:4">
       <c r="A123" s="3">
-        <v>7329</v>
+        <v>7328</v>
       </c>
       <c r="B123" t="s">
         <v>246</v>
       </c>
       <c r="C123" s="5">
-        <v>24.0</v>
+        <v>33.0</v>
       </c>
       <c r="D123" s="6" t="s">
         <v>247</v>
       </c>
     </row>
     <row r="124" spans="1:4">
       <c r="A124" s="3">
-        <v>7330</v>
+        <v>7329</v>
       </c>
       <c r="B124" t="s">
         <v>248</v>
       </c>
       <c r="C124" s="5">
-        <v>27.0</v>
+        <v>24.0</v>
       </c>
       <c r="D124" s="6" t="s">
         <v>249</v>
       </c>
     </row>
     <row r="125" spans="1:4">
       <c r="A125" s="3">
-        <v>7331</v>
+        <v>7330</v>
       </c>
       <c r="B125" t="s">
         <v>250</v>
       </c>
       <c r="C125" s="5">
-        <v>33.0</v>
+        <v>27.0</v>
       </c>
       <c r="D125" s="6" t="s">
         <v>251</v>
       </c>
     </row>
     <row r="126" spans="1:4">
       <c r="A126" s="3">
-        <v>7332</v>
+        <v>7331</v>
       </c>
       <c r="B126" t="s">
         <v>252</v>
       </c>
       <c r="C126" s="5">
-        <v>24.0</v>
+        <v>33.0</v>
       </c>
       <c r="D126" s="6" t="s">
         <v>253</v>
       </c>
     </row>
     <row r="127" spans="1:4">
       <c r="A127" s="3">
-        <v>7333</v>
+        <v>7332</v>
       </c>
       <c r="B127" t="s">
         <v>254</v>
       </c>
       <c r="C127" s="5">
-        <v>27.0</v>
+        <v>24.0</v>
       </c>
       <c r="D127" s="6" t="s">
         <v>255</v>
       </c>
     </row>
     <row r="128" spans="1:4">
       <c r="A128" s="3">
-        <v>7334</v>
+        <v>7333</v>
       </c>
       <c r="B128" t="s">
         <v>256</v>
       </c>
       <c r="C128" s="5">
-        <v>33.0</v>
+        <v>27.0</v>
       </c>
       <c r="D128" s="6" t="s">
         <v>257</v>
       </c>
     </row>
     <row r="129" spans="1:4">
       <c r="A129" s="3">
-        <v>7335</v>
+        <v>7334</v>
       </c>
       <c r="B129" t="s">
         <v>258</v>
       </c>
       <c r="C129" s="5">
-        <v>24.0</v>
+        <v>33.0</v>
       </c>
       <c r="D129" s="6" t="s">
         <v>259</v>
       </c>
     </row>
     <row r="130" spans="1:4">
       <c r="A130" s="3">
-        <v>7336</v>
+        <v>7335</v>
       </c>
       <c r="B130" t="s">
         <v>260</v>
       </c>
       <c r="C130" s="5">
-        <v>27.0</v>
+        <v>24.0</v>
       </c>
       <c r="D130" s="6" t="s">
         <v>261</v>
       </c>
     </row>
     <row r="131" spans="1:4">
       <c r="A131" s="3">
-        <v>7337</v>
+        <v>7336</v>
       </c>
       <c r="B131" t="s">
         <v>262</v>
       </c>
       <c r="C131" s="5">
-        <v>33.0</v>
+        <v>27.0</v>
       </c>
       <c r="D131" s="6" t="s">
         <v>263</v>
       </c>
     </row>
     <row r="132" spans="1:4">
       <c r="A132" s="3">
-        <v>7338</v>
+        <v>7337</v>
       </c>
       <c r="B132" t="s">
         <v>264</v>
       </c>
       <c r="C132" s="5">
-        <v>24.0</v>
+        <v>33.0</v>
       </c>
       <c r="D132" s="6" t="s">
         <v>265</v>
       </c>
     </row>
     <row r="133" spans="1:4">
       <c r="A133" s="3">
-        <v>7339</v>
+        <v>7338</v>
       </c>
       <c r="B133" t="s">
         <v>266</v>
       </c>
       <c r="C133" s="5">
-        <v>27.0</v>
+        <v>24.0</v>
       </c>
       <c r="D133" s="6" t="s">
         <v>267</v>
       </c>
     </row>
     <row r="134" spans="1:4">
       <c r="A134" s="3">
-        <v>7340</v>
+        <v>7339</v>
       </c>
       <c r="B134" t="s">
         <v>268</v>
       </c>
       <c r="C134" s="5">
-        <v>21.0</v>
+        <v>27.0</v>
       </c>
       <c r="D134" s="6" t="s">
         <v>269</v>
       </c>
     </row>
     <row r="135" spans="1:4">
       <c r="A135" s="3">
-        <v>7341</v>
+        <v>7340</v>
       </c>
       <c r="B135" t="s">
         <v>270</v>
       </c>
       <c r="C135" s="5">
-        <v>24.0</v>
+        <v>21.0</v>
       </c>
       <c r="D135" s="6" t="s">
         <v>271</v>
       </c>
     </row>
     <row r="136" spans="1:4">
       <c r="A136" s="3">
-        <v>7342</v>
+        <v>7341</v>
       </c>
       <c r="B136" t="s">
         <v>272</v>
       </c>
       <c r="C136" s="5">
-        <v>27.0</v>
+        <v>24.0</v>
       </c>
       <c r="D136" s="6" t="s">
         <v>273</v>
       </c>
     </row>
     <row r="137" spans="1:4">
       <c r="A137" s="3">
-        <v>7343</v>
+        <v>7342</v>
       </c>
       <c r="B137" t="s">
         <v>274</v>
       </c>
       <c r="C137" s="5">
-        <v>21.0</v>
+        <v>27.0</v>
       </c>
       <c r="D137" s="6" t="s">
         <v>275</v>
       </c>
     </row>
     <row r="138" spans="1:4">
       <c r="A138" s="3">
-        <v>7344</v>
+        <v>7343</v>
       </c>
       <c r="B138" t="s">
         <v>276</v>
       </c>
       <c r="C138" s="5">
-        <v>24.0</v>
+        <v>21.0</v>
       </c>
       <c r="D138" s="6" t="s">
         <v>277</v>
       </c>
     </row>
     <row r="139" spans="1:4">
       <c r="A139" s="3">
-        <v>7345</v>
+        <v>7344</v>
       </c>
       <c r="B139" t="s">
         <v>278</v>
       </c>
       <c r="C139" s="5">
-        <v>21.0</v>
+        <v>24.0</v>
       </c>
       <c r="D139" s="6" t="s">
         <v>279</v>
       </c>
     </row>
     <row r="140" spans="1:4">
       <c r="A140" s="3">
-        <v>7346</v>
+        <v>7345</v>
       </c>
       <c r="B140" t="s">
         <v>280</v>
       </c>
       <c r="C140" s="5">
-        <v>24.0</v>
+        <v>21.0</v>
       </c>
       <c r="D140" s="6" t="s">
         <v>281</v>
       </c>
     </row>
     <row r="141" spans="1:4">
       <c r="A141" s="3">
-        <v>7347</v>
+        <v>7346</v>
       </c>
       <c r="B141" t="s">
         <v>282</v>
       </c>
       <c r="C141" s="5">
-        <v>27.0</v>
+        <v>24.0</v>
       </c>
       <c r="D141" s="6" t="s">
         <v>283</v>
       </c>
     </row>
     <row r="142" spans="1:4">
       <c r="A142" s="3">
-        <v>7348</v>
+        <v>7347</v>
       </c>
       <c r="B142" t="s">
         <v>284</v>
       </c>
       <c r="C142" s="5">
-        <v>21.0</v>
+        <v>27.0</v>
       </c>
       <c r="D142" s="6" t="s">
         <v>285</v>
       </c>
     </row>
     <row r="143" spans="1:4">
       <c r="A143" s="3">
-        <v>7349</v>
+        <v>7348</v>
       </c>
       <c r="B143" t="s">
         <v>286</v>
       </c>
       <c r="C143" s="5">
-        <v>24.0</v>
+        <v>21.0</v>
       </c>
       <c r="D143" s="6" t="s">
         <v>287</v>
       </c>
     </row>
     <row r="144" spans="1:4">
       <c r="A144" s="3">
-        <v>7350</v>
+        <v>7349</v>
       </c>
       <c r="B144" t="s">
         <v>288</v>
       </c>
       <c r="C144" s="5">
-        <v>21.0</v>
+        <v>24.0</v>
       </c>
       <c r="D144" s="6" t="s">
         <v>289</v>
       </c>
     </row>
     <row r="145" spans="1:4">
       <c r="A145" s="3">
-        <v>7351</v>
+        <v>7350</v>
       </c>
       <c r="B145" t="s">
         <v>290</v>
       </c>
       <c r="C145" s="5">
-        <v>24.0</v>
+        <v>21.0</v>
       </c>
       <c r="D145" s="6" t="s">
         <v>291</v>
       </c>
     </row>
     <row r="146" spans="1:4">
       <c r="A146" s="3">
-        <v>7352</v>
+        <v>7351</v>
       </c>
       <c r="B146" t="s">
         <v>292</v>
       </c>
       <c r="C146" s="5">
-        <v>21.0</v>
+        <v>24.0</v>
       </c>
       <c r="D146" s="6" t="s">
         <v>293</v>
       </c>
     </row>
     <row r="147" spans="1:4">
       <c r="A147" s="3">
-        <v>7353</v>
+        <v>7352</v>
       </c>
       <c r="B147" t="s">
         <v>294</v>
       </c>
       <c r="C147" s="5">
-        <v>24.0</v>
+        <v>21.0</v>
       </c>
       <c r="D147" s="6" t="s">
         <v>295</v>
       </c>
     </row>
     <row r="148" spans="1:4">
       <c r="A148" s="3">
-        <v>7354</v>
+        <v>7353</v>
       </c>
       <c r="B148" t="s">
         <v>296</v>
       </c>
       <c r="C148" s="5">
-        <v>18.0</v>
+        <v>24.0</v>
       </c>
       <c r="D148" s="6" t="s">
         <v>297</v>
       </c>
     </row>
     <row r="149" spans="1:4">
       <c r="A149" s="3">
-        <v>7355</v>
+        <v>7354</v>
       </c>
       <c r="B149" t="s">
         <v>298</v>
       </c>
       <c r="C149" s="5">
-        <v>21.0</v>
+        <v>18.0</v>
       </c>
       <c r="D149" s="6" t="s">
         <v>299</v>
       </c>
     </row>
     <row r="150" spans="1:4">
       <c r="A150" s="3">
-        <v>7356</v>
+        <v>7355</v>
       </c>
       <c r="B150" t="s">
         <v>300</v>
       </c>
       <c r="C150" s="5">
-        <v>24.0</v>
+        <v>21.0</v>
       </c>
       <c r="D150" s="6" t="s">
         <v>301</v>
       </c>
     </row>
     <row r="151" spans="1:4">
       <c r="A151" s="3">
-        <v>7357</v>
+        <v>7356</v>
       </c>
       <c r="B151" t="s">
         <v>302</v>
       </c>
       <c r="C151" s="5">
-        <v>18.0</v>
+        <v>24.0</v>
       </c>
       <c r="D151" s="6" t="s">
         <v>303</v>
       </c>
     </row>
     <row r="152" spans="1:4">
       <c r="A152" s="3">
-        <v>7358</v>
+        <v>7357</v>
       </c>
       <c r="B152" t="s">
         <v>304</v>
       </c>
       <c r="C152" s="5">
-        <v>21.0</v>
+        <v>18.0</v>
       </c>
       <c r="D152" s="6" t="s">
         <v>305</v>
       </c>
     </row>
     <row r="153" spans="1:4">
       <c r="A153" s="3">
-        <v>7359</v>
+        <v>7358</v>
       </c>
       <c r="B153" t="s">
         <v>306</v>
       </c>
       <c r="C153" s="5">
-        <v>15.0</v>
+        <v>21.0</v>
       </c>
       <c r="D153" s="6" t="s">
         <v>307</v>
       </c>
     </row>
     <row r="154" spans="1:4">
       <c r="A154" s="3">
-        <v>7360</v>
+        <v>7359</v>
       </c>
       <c r="B154" t="s">
         <v>308</v>
       </c>
       <c r="C154" s="5">
-        <v>16.0</v>
+        <v>15.0</v>
       </c>
       <c r="D154" s="6" t="s">
         <v>309</v>
       </c>
     </row>
     <row r="155" spans="1:4">
       <c r="A155" s="3">
-        <v>7361</v>
+        <v>7360</v>
       </c>
       <c r="B155" t="s">
         <v>310</v>
       </c>
       <c r="C155" s="5">
-        <v>15.0</v>
+        <v>16.0</v>
       </c>
       <c r="D155" s="6" t="s">
         <v>311</v>
       </c>
     </row>
     <row r="156" spans="1:4">
       <c r="A156" s="3">
-        <v>7362</v>
+        <v>7361</v>
       </c>
       <c r="B156" t="s">
         <v>312</v>
       </c>
       <c r="C156" s="5">
-        <v>16.0</v>
+        <v>15.0</v>
       </c>
       <c r="D156" s="6" t="s">
         <v>313</v>
       </c>
     </row>
     <row r="157" spans="1:4">
       <c r="A157" s="3">
-        <v>7363</v>
+        <v>7362</v>
       </c>
       <c r="B157" t="s">
         <v>314</v>
       </c>
       <c r="C157" s="5">
         <v>16.0</v>
       </c>
       <c r="D157" s="6" t="s">
         <v>315</v>
       </c>
     </row>
     <row r="158" spans="1:4">
       <c r="A158" s="3">
-        <v>7364</v>
+        <v>7363</v>
       </c>
       <c r="B158" t="s">
         <v>316</v>
       </c>
       <c r="C158" s="5">
-        <v>15.0</v>
+        <v>16.0</v>
       </c>
       <c r="D158" s="6" t="s">
         <v>317</v>
       </c>
     </row>
     <row r="159" spans="1:4">
       <c r="A159" s="3">
-        <v>7365</v>
+        <v>7364</v>
       </c>
       <c r="B159" t="s">
         <v>318</v>
       </c>
       <c r="C159" s="5">
-        <v>16.0</v>
+        <v>15.0</v>
       </c>
       <c r="D159" s="6" t="s">
         <v>319</v>
       </c>
     </row>
     <row r="160" spans="1:4">
       <c r="A160" s="3">
-        <v>7366</v>
+        <v>7365</v>
       </c>
       <c r="B160" t="s">
         <v>320</v>
       </c>
       <c r="C160" s="5">
-        <v>18.0</v>
+        <v>16.0</v>
       </c>
       <c r="D160" s="6" t="s">
         <v>321</v>
       </c>
     </row>
     <row r="161" spans="1:4">
       <c r="A161" s="3">
-        <v>7367</v>
+        <v>7366</v>
       </c>
       <c r="B161" t="s">
         <v>322</v>
       </c>
       <c r="C161" s="5">
-        <v>11.0</v>
+        <v>18.0</v>
       </c>
       <c r="D161" s="6" t="s">
         <v>323</v>
       </c>
     </row>
     <row r="162" spans="1:4">
       <c r="A162" s="3">
-        <v>7368</v>
+        <v>7367</v>
       </c>
       <c r="B162" t="s">
         <v>324</v>
       </c>
       <c r="C162" s="5">
-        <v>13.0</v>
+        <v>11.0</v>
       </c>
       <c r="D162" s="6" t="s">
         <v>325</v>
       </c>
     </row>
     <row r="163" spans="1:4">
       <c r="A163" s="3">
-        <v>7369</v>
+        <v>7368</v>
       </c>
       <c r="B163" t="s">
         <v>326</v>
       </c>
       <c r="C163" s="5">
-        <v>15.0</v>
+        <v>13.0</v>
       </c>
       <c r="D163" s="6" t="s">
         <v>327</v>
       </c>
     </row>
     <row r="164" spans="1:4">
       <c r="A164" s="3">
-        <v>7370</v>
+        <v>7369</v>
       </c>
       <c r="B164" t="s">
         <v>328</v>
       </c>
       <c r="C164" s="5">
-        <v>16.0</v>
+        <v>15.0</v>
       </c>
       <c r="D164" s="6" t="s">
         <v>329</v>
       </c>
     </row>
     <row r="165" spans="1:4">
       <c r="A165" s="3">
-        <v>5732</v>
+        <v>7370</v>
       </c>
       <c r="B165" t="s">
         <v>330</v>
       </c>
       <c r="C165" s="5">
         <v>16.0</v>
       </c>
       <c r="D165" s="6" t="s">
         <v>331</v>
       </c>
     </row>
     <row r="166" spans="1:4">
       <c r="A166" s="3">
-        <v>5733</v>
+        <v>5732</v>
       </c>
       <c r="B166" t="s">
         <v>332</v>
       </c>
       <c r="C166" s="5">
         <v>16.0</v>
       </c>
       <c r="D166" s="6" t="s">
         <v>333</v>
       </c>
     </row>
     <row r="167" spans="1:4">
       <c r="A167" s="3">
-        <v>5734</v>
+        <v>5733</v>
       </c>
       <c r="B167" t="s">
         <v>334</v>
       </c>
       <c r="C167" s="5">
         <v>16.0</v>
       </c>
       <c r="D167" s="6" t="s">
         <v>335</v>
       </c>
     </row>
     <row r="168" spans="1:4">
       <c r="A168" s="3">
-        <v>5735</v>
+        <v>5734</v>
       </c>
       <c r="B168" t="s">
         <v>336</v>
       </c>
       <c r="C168" s="5">
         <v>16.0</v>
       </c>
       <c r="D168" s="6" t="s">
         <v>337</v>
       </c>
     </row>
     <row r="169" spans="1:4">
       <c r="A169" s="3">
-        <v>5736</v>
+        <v>5735</v>
       </c>
       <c r="B169" t="s">
         <v>338</v>
       </c>
       <c r="C169" s="5">
         <v>16.0</v>
       </c>
       <c r="D169" s="6" t="s">
         <v>339</v>
       </c>
     </row>
     <row r="170" spans="1:4">
       <c r="A170" s="3">
-        <v>5737</v>
+        <v>5736</v>
       </c>
       <c r="B170" t="s">
         <v>340</v>
       </c>
       <c r="C170" s="5">
         <v>16.0</v>
       </c>
       <c r="D170" s="6" t="s">
         <v>341</v>
       </c>
     </row>
     <row r="171" spans="1:4">
       <c r="A171" s="3">
-        <v>5738</v>
+        <v>5737</v>
       </c>
       <c r="B171" t="s">
         <v>342</v>
       </c>
       <c r="C171" s="5">
-        <v>21.0</v>
+        <v>16.0</v>
       </c>
       <c r="D171" s="6" t="s">
         <v>343</v>
       </c>
     </row>
     <row r="172" spans="1:4">
       <c r="A172" s="3">
-        <v>5739</v>
+        <v>5738</v>
       </c>
       <c r="B172" t="s">
         <v>344</v>
       </c>
       <c r="C172" s="5">
         <v>21.0</v>
       </c>
       <c r="D172" s="6" t="s">
         <v>345</v>
       </c>
     </row>
     <row r="173" spans="1:4">
       <c r="A173" s="3">
-        <v>5740</v>
+        <v>5739</v>
       </c>
       <c r="B173" t="s">
         <v>346</v>
       </c>
       <c r="C173" s="5">
-        <v>24.0</v>
+        <v>21.0</v>
       </c>
       <c r="D173" s="6" t="s">
         <v>347</v>
       </c>
     </row>
     <row r="174" spans="1:4">
       <c r="A174" s="3">
-        <v>5741</v>
+        <v>5740</v>
       </c>
       <c r="B174" t="s">
         <v>348</v>
       </c>
       <c r="C174" s="5">
         <v>24.0</v>
       </c>
       <c r="D174" s="6" t="s">
         <v>349</v>
       </c>
     </row>
     <row r="175" spans="1:4">
       <c r="A175" s="3">
-        <v>5742</v>
+        <v>5741</v>
       </c>
       <c r="B175" t="s">
         <v>350</v>
       </c>
       <c r="C175" s="5">
         <v>24.0</v>
       </c>
       <c r="D175" s="6" t="s">
         <v>351</v>
       </c>
     </row>
     <row r="176" spans="1:4">
       <c r="A176" s="3">
-        <v>5743</v>
+        <v>5742</v>
       </c>
       <c r="B176" t="s">
         <v>352</v>
       </c>
       <c r="C176" s="5">
         <v>24.0</v>
       </c>
       <c r="D176" s="6" t="s">
         <v>353</v>
       </c>
     </row>
     <row r="177" spans="1:4">
       <c r="A177" s="3">
-        <v>5744</v>
+        <v>5743</v>
       </c>
       <c r="B177" t="s">
         <v>354</v>
       </c>
       <c r="C177" s="5">
         <v>24.0</v>
       </c>
       <c r="D177" s="6" t="s">
         <v>355</v>
       </c>
     </row>
     <row r="178" spans="1:4">
       <c r="A178" s="3">
-        <v>5746</v>
+        <v>5744</v>
       </c>
       <c r="B178" t="s">
         <v>356</v>
       </c>
       <c r="C178" s="5">
-        <v>27.0</v>
+        <v>24.0</v>
       </c>
       <c r="D178" s="6" t="s">
         <v>357</v>
       </c>
     </row>
     <row r="179" spans="1:4">
       <c r="A179" s="3">
-        <v>5747</v>
+        <v>5746</v>
       </c>
       <c r="B179" t="s">
         <v>358</v>
       </c>
       <c r="C179" s="5">
         <v>27.0</v>
       </c>
       <c r="D179" s="6" t="s">
         <v>359</v>
       </c>
     </row>
     <row r="180" spans="1:4">
       <c r="A180" s="3">
-        <v>5748</v>
+        <v>5747</v>
       </c>
       <c r="B180" t="s">
         <v>360</v>
       </c>
       <c r="C180" s="5">
         <v>27.0</v>
       </c>
       <c r="D180" s="6" t="s">
         <v>361</v>
       </c>
     </row>
     <row r="181" spans="1:4">
       <c r="A181" s="3">
-        <v>5749</v>
+        <v>5748</v>
       </c>
       <c r="B181" t="s">
         <v>362</v>
       </c>
       <c r="C181" s="5">
         <v>27.0</v>
       </c>
       <c r="D181" s="6" t="s">
         <v>363</v>
       </c>
     </row>
     <row r="182" spans="1:4">
       <c r="A182" s="3">
-        <v>5750</v>
+        <v>5749</v>
       </c>
       <c r="B182" t="s">
         <v>364</v>
       </c>
       <c r="C182" s="5">
-        <v>33.0</v>
+        <v>27.0</v>
       </c>
       <c r="D182" s="6" t="s">
         <v>365</v>
       </c>
     </row>
     <row r="183" spans="1:4">
       <c r="A183" s="3">
-        <v>5751</v>
+        <v>5750</v>
       </c>
       <c r="B183" t="s">
         <v>366</v>
       </c>
       <c r="C183" s="5">
-        <v>48.0</v>
+        <v>33.0</v>
       </c>
       <c r="D183" s="6" t="s">
         <v>367</v>
       </c>
     </row>
     <row r="184" spans="1:4">
       <c r="A184" s="3">
-        <v>5752</v>
+        <v>5751</v>
       </c>
       <c r="B184" t="s">
         <v>368</v>
       </c>
       <c r="C184" s="5">
-        <v>42.0</v>
+        <v>48.0</v>
       </c>
       <c r="D184" s="6" t="s">
         <v>369</v>
       </c>
     </row>
     <row r="185" spans="1:4">
       <c r="A185" s="3">
-        <v>5753</v>
+        <v>5752</v>
       </c>
       <c r="B185" t="s">
         <v>370</v>
       </c>
       <c r="C185" s="5">
         <v>42.0</v>
       </c>
       <c r="D185" s="6" t="s">
         <v>371</v>
       </c>
     </row>
     <row r="186" spans="1:4">
       <c r="A186" s="3">
-        <v>5754</v>
+        <v>5753</v>
       </c>
       <c r="B186" t="s">
         <v>372</v>
       </c>
       <c r="C186" s="5">
-        <v>48.0</v>
+        <v>42.0</v>
       </c>
       <c r="D186" s="6" t="s">
         <v>373</v>
       </c>
     </row>
     <row r="187" spans="1:4">
       <c r="A187" s="3">
-        <v>5755</v>
+        <v>5754</v>
       </c>
       <c r="B187" t="s">
         <v>374</v>
       </c>
       <c r="C187" s="5">
-        <v>18.0</v>
+        <v>48.0</v>
       </c>
       <c r="D187" s="6" t="s">
         <v>375</v>
       </c>
     </row>
     <row r="188" spans="1:4">
       <c r="A188" s="3">
-        <v>5756</v>
+        <v>5755</v>
       </c>
       <c r="B188" t="s">
         <v>376</v>
       </c>
       <c r="C188" s="5">
-        <v>27.0</v>
+        <v>18.0</v>
       </c>
       <c r="D188" s="6" t="s">
         <v>377</v>
       </c>
     </row>
     <row r="189" spans="1:4">
       <c r="A189" s="3">
-        <v>5757</v>
+        <v>5756</v>
       </c>
       <c r="B189" t="s">
         <v>378</v>
       </c>
       <c r="C189" s="5">
-        <v>18.0</v>
+        <v>27.0</v>
       </c>
       <c r="D189" s="6" t="s">
         <v>379</v>
       </c>
     </row>
     <row r="190" spans="1:4">
       <c r="A190" s="3">
-        <v>5758</v>
+        <v>5757</v>
       </c>
       <c r="B190" t="s">
         <v>380</v>
       </c>
       <c r="C190" s="5">
         <v>18.0</v>
       </c>
       <c r="D190" s="6" t="s">
         <v>381</v>
       </c>
     </row>
     <row r="191" spans="1:4">
       <c r="A191" s="3">
-        <v>5759</v>
+        <v>5758</v>
       </c>
       <c r="B191" t="s">
         <v>382</v>
       </c>
       <c r="C191" s="5">
         <v>18.0</v>
       </c>
       <c r="D191" s="6" t="s">
         <v>383</v>
       </c>
     </row>
     <row r="192" spans="1:4">
       <c r="A192" s="3">
-        <v>5760</v>
+        <v>5759</v>
       </c>
       <c r="B192" t="s">
         <v>384</v>
       </c>
       <c r="C192" s="5">
-        <v>24.0</v>
+        <v>18.0</v>
       </c>
       <c r="D192" s="6" t="s">
         <v>385</v>
       </c>
     </row>
     <row r="193" spans="1:4">
       <c r="A193" s="3">
-        <v>5761</v>
+        <v>5760</v>
       </c>
       <c r="B193" t="s">
         <v>386</v>
       </c>
       <c r="C193" s="5">
-        <v>27.0</v>
+        <v>24.0</v>
       </c>
       <c r="D193" s="6" t="s">
         <v>387</v>
       </c>
     </row>
     <row r="194" spans="1:4">
       <c r="A194" s="3">
-        <v>5762</v>
+        <v>5761</v>
       </c>
       <c r="B194" t="s">
         <v>388</v>
       </c>
       <c r="C194" s="5">
         <v>27.0</v>
       </c>
       <c r="D194" s="6" t="s">
         <v>389</v>
       </c>
     </row>
     <row r="195" spans="1:4">
       <c r="A195" s="3">
-        <v>5763</v>
+        <v>5762</v>
       </c>
       <c r="B195" t="s">
         <v>390</v>
       </c>
       <c r="C195" s="5">
         <v>27.0</v>
       </c>
       <c r="D195" s="6" t="s">
         <v>391</v>
       </c>
     </row>
     <row r="196" spans="1:4">
       <c r="A196" s="3">
-        <v>5764</v>
+        <v>5763</v>
       </c>
       <c r="B196" t="s">
         <v>392</v>
       </c>
       <c r="C196" s="5">
-        <v>18.0</v>
+        <v>27.0</v>
       </c>
       <c r="D196" s="6" t="s">
         <v>393</v>
       </c>
     </row>
     <row r="197" spans="1:4">
       <c r="A197" s="3">
-        <v>5765</v>
+        <v>5764</v>
       </c>
       <c r="B197" t="s">
         <v>394</v>
       </c>
       <c r="C197" s="5">
-        <v>33.0</v>
+        <v>18.0</v>
       </c>
       <c r="D197" s="6" t="s">
         <v>395</v>
       </c>
     </row>
     <row r="198" spans="1:4">
       <c r="A198" s="3">
-        <v>5766</v>
+        <v>5765</v>
       </c>
       <c r="B198" t="s">
         <v>396</v>
       </c>
       <c r="C198" s="5">
-        <v>39.0</v>
+        <v>33.0</v>
       </c>
       <c r="D198" s="6" t="s">
         <v>397</v>
       </c>
     </row>
     <row r="199" spans="1:4">
       <c r="A199" s="3">
-        <v>5767</v>
+        <v>5766</v>
       </c>
       <c r="B199" t="s">
         <v>398</v>
       </c>
       <c r="C199" s="5">
-        <v>42.0</v>
+        <v>39.0</v>
       </c>
       <c r="D199" s="6" t="s">
         <v>399</v>
       </c>
     </row>
     <row r="200" spans="1:4">
       <c r="A200" s="3">
-        <v>5768</v>
+        <v>5767</v>
       </c>
       <c r="B200" t="s">
         <v>400</v>
       </c>
       <c r="C200" s="5">
-        <v>45.0</v>
+        <v>42.0</v>
       </c>
       <c r="D200" s="6" t="s">
         <v>401</v>
       </c>
     </row>
     <row r="201" spans="1:4">
       <c r="A201" s="3">
-        <v>5769</v>
+        <v>5768</v>
       </c>
       <c r="B201" t="s">
         <v>402</v>
       </c>
       <c r="C201" s="5">
-        <v>36.0</v>
+        <v>45.0</v>
       </c>
       <c r="D201" s="6" t="s">
         <v>403</v>
       </c>
     </row>
     <row r="202" spans="1:4">
       <c r="A202" s="3">
-        <v>5770</v>
+        <v>5769</v>
       </c>
       <c r="B202" t="s">
         <v>404</v>
       </c>
       <c r="C202" s="5">
-        <v>51.0</v>
+        <v>36.0</v>
       </c>
       <c r="D202" s="6" t="s">
         <v>405</v>
       </c>
     </row>
     <row r="203" spans="1:4">
       <c r="A203" s="3">
-        <v>5771</v>
+        <v>5770</v>
       </c>
       <c r="B203" t="s">
         <v>406</v>
       </c>
       <c r="C203" s="5">
-        <v>18.0</v>
+        <v>51.0</v>
       </c>
       <c r="D203" s="6" t="s">
         <v>407</v>
       </c>
     </row>
     <row r="204" spans="1:4">
       <c r="A204" s="3">
-        <v>5772</v>
+        <v>5771</v>
       </c>
       <c r="B204" t="s">
         <v>408</v>
       </c>
       <c r="C204" s="5">
-        <v>14.0</v>
+        <v>18.0</v>
       </c>
       <c r="D204" s="6" t="s">
         <v>409</v>
       </c>
     </row>
     <row r="205" spans="1:4">
       <c r="A205" s="3">
-        <v>5773</v>
+        <v>5772</v>
       </c>
       <c r="B205" t="s">
         <v>410</v>
       </c>
       <c r="C205" s="5">
-        <v>18.0</v>
+        <v>14.0</v>
       </c>
       <c r="D205" s="6" t="s">
         <v>411</v>
       </c>
     </row>
     <row r="206" spans="1:4">
       <c r="A206" s="3">
-        <v>5774</v>
+        <v>5773</v>
       </c>
       <c r="B206" t="s">
         <v>412</v>
       </c>
       <c r="C206" s="5">
         <v>18.0</v>
       </c>
       <c r="D206" s="6" t="s">
         <v>413</v>
       </c>
     </row>
     <row r="207" spans="1:4">
       <c r="A207" s="3">
-        <v>5775</v>
+        <v>5774</v>
       </c>
       <c r="B207" t="s">
         <v>414</v>
       </c>
       <c r="C207" s="5">
         <v>18.0</v>
       </c>
       <c r="D207" s="6" t="s">
         <v>415</v>
       </c>
     </row>
     <row r="208" spans="1:4">
       <c r="A208" s="3">
-        <v>5776</v>
+        <v>5775</v>
       </c>
       <c r="B208" t="s">
         <v>416</v>
       </c>
       <c r="C208" s="5">
         <v>18.0</v>
       </c>
       <c r="D208" s="6" t="s">
         <v>417</v>
       </c>
     </row>
     <row r="209" spans="1:4">
       <c r="A209" s="3">
-        <v>5777</v>
+        <v>5776</v>
       </c>
       <c r="B209" t="s">
         <v>418</v>
       </c>
       <c r="C209" s="5">
-        <v>24.0</v>
+        <v>18.0</v>
       </c>
       <c r="D209" s="6" t="s">
         <v>419</v>
       </c>
     </row>
     <row r="210" spans="1:4">
       <c r="A210" s="3">
-        <v>5778</v>
+        <v>5777</v>
       </c>
       <c r="B210" t="s">
         <v>420</v>
       </c>
       <c r="C210" s="5">
         <v>24.0</v>
       </c>
       <c r="D210" s="6" t="s">
         <v>421</v>
       </c>
     </row>
     <row r="211" spans="1:4">
       <c r="A211" s="3">
-        <v>5779</v>
+        <v>5778</v>
       </c>
       <c r="B211" t="s">
         <v>422</v>
       </c>
       <c r="C211" s="5">
-        <v>27.0</v>
+        <v>24.0</v>
       </c>
       <c r="D211" s="6" t="s">
         <v>423</v>
       </c>
     </row>
     <row r="212" spans="1:4">
       <c r="A212" s="3">
-        <v>5780</v>
+        <v>5779</v>
       </c>
       <c r="B212" t="s">
         <v>424</v>
       </c>
       <c r="C212" s="5">
         <v>27.0</v>
       </c>
       <c r="D212" s="6" t="s">
         <v>425</v>
       </c>
     </row>
     <row r="213" spans="1:4">
       <c r="A213" s="3">
-        <v>5781</v>
+        <v>5780</v>
       </c>
       <c r="B213" t="s">
         <v>426</v>
       </c>
       <c r="C213" s="5">
         <v>27.0</v>
       </c>
       <c r="D213" s="6" t="s">
         <v>427</v>
       </c>
     </row>
     <row r="214" spans="1:4">
       <c r="A214" s="3">
-        <v>5782</v>
+        <v>5781</v>
       </c>
       <c r="B214" t="s">
         <v>428</v>
       </c>
       <c r="C214" s="5">
         <v>27.0</v>
       </c>
       <c r="D214" s="6" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="215" spans="1:4">
       <c r="A215" s="3">
-        <v>5783</v>
+        <v>5782</v>
       </c>
       <c r="B215" t="s">
         <v>430</v>
       </c>
       <c r="C215" s="5">
         <v>27.0</v>
       </c>
       <c r="D215" s="6" t="s">
         <v>431</v>
       </c>
     </row>
     <row r="216" spans="1:4">
       <c r="A216" s="3">
-        <v>5784</v>
+        <v>5783</v>
       </c>
       <c r="B216" t="s">
         <v>432</v>
       </c>
       <c r="C216" s="5">
         <v>27.0</v>
       </c>
       <c r="D216" s="6" t="s">
         <v>433</v>
       </c>
     </row>
     <row r="217" spans="1:4">
       <c r="A217" s="3">
-        <v>5785</v>
+        <v>5784</v>
       </c>
       <c r="B217" t="s">
         <v>434</v>
       </c>
       <c r="C217" s="5">
-        <v>33.0</v>
+        <v>27.0</v>
       </c>
       <c r="D217" s="6" t="s">
         <v>435</v>
       </c>
     </row>
     <row r="218" spans="1:4">
       <c r="A218" s="3">
-        <v>5786</v>
+        <v>5785</v>
       </c>
       <c r="B218" t="s">
         <v>436</v>
       </c>
       <c r="C218" s="5">
         <v>33.0</v>
       </c>
       <c r="D218" s="6" t="s">
         <v>437</v>
       </c>
     </row>
     <row r="219" spans="1:4">
       <c r="A219" s="3">
-        <v>5787</v>
+        <v>5786</v>
       </c>
       <c r="B219" t="s">
         <v>438</v>
       </c>
       <c r="C219" s="5">
         <v>33.0</v>
       </c>
       <c r="D219" s="6" t="s">
         <v>439</v>
       </c>
     </row>
     <row r="220" spans="1:4">
       <c r="A220" s="3">
-        <v>5788</v>
+        <v>5787</v>
       </c>
       <c r="B220" t="s">
         <v>440</v>
       </c>
       <c r="C220" s="5">
         <v>33.0</v>
       </c>
       <c r="D220" s="6" t="s">
         <v>441</v>
       </c>
     </row>
     <row r="221" spans="1:4">
       <c r="A221" s="3">
-        <v>5789</v>
+        <v>5788</v>
       </c>
       <c r="B221" t="s">
         <v>442</v>
       </c>
       <c r="C221" s="5">
-        <v>39.0</v>
+        <v>33.0</v>
       </c>
       <c r="D221" s="6" t="s">
         <v>443</v>
       </c>
     </row>
     <row r="222" spans="1:4">
       <c r="A222" s="3">
-        <v>5790</v>
+        <v>5789</v>
       </c>
       <c r="B222" t="s">
         <v>444</v>
       </c>
       <c r="C222" s="5">
-        <v>42.0</v>
+        <v>39.0</v>
       </c>
       <c r="D222" s="6" t="s">
         <v>445</v>
       </c>
     </row>
     <row r="223" spans="1:4">
       <c r="A223" s="3">
-        <v>5791</v>
+        <v>5790</v>
       </c>
       <c r="B223" t="s">
         <v>446</v>
       </c>
       <c r="C223" s="5">
-        <v>45.0</v>
+        <v>42.0</v>
       </c>
       <c r="D223" s="6" t="s">
         <v>447</v>
       </c>
     </row>
     <row r="224" spans="1:4">
       <c r="A224" s="3">
-        <v>5792</v>
+        <v>5791</v>
       </c>
       <c r="B224" t="s">
         <v>448</v>
       </c>
       <c r="C224" s="5">
         <v>45.0</v>
       </c>
       <c r="D224" s="6" t="s">
         <v>449</v>
       </c>
     </row>
     <row r="225" spans="1:4">
       <c r="A225" s="3">
-        <v>5793</v>
+        <v>5792</v>
       </c>
       <c r="B225" t="s">
         <v>450</v>
       </c>
       <c r="C225" s="5">
-        <v>51.0</v>
+        <v>45.0</v>
       </c>
       <c r="D225" s="6" t="s">
         <v>451</v>
       </c>
     </row>
     <row r="226" spans="1:4">
       <c r="A226" s="3">
-        <v>6388</v>
+        <v>5793</v>
       </c>
       <c r="B226" t="s">
         <v>452</v>
       </c>
       <c r="C226" s="5">
-        <v>15.0</v>
+        <v>51.0</v>
       </c>
       <c r="D226" s="6" t="s">
         <v>453</v>
       </c>
     </row>
     <row r="227" spans="1:4">
       <c r="A227" s="3">
-        <v>5745</v>
+        <v>6388</v>
       </c>
       <c r="B227" t="s">
         <v>454</v>
       </c>
       <c r="C227" s="5">
-        <v>24.0</v>
+        <v>15.0</v>
       </c>
       <c r="D227" s="6" t="s">
         <v>455</v>
       </c>
     </row>
     <row r="228" spans="1:4">
       <c r="A228" s="3">
-        <v>5667</v>
+        <v>5745</v>
       </c>
       <c r="B228" t="s">
         <v>456</v>
       </c>
       <c r="C228" s="5">
-        <v>15.0</v>
+        <v>24.0</v>
       </c>
       <c r="D228" s="6" t="s">
         <v>457</v>
       </c>
     </row>
     <row r="229" spans="1:4">
       <c r="A229" s="3">
-        <v>5699</v>
+        <v>5667</v>
       </c>
       <c r="B229" t="s">
         <v>458</v>
       </c>
       <c r="C229" s="5">
         <v>15.0</v>
       </c>
       <c r="D229" s="6" t="s">
         <v>459</v>
       </c>
     </row>
     <row r="230" spans="1:4">
       <c r="A230" s="3">
-        <v>5700</v>
+        <v>5699</v>
       </c>
       <c r="B230" t="s">
         <v>460</v>
       </c>
       <c r="C230" s="5">
-        <v>10.0</v>
+        <v>15.0</v>
       </c>
       <c r="D230" s="6" t="s">
         <v>461</v>
       </c>
     </row>
     <row r="231" spans="1:4">
       <c r="A231" s="3">
-        <v>5701</v>
+        <v>5700</v>
       </c>
       <c r="B231" t="s">
         <v>462</v>
       </c>
       <c r="C231" s="5">
-        <v>15.0</v>
+        <v>10.0</v>
       </c>
       <c r="D231" s="6" t="s">
         <v>463</v>
       </c>
     </row>
     <row r="232" spans="1:4">
       <c r="A232" s="3">
-        <v>5702</v>
+        <v>5701</v>
       </c>
       <c r="B232" t="s">
         <v>464</v>
       </c>
       <c r="C232" s="5">
         <v>15.0</v>
       </c>
       <c r="D232" s="6" t="s">
         <v>465</v>
       </c>
     </row>
     <row r="233" spans="1:4">
       <c r="A233" s="3">
-        <v>5703</v>
+        <v>5702</v>
       </c>
       <c r="B233" t="s">
         <v>466</v>
       </c>
       <c r="C233" s="5">
         <v>15.0</v>
       </c>
       <c r="D233" s="6" t="s">
         <v>467</v>
       </c>
     </row>
     <row r="234" spans="1:4">
       <c r="A234" s="3">
-        <v>5704</v>
+        <v>5703</v>
       </c>
       <c r="B234" t="s">
         <v>468</v>
       </c>
       <c r="C234" s="5">
-        <v>18.0</v>
+        <v>15.0</v>
       </c>
       <c r="D234" s="6" t="s">
         <v>469</v>
       </c>
     </row>
     <row r="235" spans="1:4">
       <c r="A235" s="3">
-        <v>5705</v>
+        <v>5704</v>
       </c>
       <c r="B235" t="s">
         <v>470</v>
       </c>
       <c r="C235" s="5">
         <v>18.0</v>
       </c>
       <c r="D235" s="6" t="s">
         <v>471</v>
       </c>
     </row>
     <row r="236" spans="1:4">
       <c r="A236" s="3">
-        <v>5706</v>
+        <v>5705</v>
       </c>
       <c r="B236" t="s">
         <v>472</v>
       </c>
       <c r="C236" s="5">
-        <v>21.0</v>
+        <v>18.0</v>
       </c>
       <c r="D236" s="6" t="s">
         <v>473</v>
       </c>
     </row>
     <row r="237" spans="1:4">
       <c r="A237" s="3">
-        <v>5707</v>
+        <v>5706</v>
       </c>
       <c r="B237" t="s">
         <v>474</v>
       </c>
       <c r="C237" s="5">
         <v>21.0</v>
       </c>
       <c r="D237" s="6" t="s">
         <v>475</v>
       </c>
     </row>
     <row r="238" spans="1:4">
       <c r="A238" s="3">
-        <v>5708</v>
+        <v>5707</v>
       </c>
       <c r="B238" t="s">
         <v>476</v>
       </c>
       <c r="C238" s="5">
         <v>21.0</v>
       </c>
       <c r="D238" s="6" t="s">
         <v>477</v>
       </c>
     </row>
     <row r="239" spans="1:4">
       <c r="A239" s="3">
-        <v>5709</v>
+        <v>5708</v>
       </c>
       <c r="B239" t="s">
         <v>478</v>
       </c>
       <c r="C239" s="5">
         <v>21.0</v>
       </c>
       <c r="D239" s="6" t="s">
         <v>479</v>
       </c>
     </row>
     <row r="240" spans="1:4">
       <c r="A240" s="3">
-        <v>5710</v>
+        <v>5709</v>
       </c>
       <c r="B240" t="s">
         <v>480</v>
       </c>
       <c r="C240" s="5">
-        <v>14.0</v>
+        <v>21.0</v>
       </c>
       <c r="D240" s="6" t="s">
         <v>481</v>
       </c>
     </row>
     <row r="241" spans="1:4">
       <c r="A241" s="3">
-        <v>5711</v>
+        <v>5710</v>
       </c>
       <c r="B241" t="s">
         <v>482</v>
       </c>
       <c r="C241" s="5">
-        <v>21.0</v>
+        <v>14.0</v>
       </c>
       <c r="D241" s="6" t="s">
         <v>483</v>
       </c>
     </row>
     <row r="242" spans="1:4">
       <c r="A242" s="3">
-        <v>5712</v>
+        <v>5711</v>
       </c>
       <c r="B242" t="s">
         <v>484</v>
       </c>
       <c r="C242" s="5">
-        <v>24.0</v>
+        <v>21.0</v>
       </c>
       <c r="D242" s="6" t="s">
         <v>485</v>
       </c>
     </row>
     <row r="243" spans="1:4">
       <c r="A243" s="3">
-        <v>5713</v>
+        <v>5712</v>
       </c>
       <c r="B243" t="s">
         <v>486</v>
       </c>
       <c r="C243" s="5">
         <v>24.0</v>
       </c>
       <c r="D243" s="6" t="s">
         <v>487</v>
       </c>
     </row>
     <row r="244" spans="1:4">
       <c r="A244" s="3">
-        <v>5714</v>
+        <v>5713</v>
       </c>
       <c r="B244" t="s">
         <v>488</v>
       </c>
       <c r="C244" s="5">
         <v>24.0</v>
       </c>
       <c r="D244" s="6" t="s">
         <v>489</v>
       </c>
     </row>
     <row r="245" spans="1:4">
       <c r="A245" s="3">
-        <v>5715</v>
+        <v>5714</v>
       </c>
       <c r="B245" t="s">
         <v>490</v>
       </c>
       <c r="C245" s="5">
         <v>24.0</v>
       </c>
       <c r="D245" s="6" t="s">
         <v>491</v>
       </c>
     </row>
     <row r="246" spans="1:4">
       <c r="A246" s="3">
-        <v>5716</v>
+        <v>5715</v>
       </c>
       <c r="B246" t="s">
         <v>492</v>
       </c>
       <c r="C246" s="5">
-        <v>30.0</v>
+        <v>24.0</v>
       </c>
       <c r="D246" s="6" t="s">
         <v>493</v>
       </c>
     </row>
     <row r="247" spans="1:4">
       <c r="A247" s="3">
-        <v>5717</v>
+        <v>5716</v>
       </c>
       <c r="B247" t="s">
         <v>494</v>
       </c>
       <c r="C247" s="5">
-        <v>36.0</v>
+        <v>30.0</v>
       </c>
       <c r="D247" s="6" t="s">
         <v>495</v>
       </c>
     </row>
     <row r="248" spans="1:4">
       <c r="A248" s="3">
-        <v>5718</v>
+        <v>5717</v>
       </c>
       <c r="B248" t="s">
         <v>496</v>
       </c>
       <c r="C248" s="5">
         <v>36.0</v>
       </c>
       <c r="D248" s="6" t="s">
         <v>497</v>
       </c>
     </row>
     <row r="249" spans="1:4">
       <c r="A249" s="3">
-        <v>5719</v>
+        <v>5718</v>
       </c>
       <c r="B249" t="s">
         <v>498</v>
       </c>
       <c r="C249" s="5">
-        <v>42.0</v>
+        <v>36.0</v>
       </c>
       <c r="D249" s="6" t="s">
         <v>499</v>
       </c>
     </row>
     <row r="250" spans="1:4">
       <c r="A250" s="3">
-        <v>5189</v>
+        <v>5719</v>
       </c>
       <c r="B250" t="s">
         <v>500</v>
       </c>
       <c r="C250" s="5">
-        <v>27.0</v>
+        <v>42.0</v>
       </c>
       <c r="D250" s="6" t="s">
         <v>501</v>
+      </c>
+    </row>
+    <row r="251" spans="1:4">
+      <c r="A251" s="3">
+        <v>5189</v>
+      </c>
+      <c r="B251" t="s">
+        <v>502</v>
+      </c>
+      <c r="C251" s="5">
+        <v>27.0</v>
+      </c>
+      <c r="D251" s="6" t="s">
+        <v>503</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="B1" r:id="rId_hyperlink_1"/>
     <hyperlink ref="D4" r:id="rId_hyperlink_2"/>
     <hyperlink ref="D5" r:id="rId_hyperlink_3"/>
     <hyperlink ref="D6" r:id="rId_hyperlink_4"/>
     <hyperlink ref="D7" r:id="rId_hyperlink_5"/>
     <hyperlink ref="D8" r:id="rId_hyperlink_6"/>
     <hyperlink ref="D9" r:id="rId_hyperlink_7"/>
     <hyperlink ref="D10" r:id="rId_hyperlink_8"/>
     <hyperlink ref="D11" r:id="rId_hyperlink_9"/>
     <hyperlink ref="D12" r:id="rId_hyperlink_10"/>
     <hyperlink ref="D13" r:id="rId_hyperlink_11"/>
     <hyperlink ref="D14" r:id="rId_hyperlink_12"/>
     <hyperlink ref="D15" r:id="rId_hyperlink_13"/>
     <hyperlink ref="D16" r:id="rId_hyperlink_14"/>
     <hyperlink ref="D17" r:id="rId_hyperlink_15"/>
     <hyperlink ref="D18" r:id="rId_hyperlink_16"/>
     <hyperlink ref="D19" r:id="rId_hyperlink_17"/>
     <hyperlink ref="D20" r:id="rId_hyperlink_18"/>
     <hyperlink ref="D21" r:id="rId_hyperlink_19"/>
     <hyperlink ref="D22" r:id="rId_hyperlink_20"/>
     <hyperlink ref="D23" r:id="rId_hyperlink_21"/>
@@ -5650,50 +5670,51 @@
     <hyperlink ref="D226" r:id="rId_hyperlink_224"/>
     <hyperlink ref="D227" r:id="rId_hyperlink_225"/>
     <hyperlink ref="D228" r:id="rId_hyperlink_226"/>
     <hyperlink ref="D229" r:id="rId_hyperlink_227"/>
     <hyperlink ref="D230" r:id="rId_hyperlink_228"/>
     <hyperlink ref="D231" r:id="rId_hyperlink_229"/>
     <hyperlink ref="D232" r:id="rId_hyperlink_230"/>
     <hyperlink ref="D233" r:id="rId_hyperlink_231"/>
     <hyperlink ref="D234" r:id="rId_hyperlink_232"/>
     <hyperlink ref="D235" r:id="rId_hyperlink_233"/>
     <hyperlink ref="D236" r:id="rId_hyperlink_234"/>
     <hyperlink ref="D237" r:id="rId_hyperlink_235"/>
     <hyperlink ref="D238" r:id="rId_hyperlink_236"/>
     <hyperlink ref="D239" r:id="rId_hyperlink_237"/>
     <hyperlink ref="D240" r:id="rId_hyperlink_238"/>
     <hyperlink ref="D241" r:id="rId_hyperlink_239"/>
     <hyperlink ref="D242" r:id="rId_hyperlink_240"/>
     <hyperlink ref="D243" r:id="rId_hyperlink_241"/>
     <hyperlink ref="D244" r:id="rId_hyperlink_242"/>
     <hyperlink ref="D245" r:id="rId_hyperlink_243"/>
     <hyperlink ref="D246" r:id="rId_hyperlink_244"/>
     <hyperlink ref="D247" r:id="rId_hyperlink_245"/>
     <hyperlink ref="D248" r:id="rId_hyperlink_246"/>
     <hyperlink ref="D249" r:id="rId_hyperlink_247"/>
     <hyperlink ref="D250" r:id="rId_hyperlink_248"/>
+    <hyperlink ref="D251" r:id="rId_hyperlink_249"/>
   </hyperlinks>
   <printOptions gridLines="true" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="0" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader>&amp;C&amp;H&amp;F &amp;RPage &amp;P of &amp;N</oddHeader>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>