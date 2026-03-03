--- v2 (2026-01-09)
+++ v3 (2026-03-03)
@@ -37,51 +37,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="504">
   <si>
     <t>Product Code</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Unit Price</t>
   </si>
   <si>
     <t>Product Page</t>
   </si>
   <si>
     <t>URL:</t>
   </si>
   <si>
     <t>https://www.sunrom.com/c/ffc-fpc-05mm?page=4&amp;per-page=48</t>
   </si>
   <si>
     <t>Date:</t>
   </si>
   <si>
-    <t>09-Jan-2026 06:09:27</t>
+    <t>03-Mar-2026 17:13:22</t>
   </si>
   <si>
     <t>20P 0.5mm Pitch FFC/FPC Extension Connector</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7631</t>
   </si>
   <si>
     <t>6P 0.5mm Pitch FFC/FPC Extension Connector</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7632</t>
   </si>
   <si>
     <t>36P 0.5mm Pitch FFC/FPC Top Entry Vertical Connector</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7386</t>
   </si>
   <si>
     <t>40P 0.5mm Pitch FFC/FPC Top Entry Vertical Connector</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7387</t>
   </si>