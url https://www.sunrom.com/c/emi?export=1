--- v0 (2025-10-03)
+++ v1 (2026-01-07)
@@ -37,51 +37,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="20">
   <si>
     <t>Product Code</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Unit Price</t>
   </si>
   <si>
     <t>Product Page</t>
   </si>
   <si>
     <t>URL:</t>
   </si>
   <si>
     <t>https://www.sunrom.com/c/emi</t>
   </si>
   <si>
     <t>Date:</t>
   </si>
   <si>
-    <t>04-Oct-2025 02:02:52</t>
+    <t>08-Jan-2026 04:10:07</t>
   </si>
   <si>
     <t>EMI Ferrite Chip Bead - 500mA - 0805 - TDK MMZ2012S601AT</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/3724</t>
   </si>
   <si>
     <t>AC Line Filter - MTC21808</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/5389</t>
   </si>
   <si>
     <t>AC Line Filter - MTC21811</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/5404</t>
   </si>
   <si>
     <t>EMI Ferrite Chip Bead - 2A - 0603 - TDK MPZ1608S221ATA00</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/5346</t>
   </si>