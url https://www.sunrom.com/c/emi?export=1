--- v1 (2026-01-07)
+++ v2 (2026-03-15)
@@ -37,51 +37,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="20">
   <si>
     <t>Product Code</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Unit Price</t>
   </si>
   <si>
     <t>Product Page</t>
   </si>
   <si>
     <t>URL:</t>
   </si>
   <si>
     <t>https://www.sunrom.com/c/emi</t>
   </si>
   <si>
     <t>Date:</t>
   </si>
   <si>
-    <t>08-Jan-2026 04:10:07</t>
+    <t>15-Mar-2026 17:49:36</t>
   </si>
   <si>
     <t>EMI Ferrite Chip Bead - 500mA - 0805 - TDK MMZ2012S601AT</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/3724</t>
   </si>
   <si>
     <t>AC Line Filter - MTC21808</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/5389</t>
   </si>
   <si>
     <t>AC Line Filter - MTC21811</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/5404</t>
   </si>
   <si>
     <t>EMI Ferrite Chip Bead - 2A - 0603 - TDK MPZ1608S221ATA00</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/5346</t>
   </si>