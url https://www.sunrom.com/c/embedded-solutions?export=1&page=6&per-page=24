--- v0 (2025-10-22)
+++ v1 (2026-01-08)
@@ -14,112 +14,106 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">'Worksheet'!$1:$1</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="192">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="182">
   <si>
     <t>Product Code</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Unit Price</t>
   </si>
   <si>
     <t>Product Page</t>
   </si>
   <si>
     <t>URL:</t>
   </si>
   <si>
     <t>https://www.sunrom.com/c/embedded-solutions?page=6&amp;per-page=24</t>
   </si>
   <si>
     <t>Date:</t>
   </si>
   <si>
-    <t>23-Oct-2025 03:58:37</t>
+    <t>08-Jan-2026 20:04:14</t>
   </si>
   <si>
     <t>USB-TTL UART Module CP2102</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7418</t>
   </si>
   <si>
     <t>USB-TTL UART Cable CP2102</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7419</t>
   </si>
   <si>
     <t>CH340G USB to RS232 TTL module</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7420</t>
   </si>
   <si>
     <t>Blood Pressure Monitor without external Interface</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/4280</t>
   </si>
   <si>
     <t>ESP8266 Wifi module Programming / Testing / Burner ZIF Development Board</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7088</t>
   </si>
   <si>
-    <t>Stepper Motor Driver Module A4988 + Heatsink</t>
-[...4 lines deleted...]
-  <si>
     <t>Digital Light Sensor - BH1750FVI</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/4378</t>
   </si>
   <si>
     <t>RFID Reader/Writer 13.56MHz RC522 SPI Module with Card+Keychain</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/3901</t>
   </si>
   <si>
     <t>STM32F103C8T6 - Blue Pill Development Board</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/6192</t>
   </si>
   <si>
     <t>GM65 + Interface Board 1D/QR/2D Bar Code Scanner QR Code Reader</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/6176</t>
   </si>
   <si>
     <t>GM66 Mounting Plate and 2x Screws M3x30</t>
@@ -172,98 +166,80 @@
   <si>
     <t>Vibration Sensor SW-18010P</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/5857</t>
   </si>
   <si>
     <t>AVR ISP 10P to ICSP 6P Converter</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/5946</t>
   </si>
   <si>
     <t>RF Serial Data Link UART, 433 Mhz, +20dBm, HC-12 v2.6</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/4306</t>
   </si>
   <si>
     <t>SW520D SW-520D Tilt Sensor</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/5593</t>
   </si>
   <si>
-    <t>N76E003 - N76E003AT20 - Nuvoton - TSSOP20 - 1T-8051 - 16MHz - 12 bit ADC - 2x UART</t>
-[...4 lines deleted...]
-  <si>
     <t>NULINK - Nu-Link - Nuvoton - ICP - SWD - USB Programmer</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/5382</t>
   </si>
   <si>
     <t>N76E003 - N76E003AT20 Nuvoton Development Board</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/5381</t>
   </si>
   <si>
     <t>1 Channel Capacitive Touch Module - TTP223</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/4481</t>
   </si>
   <si>
     <t>RPR220 - Infrared Optical Reflective Type Photosensor (Photoreflector)</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/5537</t>
   </si>
   <si>
-    <t>HR202L - HR202 - Humidity sensitive resistor</t>
-[...4 lines deleted...]
-  <si>
     <t>Humidity Sensor Module - HR202</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/4703</t>
   </si>
   <si>
-    <t>Mounting Bracket - Clamping Kit for Fingerprint Sensors R305 R307 - Black</t>
-[...4 lines deleted...]
-  <si>
     <t>Flame Sensor - 5mm IR Diode - YG1006</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/5533</t>
   </si>
   <si>
     <t>LDR - Photosensitive Resistor - Waterproof - GL5528</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/5524</t>
   </si>
   <si>
     <t>LDR - Light Dependent Resistor - GL5528 - 5mm</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/5525</t>
   </si>
   <si>
     <t>LoRa RF Module - RA-02 - SX1278 - 433 Mhz - SPI - Wireless Transceiver - IPEX</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/5530</t>
   </si>
   <si>
     <t>PIR612 - Integrated PIR Sensor for Motion Sensing</t>
@@ -518,56 +494,50 @@
     <t>https://www.sunrom.com/m/1307</t>
   </si>
   <si>
     <t>USB Keyboard &amp; Barcode Decoder - Serial Output</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/1305</t>
   </si>
   <si>
     <t>USB Mouse Decoder - Serial Output</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/1278</t>
   </si>
   <si>
     <t>Current Sensor 20A - ACS712</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/1325</t>
   </si>
   <si>
     <t>Digital Temperature Sensor Probe, Waterproof, DS18B20</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/3902</t>
-  </si>
-[...4 lines deleted...]
-    <t>https://www.sunrom.com/m/1113</t>
   </si>
   <si>
     <t>Infrared Photodiode 5mm - Everlight PD333-3B Black</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/6390</t>
   </si>
   <si>
     <t>RF Transmitter, 433 MHz, ASK</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/3836</t>
   </si>
   <si>
     <t>Infrared LED 5mm - Everlight IR333-3C Clear</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/3002</t>
   </si>
   <si>
     <t>10K NTC</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/3419</t>
   </si>
@@ -959,63 +929,63 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/c/embedded-solutions?page=6&amp;per-page=24" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7418" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7419" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7420" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4280" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7088" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4292" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4378" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/3901" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6192" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6176" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6178" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6182" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6183" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6184" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4431" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6177" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5859" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5862" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5857" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5946" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4306" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5593" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5375" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5382" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5381" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4481" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5537" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5534" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4703" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5532" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5533" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5524" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5525" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5530" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5466" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5467" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4176" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/3776" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5349" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/1455" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/1454" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/1443" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5238" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5473" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4981" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4073" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/3962" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/1427" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/1435" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/1434" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/1430" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4832" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4761" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4727" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4722" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4691" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4731" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4632" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4554" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4598" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4592" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4596" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4597" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4601" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4589" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4591" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4059" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4076" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4146" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4497" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/3960" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4486" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4471" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/1437" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/1322" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/1307" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/1305" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/1278" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/1325" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/3902" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/1113" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6390" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/3836" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/3002" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/3419" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/3437" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/3533" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/3617" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/3679" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/3730" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7244" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4016" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/c/embedded-solutions?page=6&amp;per-page=24" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7418" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7419" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7420" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4280" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7088" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4378" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/3901" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6192" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6176" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6178" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6182" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6183" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6184" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4431" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6177" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5859" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5862" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5857" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5946" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4306" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5593" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5382" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5381" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4481" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5537" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4703" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5533" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5524" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5525" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5530" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5466" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5467" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4176" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/3776" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5349" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/1455" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/1454" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/1443" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5238" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5473" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4981" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4073" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/3962" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/1427" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/1435" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/1434" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/1430" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4832" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4761" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4727" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4722" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4691" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4731" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4632" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4554" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4598" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4592" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4596" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4597" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4601" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4589" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4591" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4059" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4076" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4146" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4497" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/3960" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4486" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4471" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/1437" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/1322" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/1307" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/1305" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/1278" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/1325" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/3902" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6390" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/3836" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/3002" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/3419" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/3437" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/3533" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/3617" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/3679" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/3730" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7244" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4016" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:D95"/>
+  <dimension ref="A1:D90"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="D95" sqref="D95"/>
+      <selection activeCell="D90" sqref="D90"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="13" customWidth="true" style="3"/>
     <col min="2" max="2" width="60" customWidth="true" style="0"/>
     <col min="3" max="3" width="12" customWidth="true" style="5"/>
     <col min="4" max="4" width="28" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="3" t="s">
         <v>4</v>
       </c>
       <c r="B1" s="6" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="3" t="s">
         <v>6</v>
       </c>
       <c r="B2" t="s">
         <v>7</v>
       </c>
@@ -1084,1264 +1054,1194 @@
         <v>14</v>
       </c>
       <c r="C7" s="5">
         <v>850.0</v>
       </c>
       <c r="D7" s="6" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" s="3">
         <v>7088</v>
       </c>
       <c r="B8" t="s">
         <v>16</v>
       </c>
       <c r="C8" s="5">
         <v>1935.0</v>
       </c>
       <c r="D8" s="6" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" s="3">
-        <v>4292</v>
+        <v>4378</v>
       </c>
       <c r="B9" t="s">
         <v>18</v>
       </c>
       <c r="C9" s="5">
-        <v>99.0</v>
+        <v>175.0</v>
       </c>
       <c r="D9" s="6" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" s="3">
-        <v>4378</v>
+        <v>3901</v>
       </c>
       <c r="B10" t="s">
         <v>20</v>
       </c>
       <c r="C10" s="5">
-        <v>175.0</v>
+        <v>120.0</v>
       </c>
       <c r="D10" s="6" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" s="3">
-        <v>3901</v>
+        <v>6192</v>
       </c>
       <c r="B11" t="s">
         <v>22</v>
       </c>
       <c r="C11" s="5">
-        <v>120.0</v>
+        <v>425.0</v>
       </c>
       <c r="D11" s="6" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" s="3">
-        <v>6192</v>
+        <v>6176</v>
       </c>
       <c r="B12" t="s">
         <v>24</v>
       </c>
       <c r="C12" s="5">
-        <v>425.0</v>
+        <v>2500.0</v>
       </c>
       <c r="D12" s="6" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" s="3">
-        <v>6176</v>
+        <v>6178</v>
       </c>
       <c r="B13" t="s">
         <v>26</v>
       </c>
       <c r="C13" s="5">
-        <v>4543.0</v>
+        <v>77.0</v>
       </c>
       <c r="D13" s="6" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" s="3">
-        <v>6178</v>
+        <v>6182</v>
       </c>
       <c r="B14" t="s">
         <v>28</v>
       </c>
       <c r="C14" s="5">
-        <v>77.0</v>
+        <v>235.0</v>
       </c>
       <c r="D14" s="6" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" s="3">
-        <v>6182</v>
+        <v>6183</v>
       </c>
       <c r="B15" t="s">
         <v>30</v>
       </c>
       <c r="C15" s="5">
-        <v>255.0</v>
+        <v>349.0</v>
       </c>
       <c r="D15" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" s="3">
-        <v>6183</v>
+        <v>6184</v>
       </c>
       <c r="B16" t="s">
         <v>32</v>
       </c>
       <c r="C16" s="5">
-        <v>725.0</v>
+        <v>89.0</v>
       </c>
       <c r="D16" s="6" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" s="3">
-        <v>6184</v>
+        <v>4431</v>
       </c>
       <c r="B17" t="s">
         <v>34</v>
       </c>
       <c r="C17" s="5">
-        <v>89.0</v>
+        <v>30.0</v>
       </c>
       <c r="D17" s="6" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" s="3">
-        <v>4431</v>
+        <v>6177</v>
       </c>
       <c r="B18" t="s">
         <v>36</v>
       </c>
       <c r="C18" s="5">
-        <v>30.0</v>
+        <v>2700.0</v>
       </c>
       <c r="D18" s="6" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" s="3">
-        <v>6177</v>
+        <v>5859</v>
       </c>
       <c r="B19" t="s">
         <v>38</v>
       </c>
       <c r="C19" s="5">
-        <v>5045.0</v>
+        <v>11.8</v>
       </c>
       <c r="D19" s="6" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" s="3">
-        <v>5859</v>
+        <v>5862</v>
       </c>
       <c r="B20" t="s">
         <v>40</v>
       </c>
       <c r="C20" s="5">
-        <v>11.8</v>
+        <v>12.0</v>
       </c>
       <c r="D20" s="6" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" s="3">
-        <v>5862</v>
+        <v>5857</v>
       </c>
       <c r="B21" t="s">
         <v>42</v>
       </c>
       <c r="C21" s="5">
-        <v>12.0</v>
+        <v>14.16</v>
       </c>
       <c r="D21" s="6" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" s="3">
-        <v>5857</v>
+        <v>5946</v>
       </c>
       <c r="B22" t="s">
         <v>44</v>
       </c>
       <c r="C22" s="5">
-        <v>14.16</v>
+        <v>120.0</v>
       </c>
       <c r="D22" s="6" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" s="3">
-        <v>5946</v>
+        <v>4306</v>
       </c>
       <c r="B23" t="s">
         <v>46</v>
       </c>
       <c r="C23" s="5">
-        <v>120.0</v>
+        <v>725.0</v>
       </c>
       <c r="D23" s="6" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" s="3">
-        <v>4306</v>
+        <v>5593</v>
       </c>
       <c r="B24" t="s">
         <v>48</v>
       </c>
       <c r="C24" s="5">
-        <v>745.0</v>
+        <v>9.25</v>
       </c>
       <c r="D24" s="6" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" s="3">
-        <v>5593</v>
+        <v>5382</v>
       </c>
       <c r="B25" t="s">
         <v>50</v>
       </c>
       <c r="C25" s="5">
-        <v>9.25</v>
+        <v>2550.0</v>
       </c>
       <c r="D25" s="6" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" s="3">
-        <v>5375</v>
+        <v>5381</v>
       </c>
       <c r="B26" t="s">
         <v>52</v>
       </c>
       <c r="C26" s="5">
-        <v>75.0</v>
+        <v>320.0</v>
       </c>
       <c r="D26" s="6" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" s="3">
-        <v>5382</v>
+        <v>4481</v>
       </c>
       <c r="B27" t="s">
         <v>54</v>
       </c>
       <c r="C27" s="5">
-        <v>2550.0</v>
+        <v>125.0</v>
       </c>
       <c r="D27" s="6" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" s="3">
-        <v>5381</v>
+        <v>5537</v>
       </c>
       <c r="B28" t="s">
         <v>56</v>
       </c>
       <c r="C28" s="5">
-        <v>378.0</v>
+        <v>48.0</v>
       </c>
       <c r="D28" s="6" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" s="3">
-        <v>4481</v>
+        <v>4703</v>
       </c>
       <c r="B29" t="s">
         <v>58</v>
       </c>
       <c r="C29" s="5">
-        <v>125.0</v>
+        <v>135.0</v>
       </c>
       <c r="D29" s="6" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" s="3">
-        <v>5537</v>
+        <v>5533</v>
       </c>
       <c r="B30" t="s">
         <v>60</v>
       </c>
       <c r="C30" s="5">
-        <v>48.0</v>
+        <v>12.0</v>
       </c>
       <c r="D30" s="6" t="s">
         <v>61</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" s="3">
-        <v>5534</v>
+        <v>5524</v>
       </c>
       <c r="B31" t="s">
         <v>62</v>
       </c>
       <c r="C31" s="5">
-        <v>77.0</v>
+        <v>31.0</v>
       </c>
       <c r="D31" s="6" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" s="3">
-        <v>4703</v>
+        <v>5525</v>
       </c>
       <c r="B32" t="s">
         <v>64</v>
       </c>
       <c r="C32" s="5">
-        <v>135.0</v>
+        <v>7.25</v>
       </c>
       <c r="D32" s="6" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" s="3">
-        <v>5532</v>
+        <v>5530</v>
       </c>
       <c r="B33" t="s">
         <v>66</v>
       </c>
       <c r="C33" s="5">
-        <v>260.0</v>
+        <v>325.0</v>
       </c>
       <c r="D33" s="6" t="s">
         <v>67</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" s="3">
-        <v>5533</v>
+        <v>5466</v>
       </c>
       <c r="B34" t="s">
         <v>68</v>
       </c>
       <c r="C34" s="5">
-        <v>12.0</v>
+        <v>175.0</v>
       </c>
       <c r="D34" s="6" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" s="3">
-        <v>5524</v>
+        <v>5467</v>
       </c>
       <c r="B35" t="s">
         <v>70</v>
       </c>
       <c r="C35" s="5">
-        <v>31.0</v>
+        <v>22.0</v>
       </c>
       <c r="D35" s="6" t="s">
         <v>71</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" s="3">
-        <v>5525</v>
+        <v>4176</v>
       </c>
       <c r="B36" t="s">
         <v>72</v>
       </c>
       <c r="C36" s="5">
-        <v>7.25</v>
+        <v>125.0</v>
       </c>
       <c r="D36" s="6" t="s">
         <v>73</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" s="3">
-        <v>5530</v>
+        <v>3776</v>
       </c>
       <c r="B37" t="s">
         <v>74</v>
       </c>
       <c r="C37" s="5">
-        <v>738.0</v>
+        <v>175.0</v>
       </c>
       <c r="D37" s="6" t="s">
         <v>75</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" s="3">
-        <v>5466</v>
+        <v>5349</v>
       </c>
       <c r="B38" t="s">
         <v>76</v>
       </c>
       <c r="C38" s="5">
-        <v>175.0</v>
+        <v>475.0</v>
       </c>
       <c r="D38" s="6" t="s">
         <v>77</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" s="3">
-        <v>5467</v>
+        <v>1455</v>
       </c>
       <c r="B39" t="s">
         <v>78</v>
       </c>
       <c r="C39" s="5">
-        <v>22.0</v>
+        <v>1150.0</v>
       </c>
       <c r="D39" s="6" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" s="3">
-        <v>4176</v>
+        <v>1454</v>
       </c>
       <c r="B40" t="s">
         <v>80</v>
       </c>
       <c r="C40" s="5">
-        <v>125.0</v>
+        <v>1050.0</v>
       </c>
       <c r="D40" s="6" t="s">
         <v>81</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" s="3">
-        <v>3776</v>
+        <v>1443</v>
       </c>
       <c r="B41" t="s">
         <v>82</v>
       </c>
       <c r="C41" s="5">
-        <v>225.0</v>
+        <v>531.0</v>
       </c>
       <c r="D41" s="6" t="s">
         <v>83</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" s="3">
-        <v>5349</v>
+        <v>5238</v>
       </c>
       <c r="B42" t="s">
         <v>84</v>
       </c>
       <c r="C42" s="5">
-        <v>475.0</v>
+        <v>395.0</v>
       </c>
       <c r="D42" s="6" t="s">
         <v>85</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" s="3">
-        <v>1455</v>
+        <v>5473</v>
       </c>
       <c r="B43" t="s">
         <v>86</v>
       </c>
       <c r="C43" s="5">
-        <v>1150.0</v>
+        <v>11.8</v>
       </c>
       <c r="D43" s="6" t="s">
         <v>87</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" s="3">
-        <v>1454</v>
+        <v>4981</v>
       </c>
       <c r="B44" t="s">
         <v>88</v>
       </c>
       <c r="C44" s="5">
-        <v>1050.0</v>
+        <v>25.96</v>
       </c>
       <c r="D44" s="6" t="s">
         <v>89</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" s="3">
-        <v>1443</v>
+        <v>4073</v>
       </c>
       <c r="B45" t="s">
         <v>90</v>
       </c>
       <c r="C45" s="5">
-        <v>531.0</v>
+        <v>25.0</v>
       </c>
       <c r="D45" s="6" t="s">
         <v>91</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" s="3">
-        <v>5238</v>
+        <v>3962</v>
       </c>
       <c r="B46" t="s">
         <v>92</v>
       </c>
       <c r="C46" s="5">
-        <v>395.0</v>
+        <v>125.0</v>
       </c>
       <c r="D46" s="6" t="s">
         <v>93</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" s="3">
-        <v>5473</v>
+        <v>1427</v>
       </c>
       <c r="B47" t="s">
         <v>94</v>
       </c>
       <c r="C47" s="5">
-        <v>11.8</v>
+        <v>1180.0</v>
       </c>
       <c r="D47" s="6" t="s">
         <v>95</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" s="3">
-        <v>4981</v>
+        <v>1435</v>
       </c>
       <c r="B48" t="s">
         <v>96</v>
       </c>
       <c r="C48" s="5">
-        <v>25.96</v>
+        <v>1650.0</v>
       </c>
       <c r="D48" s="6" t="s">
         <v>97</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" s="3">
-        <v>4073</v>
+        <v>1434</v>
       </c>
       <c r="B49" t="s">
         <v>98</v>
       </c>
       <c r="C49" s="5">
-        <v>25.0</v>
+        <v>1650.0</v>
       </c>
       <c r="D49" s="6" t="s">
         <v>99</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" s="3">
-        <v>3962</v>
+        <v>1430</v>
       </c>
       <c r="B50" t="s">
         <v>100</v>
       </c>
       <c r="C50" s="5">
-        <v>148.0</v>
+        <v>1650.0</v>
       </c>
       <c r="D50" s="6" t="s">
         <v>101</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" s="3">
-        <v>1427</v>
+        <v>4832</v>
       </c>
       <c r="B51" t="s">
         <v>102</v>
       </c>
       <c r="C51" s="5">
-        <v>1180.0</v>
+        <v>125.0</v>
       </c>
       <c r="D51" s="6" t="s">
         <v>103</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" s="3">
-        <v>1435</v>
+        <v>4761</v>
       </c>
       <c r="B52" t="s">
         <v>104</v>
       </c>
       <c r="C52" s="5">
-        <v>1650.0</v>
+        <v>1475.0</v>
       </c>
       <c r="D52" s="6" t="s">
         <v>105</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" s="3">
-        <v>1434</v>
+        <v>4727</v>
       </c>
       <c r="B53" t="s">
         <v>106</v>
       </c>
       <c r="C53" s="5">
-        <v>1650.0</v>
+        <v>207.0</v>
       </c>
       <c r="D53" s="6" t="s">
         <v>107</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" s="3">
-        <v>1430</v>
+        <v>4722</v>
       </c>
       <c r="B54" t="s">
         <v>108</v>
       </c>
       <c r="C54" s="5">
-        <v>1650.0</v>
+        <v>85.0</v>
       </c>
       <c r="D54" s="6" t="s">
         <v>109</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" s="3">
-        <v>4832</v>
+        <v>4691</v>
       </c>
       <c r="B55" t="s">
         <v>110</v>
       </c>
       <c r="C55" s="5">
-        <v>566.0</v>
+        <v>53.0</v>
       </c>
       <c r="D55" s="6" t="s">
         <v>111</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" s="3">
-        <v>4761</v>
+        <v>4731</v>
       </c>
       <c r="B56" t="s">
         <v>112</v>
       </c>
       <c r="C56" s="5">
-        <v>1475.0</v>
+        <v>425.0</v>
       </c>
       <c r="D56" s="6" t="s">
         <v>113</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" s="3">
-        <v>4727</v>
+        <v>4632</v>
       </c>
       <c r="B57" t="s">
         <v>114</v>
       </c>
       <c r="C57" s="5">
-        <v>207.0</v>
+        <v>354.0</v>
       </c>
       <c r="D57" s="6" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" s="3">
-        <v>4722</v>
+        <v>4554</v>
       </c>
       <c r="B58" t="s">
         <v>116</v>
       </c>
       <c r="C58" s="5">
-        <v>90.0</v>
+        <v>41.3</v>
       </c>
       <c r="D58" s="6" t="s">
         <v>117</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" s="3">
-        <v>4691</v>
+        <v>4598</v>
       </c>
       <c r="B59" t="s">
         <v>118</v>
       </c>
       <c r="C59" s="5">
-        <v>53.0</v>
+        <v>41.3</v>
       </c>
       <c r="D59" s="6" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" s="3">
-        <v>4731</v>
+        <v>4592</v>
       </c>
       <c r="B60" t="s">
         <v>120</v>
       </c>
       <c r="C60" s="5">
-        <v>425.0</v>
+        <v>207.0</v>
       </c>
       <c r="D60" s="6" t="s">
         <v>121</v>
       </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" s="3">
-        <v>4632</v>
+        <v>4596</v>
       </c>
       <c r="B61" t="s">
         <v>122</v>
       </c>
       <c r="C61" s="5">
-        <v>354.0</v>
+        <v>125.0</v>
       </c>
       <c r="D61" s="6" t="s">
         <v>123</v>
       </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" s="3">
-        <v>4554</v>
+        <v>4597</v>
       </c>
       <c r="B62" t="s">
         <v>124</v>
       </c>
       <c r="C62" s="5">
-        <v>41.3</v>
+        <v>125.0</v>
       </c>
       <c r="D62" s="6" t="s">
         <v>125</v>
       </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63" s="3">
-        <v>4598</v>
+        <v>4601</v>
       </c>
       <c r="B63" t="s">
         <v>126</v>
       </c>
       <c r="C63" s="5">
-        <v>41.3</v>
+        <v>125.0</v>
       </c>
       <c r="D63" s="6" t="s">
         <v>127</v>
       </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64" s="3">
-        <v>4592</v>
+        <v>4589</v>
       </c>
       <c r="B64" t="s">
         <v>128</v>
       </c>
       <c r="C64" s="5">
-        <v>207.0</v>
+        <v>99.0</v>
       </c>
       <c r="D64" s="6" t="s">
         <v>129</v>
       </c>
     </row>
     <row r="65" spans="1:4">
       <c r="A65" s="3">
-        <v>4596</v>
+        <v>4591</v>
       </c>
       <c r="B65" t="s">
         <v>130</v>
       </c>
       <c r="C65" s="5">
-        <v>125.0</v>
+        <v>35.0</v>
       </c>
       <c r="D65" s="6" t="s">
         <v>131</v>
       </c>
     </row>
     <row r="66" spans="1:4">
       <c r="A66" s="3">
-        <v>4597</v>
+        <v>4059</v>
       </c>
       <c r="B66" t="s">
         <v>132</v>
       </c>
       <c r="C66" s="5">
-        <v>120.0</v>
+        <v>1475.0</v>
       </c>
       <c r="D66" s="6" t="s">
         <v>133</v>
       </c>
     </row>
     <row r="67" spans="1:4">
       <c r="A67" s="3">
-        <v>4601</v>
+        <v>4076</v>
       </c>
       <c r="B67" t="s">
         <v>134</v>
       </c>
       <c r="C67" s="5">
-        <v>531.0</v>
+        <v>44.84</v>
       </c>
       <c r="D67" s="6" t="s">
         <v>135</v>
       </c>
     </row>
     <row r="68" spans="1:4">
       <c r="A68" s="3">
-        <v>4589</v>
+        <v>4146</v>
       </c>
       <c r="B68" t="s">
         <v>136</v>
       </c>
       <c r="C68" s="5">
-        <v>99.0</v>
+        <v>80.0</v>
       </c>
       <c r="D68" s="6" t="s">
         <v>137</v>
       </c>
     </row>
     <row r="69" spans="1:4">
       <c r="A69" s="3">
-        <v>4591</v>
+        <v>4497</v>
       </c>
       <c r="B69" t="s">
         <v>138</v>
       </c>
       <c r="C69" s="5">
-        <v>35.0</v>
+        <v>825.0</v>
       </c>
       <c r="D69" s="6" t="s">
         <v>139</v>
       </c>
     </row>
     <row r="70" spans="1:4">
       <c r="A70" s="3">
-        <v>4059</v>
+        <v>3960</v>
       </c>
       <c r="B70" t="s">
         <v>140</v>
       </c>
       <c r="C70" s="5">
-        <v>1475.0</v>
+        <v>75.0</v>
       </c>
       <c r="D70" s="6" t="s">
         <v>141</v>
       </c>
     </row>
     <row r="71" spans="1:4">
       <c r="A71" s="3">
-        <v>4076</v>
+        <v>4486</v>
       </c>
       <c r="B71" t="s">
         <v>142</v>
       </c>
       <c r="C71" s="5">
-        <v>44.84</v>
+        <v>525.0</v>
       </c>
       <c r="D71" s="6" t="s">
         <v>143</v>
       </c>
     </row>
     <row r="72" spans="1:4">
       <c r="A72" s="3">
-        <v>4146</v>
+        <v>4471</v>
       </c>
       <c r="B72" t="s">
         <v>144</v>
       </c>
       <c r="C72" s="5">
-        <v>80.0</v>
+        <v>16.0</v>
       </c>
       <c r="D72" s="6" t="s">
         <v>145</v>
       </c>
     </row>
     <row r="73" spans="1:4">
       <c r="A73" s="3">
-        <v>4497</v>
+        <v>1437</v>
       </c>
       <c r="B73" t="s">
         <v>146</v>
       </c>
       <c r="C73" s="5">
-        <v>950.0</v>
+        <v>3009.0</v>
       </c>
       <c r="D73" s="6" t="s">
         <v>147</v>
       </c>
     </row>
     <row r="74" spans="1:4">
       <c r="A74" s="3">
-        <v>3960</v>
+        <v>1322</v>
       </c>
       <c r="B74" t="s">
         <v>148</v>
       </c>
       <c r="C74" s="5">
-        <v>99.0</v>
+        <v>1650.0</v>
       </c>
       <c r="D74" s="6" t="s">
         <v>149</v>
       </c>
     </row>
     <row r="75" spans="1:4">
       <c r="A75" s="3">
-        <v>4486</v>
+        <v>1307</v>
       </c>
       <c r="B75" t="s">
         <v>150</v>
       </c>
       <c r="C75" s="5">
-        <v>525.0</v>
+        <v>1650.0</v>
       </c>
       <c r="D75" s="6" t="s">
         <v>151</v>
       </c>
     </row>
     <row r="76" spans="1:4">
       <c r="A76" s="3">
-        <v>4471</v>
+        <v>1305</v>
       </c>
       <c r="B76" t="s">
         <v>152</v>
       </c>
       <c r="C76" s="5">
-        <v>16.0</v>
+        <v>1500.0</v>
       </c>
       <c r="D76" s="6" t="s">
         <v>153</v>
       </c>
     </row>
     <row r="77" spans="1:4">
       <c r="A77" s="3">
-        <v>1437</v>
+        <v>1278</v>
       </c>
       <c r="B77" t="s">
         <v>154</v>
       </c>
       <c r="C77" s="5">
-        <v>3009.0</v>
+        <v>1500.0</v>
       </c>
       <c r="D77" s="6" t="s">
         <v>155</v>
       </c>
     </row>
     <row r="78" spans="1:4">
       <c r="A78" s="3">
-        <v>1322</v>
+        <v>1325</v>
       </c>
       <c r="B78" t="s">
         <v>156</v>
       </c>
       <c r="C78" s="5">
-        <v>1650.0</v>
+        <v>185.0</v>
       </c>
       <c r="D78" s="6" t="s">
         <v>157</v>
       </c>
     </row>
     <row r="79" spans="1:4">
       <c r="A79" s="3">
-        <v>1307</v>
+        <v>3902</v>
       </c>
       <c r="B79" t="s">
         <v>158</v>
       </c>
       <c r="C79" s="5">
-        <v>1650.0</v>
+        <v>275.0</v>
       </c>
       <c r="D79" s="6" t="s">
         <v>159</v>
       </c>
     </row>
     <row r="80" spans="1:4">
       <c r="A80" s="3">
-        <v>1305</v>
+        <v>6390</v>
       </c>
       <c r="B80" t="s">
         <v>160</v>
       </c>
       <c r="C80" s="5">
-        <v>1500.0</v>
+        <v>6.5</v>
       </c>
       <c r="D80" s="6" t="s">
         <v>161</v>
       </c>
     </row>
     <row r="81" spans="1:4">
       <c r="A81" s="3">
-        <v>1278</v>
+        <v>3836</v>
       </c>
       <c r="B81" t="s">
         <v>162</v>
       </c>
       <c r="C81" s="5">
-        <v>1500.0</v>
+        <v>42.0</v>
       </c>
       <c r="D81" s="6" t="s">
         <v>163</v>
       </c>
     </row>
     <row r="82" spans="1:4">
       <c r="A82" s="3">
-        <v>1325</v>
+        <v>3002</v>
       </c>
       <c r="B82" t="s">
         <v>164</v>
       </c>
       <c r="C82" s="5">
-        <v>650.0</v>
+        <v>4.5</v>
       </c>
       <c r="D82" s="6" t="s">
         <v>165</v>
       </c>
     </row>
     <row r="83" spans="1:4">
       <c r="A83" s="3">
-        <v>3902</v>
+        <v>3419</v>
       </c>
       <c r="B83" t="s">
         <v>166</v>
       </c>
       <c r="C83" s="5">
-        <v>275.0</v>
+        <v>11.8</v>
       </c>
       <c r="D83" s="6" t="s">
         <v>167</v>
       </c>
     </row>
     <row r="84" spans="1:4">
       <c r="A84" s="3">
-        <v>1113</v>
+        <v>3437</v>
       </c>
       <c r="B84" t="s">
         <v>168</v>
       </c>
       <c r="C84" s="5">
-        <v>1925.0</v>
+        <v>195.0</v>
       </c>
       <c r="D84" s="6" t="s">
         <v>169</v>
       </c>
     </row>
     <row r="85" spans="1:4">
       <c r="A85" s="3">
-        <v>6390</v>
+        <v>3533</v>
       </c>
       <c r="B85" t="s">
         <v>170</v>
       </c>
       <c r="C85" s="5">
-        <v>6.5</v>
+        <v>7.08</v>
       </c>
       <c r="D85" s="6" t="s">
         <v>171</v>
       </c>
     </row>
     <row r="86" spans="1:4">
       <c r="A86" s="3">
-        <v>3836</v>
+        <v>3617</v>
       </c>
       <c r="B86" t="s">
         <v>172</v>
       </c>
       <c r="C86" s="5">
-        <v>42.0</v>
+        <v>145.0</v>
       </c>
       <c r="D86" s="6" t="s">
         <v>173</v>
       </c>
     </row>
     <row r="87" spans="1:4">
       <c r="A87" s="3">
-        <v>3002</v>
+        <v>3679</v>
       </c>
       <c r="B87" t="s">
         <v>174</v>
       </c>
       <c r="C87" s="5">
-        <v>4.5</v>
+        <v>118.0</v>
       </c>
       <c r="D87" s="6" t="s">
         <v>175</v>
       </c>
     </row>
     <row r="88" spans="1:4">
       <c r="A88" s="3">
-        <v>3419</v>
+        <v>3730</v>
       </c>
       <c r="B88" t="s">
         <v>176</v>
       </c>
       <c r="C88" s="5">
-        <v>11.8</v>
+        <v>25.0</v>
       </c>
       <c r="D88" s="6" t="s">
         <v>177</v>
       </c>
     </row>
     <row r="89" spans="1:4">
       <c r="A89" s="3">
-        <v>3437</v>
+        <v>7244</v>
       </c>
       <c r="B89" t="s">
         <v>178</v>
       </c>
       <c r="C89" s="5">
-        <v>195.0</v>
+        <v>4.25</v>
       </c>
       <c r="D89" s="6" t="s">
         <v>179</v>
       </c>
     </row>
     <row r="90" spans="1:4">
       <c r="A90" s="3">
-        <v>3533</v>
+        <v>4016</v>
       </c>
       <c r="B90" t="s">
         <v>180</v>
       </c>
       <c r="C90" s="5">
-        <v>7.08</v>
+        <v>29.5</v>
       </c>
       <c r="D90" s="6" t="s">
         <v>181</v>
-      </c>
-[...68 lines deleted...]
-        <v>191</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="B1" r:id="rId_hyperlink_1"/>
     <hyperlink ref="D4" r:id="rId_hyperlink_2"/>
     <hyperlink ref="D5" r:id="rId_hyperlink_3"/>
     <hyperlink ref="D6" r:id="rId_hyperlink_4"/>
     <hyperlink ref="D7" r:id="rId_hyperlink_5"/>
     <hyperlink ref="D8" r:id="rId_hyperlink_6"/>
     <hyperlink ref="D9" r:id="rId_hyperlink_7"/>
     <hyperlink ref="D10" r:id="rId_hyperlink_8"/>
     <hyperlink ref="D11" r:id="rId_hyperlink_9"/>
     <hyperlink ref="D12" r:id="rId_hyperlink_10"/>
     <hyperlink ref="D13" r:id="rId_hyperlink_11"/>
     <hyperlink ref="D14" r:id="rId_hyperlink_12"/>
     <hyperlink ref="D15" r:id="rId_hyperlink_13"/>
     <hyperlink ref="D16" r:id="rId_hyperlink_14"/>
     <hyperlink ref="D17" r:id="rId_hyperlink_15"/>
     <hyperlink ref="D18" r:id="rId_hyperlink_16"/>
     <hyperlink ref="D19" r:id="rId_hyperlink_17"/>
     <hyperlink ref="D20" r:id="rId_hyperlink_18"/>
     <hyperlink ref="D21" r:id="rId_hyperlink_19"/>
     <hyperlink ref="D22" r:id="rId_hyperlink_20"/>
     <hyperlink ref="D23" r:id="rId_hyperlink_21"/>
@@ -2390,55 +2290,50 @@
     <hyperlink ref="D66" r:id="rId_hyperlink_64"/>
     <hyperlink ref="D67" r:id="rId_hyperlink_65"/>
     <hyperlink ref="D68" r:id="rId_hyperlink_66"/>
     <hyperlink ref="D69" r:id="rId_hyperlink_67"/>
     <hyperlink ref="D70" r:id="rId_hyperlink_68"/>
     <hyperlink ref="D71" r:id="rId_hyperlink_69"/>
     <hyperlink ref="D72" r:id="rId_hyperlink_70"/>
     <hyperlink ref="D73" r:id="rId_hyperlink_71"/>
     <hyperlink ref="D74" r:id="rId_hyperlink_72"/>
     <hyperlink ref="D75" r:id="rId_hyperlink_73"/>
     <hyperlink ref="D76" r:id="rId_hyperlink_74"/>
     <hyperlink ref="D77" r:id="rId_hyperlink_75"/>
     <hyperlink ref="D78" r:id="rId_hyperlink_76"/>
     <hyperlink ref="D79" r:id="rId_hyperlink_77"/>
     <hyperlink ref="D80" r:id="rId_hyperlink_78"/>
     <hyperlink ref="D81" r:id="rId_hyperlink_79"/>
     <hyperlink ref="D82" r:id="rId_hyperlink_80"/>
     <hyperlink ref="D83" r:id="rId_hyperlink_81"/>
     <hyperlink ref="D84" r:id="rId_hyperlink_82"/>
     <hyperlink ref="D85" r:id="rId_hyperlink_83"/>
     <hyperlink ref="D86" r:id="rId_hyperlink_84"/>
     <hyperlink ref="D87" r:id="rId_hyperlink_85"/>
     <hyperlink ref="D88" r:id="rId_hyperlink_86"/>
     <hyperlink ref="D89" r:id="rId_hyperlink_87"/>
     <hyperlink ref="D90" r:id="rId_hyperlink_88"/>
-    <hyperlink ref="D91" r:id="rId_hyperlink_89"/>
-[...3 lines deleted...]
-    <hyperlink ref="D95" r:id="rId_hyperlink_93"/>
   </hyperlinks>
   <printOptions gridLines="true" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="0" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader>&amp;C&amp;H&amp;F &amp;RPage &amp;P of &amp;N</oddHeader>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>