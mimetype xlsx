--- v1 (2026-01-08)
+++ v2 (2026-03-09)
@@ -14,74 +14,92 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">'Worksheet'!$1:$1</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="182">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="184">
   <si>
     <t>Product Code</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Unit Price</t>
   </si>
   <si>
     <t>Product Page</t>
   </si>
   <si>
     <t>URL:</t>
   </si>
   <si>
     <t>https://www.sunrom.com/c/embedded-solutions?page=6&amp;per-page=24</t>
   </si>
   <si>
     <t>Date:</t>
   </si>
   <si>
-    <t>08-Jan-2026 20:04:14</t>
+    <t>10-Mar-2026 01:42:24</t>
+  </si>
+  <si>
+    <t>Auto-Power-On Module for Desktop PCs and Servers</t>
+  </si>
+  <si>
+    <t>https://www.sunrom.com/m/8109</t>
+  </si>
+  <si>
+    <t>ESP32-C3 Mini WiFi+Bluetooth Development Board - Blue Board - White PCB Antenna and IPX for External Antenna</t>
+  </si>
+  <si>
+    <t>https://www.sunrom.com/m/8111</t>
+  </si>
+  <si>
+    <t>ESP32-C3 SuperMini WiFi+Bluetooth Development Board - Black Board - Red PCB Ant</t>
+  </si>
+  <si>
+    <t>https://www.sunrom.com/m/8110</t>
   </si>
   <si>
     <t>USB-TTL UART Module CP2102</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7418</t>
   </si>
   <si>
     <t>USB-TTL UART Cable CP2102</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7419</t>
   </si>
   <si>
     <t>CH340G USB to RS232 TTL module</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7420</t>
   </si>
   <si>
     <t>Blood Pressure Monitor without external Interface</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/4280</t>
   </si>
@@ -388,105 +406,99 @@
   <si>
     <t>A3144 TO-92 - Hall Effect Switch</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/4554</t>
   </si>
   <si>
     <t>Socket for MQ Series Gas Sensor</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/4598</t>
   </si>
   <si>
     <t>Optical Slot Sensor</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/4592</t>
   </si>
   <si>
     <t>LPG Gas Sensor MQ2</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/4596</t>
   </si>
   <si>
-    <t>Carbon Monoxide(CO) Gas Sensor MQ7</t>
-[...4 lines deleted...]
-  <si>
     <t>Combustible gas + CO Gas Sensor MQ9</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/4601</t>
   </si>
   <si>
     <t>Light Sensing Module - LDR</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/4589</t>
   </si>
   <si>
     <t>Fire Flame Sensor Module</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/4591</t>
   </si>
   <si>
     <t>STM32F103RBT6 Dev Board</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/4059</t>
   </si>
   <si>
     <t>SS49E - Hall Sensor - Linear Analog</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/4076</t>
   </si>
   <si>
     <t>BPW34</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/4146</t>
   </si>
   <si>
     <t>ST-Link V2</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/4497</t>
   </si>
   <si>
     <t>RF Module, 2.4Ghz, nRF24L01+</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/3960</t>
   </si>
   <si>
-    <t>Ultravoilet(UV) Light Radiation Sensor</t>
+    <t>Ultraviolet(UV) Light Radiation Sensor</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/4486</t>
   </si>
   <si>
     <t>TSOP1838</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/4471</t>
   </si>
   <si>
     <t>Blood Pressure Sensor - Serial output</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/1437</t>
   </si>
   <si>
     <t>Serial Data Logger to USB Pen Drive</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/1322</t>
   </si>
   <si>
     <t>Serial UART to USB Pen Drive</t>
   </si>
@@ -500,56 +512,50 @@
     <t>https://www.sunrom.com/m/1305</t>
   </si>
   <si>
     <t>USB Mouse Decoder - Serial Output</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/1278</t>
   </si>
   <si>
     <t>Current Sensor 20A - ACS712</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/1325</t>
   </si>
   <si>
     <t>Digital Temperature Sensor Probe, Waterproof, DS18B20</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/3902</t>
   </si>
   <si>
     <t>Infrared Photodiode 5mm - Everlight PD333-3B Black</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/6390</t>
-  </si>
-[...4 lines deleted...]
-    <t>https://www.sunrom.com/m/3836</t>
   </si>
   <si>
     <t>Infrared LED 5mm - Everlight IR333-3C Clear</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/3002</t>
   </si>
   <si>
     <t>10K NTC</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/3419</t>
   </si>
   <si>
     <t>DS18B20</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/3437</t>
   </si>
   <si>
     <t>Phototransistor 5mm - Everlight PT333-3C Clear</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/3533</t>
   </si>
@@ -929,1319 +935,1333 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/c/embedded-solutions?page=6&amp;per-page=24" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7418" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7419" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7420" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4280" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7088" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4378" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/3901" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6192" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6176" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6178" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6182" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6183" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6184" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4431" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6177" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5859" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5862" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5857" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5946" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4306" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5593" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5382" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5381" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4481" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5537" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4703" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5533" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5524" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5525" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5530" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5466" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5467" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4176" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/3776" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5349" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/1455" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/1454" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/1443" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5238" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5473" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4981" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4073" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/3962" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/1427" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/1435" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/1434" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/1430" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4832" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4761" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4727" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4722" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4691" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4731" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4632" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4554" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4598" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4592" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4596" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4597" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4601" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4589" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4591" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4059" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4076" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4146" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4497" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/3960" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4486" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4471" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/1437" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/1322" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/1307" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/1305" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/1278" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/1325" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/3902" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6390" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/3836" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/3002" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/3419" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/3437" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/3533" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/3617" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/3679" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/3730" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7244" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4016" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/c/embedded-solutions?page=6&amp;per-page=24" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/8109" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/8111" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/8110" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7418" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7419" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7420" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4280" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7088" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4378" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/3901" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6192" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6176" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6178" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6182" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6183" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6184" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4431" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6177" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5859" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5862" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5857" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5946" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4306" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5593" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5382" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5381" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4481" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5537" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4703" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5533" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5524" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5525" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5530" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5466" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5467" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4176" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/3776" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5349" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/1455" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/1454" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/1443" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5238" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5473" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4981" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4073" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/3962" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/1427" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/1435" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/1434" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/1430" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4832" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4761" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4727" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4722" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4691" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4731" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4632" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4554" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4598" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4592" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4596" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4601" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4589" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4591" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4059" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4076" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4146" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4497" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/3960" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4486" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4471" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/1437" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/1322" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/1307" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/1305" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/1278" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/1325" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/3902" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6390" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/3002" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/3419" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/3437" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/3533" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/3617" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/3679" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/3730" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7244" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4016" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:D90"/>
+  <dimension ref="A1:D91"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="D90" sqref="D90"/>
+      <selection activeCell="D91" sqref="D91"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="13" customWidth="true" style="3"/>
     <col min="2" max="2" width="60" customWidth="true" style="0"/>
     <col min="3" max="3" width="12" customWidth="true" style="5"/>
     <col min="4" max="4" width="28" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="3" t="s">
         <v>4</v>
       </c>
       <c r="B1" s="6" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="3" t="s">
         <v>6</v>
       </c>
       <c r="B2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B3" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C3" s="4" t="s">
         <v>2</v>
       </c>
       <c r="D3" s="1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" s="3">
-        <v>7418</v>
+        <v>8109</v>
       </c>
       <c r="B4" t="s">
         <v>8</v>
       </c>
       <c r="C4" s="5">
-        <v>325.0</v>
+        <v>475.0</v>
       </c>
       <c r="D4" s="6" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" s="3">
-        <v>7419</v>
+        <v>8111</v>
       </c>
       <c r="B5" t="s">
         <v>10</v>
       </c>
       <c r="C5" s="5">
-        <v>375.0</v>
+        <v>345.0</v>
       </c>
       <c r="D5" s="6" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" s="3">
-        <v>7420</v>
+        <v>8110</v>
       </c>
       <c r="B6" t="s">
         <v>12</v>
       </c>
       <c r="C6" s="5">
-        <v>95.0</v>
+        <v>299.0</v>
       </c>
       <c r="D6" s="6" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" s="3">
-        <v>4280</v>
+        <v>7418</v>
       </c>
       <c r="B7" t="s">
         <v>14</v>
       </c>
       <c r="C7" s="5">
-        <v>850.0</v>
+        <v>325.0</v>
       </c>
       <c r="D7" s="6" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" s="3">
-        <v>7088</v>
+        <v>7419</v>
       </c>
       <c r="B8" t="s">
         <v>16</v>
       </c>
       <c r="C8" s="5">
-        <v>1935.0</v>
+        <v>375.0</v>
       </c>
       <c r="D8" s="6" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" s="3">
-        <v>4378</v>
+        <v>7420</v>
       </c>
       <c r="B9" t="s">
         <v>18</v>
       </c>
       <c r="C9" s="5">
-        <v>175.0</v>
+        <v>95.0</v>
       </c>
       <c r="D9" s="6" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" s="3">
-        <v>3901</v>
+        <v>4280</v>
       </c>
       <c r="B10" t="s">
         <v>20</v>
       </c>
       <c r="C10" s="5">
-        <v>120.0</v>
+        <v>850.0</v>
       </c>
       <c r="D10" s="6" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" s="3">
-        <v>6192</v>
+        <v>7088</v>
       </c>
       <c r="B11" t="s">
         <v>22</v>
       </c>
       <c r="C11" s="5">
-        <v>425.0</v>
+        <v>1935.0</v>
       </c>
       <c r="D11" s="6" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" s="3">
-        <v>6176</v>
+        <v>4378</v>
       </c>
       <c r="B12" t="s">
         <v>24</v>
       </c>
       <c r="C12" s="5">
-        <v>2500.0</v>
+        <v>175.0</v>
       </c>
       <c r="D12" s="6" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" s="3">
-        <v>6178</v>
+        <v>3901</v>
       </c>
       <c r="B13" t="s">
         <v>26</v>
       </c>
       <c r="C13" s="5">
-        <v>77.0</v>
+        <v>120.0</v>
       </c>
       <c r="D13" s="6" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" s="3">
-        <v>6182</v>
+        <v>6192</v>
       </c>
       <c r="B14" t="s">
         <v>28</v>
       </c>
       <c r="C14" s="5">
-        <v>235.0</v>
+        <v>425.0</v>
       </c>
       <c r="D14" s="6" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" s="3">
-        <v>6183</v>
+        <v>6176</v>
       </c>
       <c r="B15" t="s">
         <v>30</v>
       </c>
       <c r="C15" s="5">
-        <v>349.0</v>
+        <v>2500.0</v>
       </c>
       <c r="D15" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" s="3">
-        <v>6184</v>
+        <v>6178</v>
       </c>
       <c r="B16" t="s">
         <v>32</v>
       </c>
       <c r="C16" s="5">
-        <v>89.0</v>
+        <v>77.0</v>
       </c>
       <c r="D16" s="6" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" s="3">
-        <v>4431</v>
+        <v>6182</v>
       </c>
       <c r="B17" t="s">
         <v>34</v>
       </c>
       <c r="C17" s="5">
-        <v>30.0</v>
+        <v>235.0</v>
       </c>
       <c r="D17" s="6" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" s="3">
-        <v>6177</v>
+        <v>6183</v>
       </c>
       <c r="B18" t="s">
         <v>36</v>
       </c>
       <c r="C18" s="5">
-        <v>2700.0</v>
+        <v>525.0</v>
       </c>
       <c r="D18" s="6" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" s="3">
-        <v>5859</v>
+        <v>6184</v>
       </c>
       <c r="B19" t="s">
         <v>38</v>
       </c>
       <c r="C19" s="5">
-        <v>11.8</v>
+        <v>45.0</v>
       </c>
       <c r="D19" s="6" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" s="3">
-        <v>5862</v>
+        <v>4431</v>
       </c>
       <c r="B20" t="s">
         <v>40</v>
       </c>
       <c r="C20" s="5">
-        <v>12.0</v>
+        <v>30.0</v>
       </c>
       <c r="D20" s="6" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" s="3">
-        <v>5857</v>
+        <v>6177</v>
       </c>
       <c r="B21" t="s">
         <v>42</v>
       </c>
       <c r="C21" s="5">
-        <v>14.16</v>
+        <v>2700.0</v>
       </c>
       <c r="D21" s="6" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" s="3">
-        <v>5946</v>
+        <v>5859</v>
       </c>
       <c r="B22" t="s">
         <v>44</v>
       </c>
       <c r="C22" s="5">
-        <v>120.0</v>
+        <v>11.8</v>
       </c>
       <c r="D22" s="6" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" s="3">
-        <v>4306</v>
+        <v>5862</v>
       </c>
       <c r="B23" t="s">
         <v>46</v>
       </c>
       <c r="C23" s="5">
-        <v>725.0</v>
+        <v>12.0</v>
       </c>
       <c r="D23" s="6" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" s="3">
-        <v>5593</v>
+        <v>5857</v>
       </c>
       <c r="B24" t="s">
         <v>48</v>
       </c>
       <c r="C24" s="5">
-        <v>9.25</v>
+        <v>14.16</v>
       </c>
       <c r="D24" s="6" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" s="3">
-        <v>5382</v>
+        <v>5946</v>
       </c>
       <c r="B25" t="s">
         <v>50</v>
       </c>
       <c r="C25" s="5">
-        <v>2550.0</v>
+        <v>120.0</v>
       </c>
       <c r="D25" s="6" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" s="3">
-        <v>5381</v>
+        <v>4306</v>
       </c>
       <c r="B26" t="s">
         <v>52</v>
       </c>
       <c r="C26" s="5">
-        <v>320.0</v>
+        <v>725.0</v>
       </c>
       <c r="D26" s="6" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" s="3">
-        <v>4481</v>
+        <v>5593</v>
       </c>
       <c r="B27" t="s">
         <v>54</v>
       </c>
       <c r="C27" s="5">
-        <v>125.0</v>
+        <v>9.25</v>
       </c>
       <c r="D27" s="6" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" s="3">
-        <v>5537</v>
+        <v>5382</v>
       </c>
       <c r="B28" t="s">
         <v>56</v>
       </c>
       <c r="C28" s="5">
-        <v>48.0</v>
+        <v>2550.0</v>
       </c>
       <c r="D28" s="6" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" s="3">
-        <v>4703</v>
+        <v>5381</v>
       </c>
       <c r="B29" t="s">
         <v>58</v>
       </c>
       <c r="C29" s="5">
-        <v>135.0</v>
+        <v>320.0</v>
       </c>
       <c r="D29" s="6" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" s="3">
-        <v>5533</v>
+        <v>4481</v>
       </c>
       <c r="B30" t="s">
         <v>60</v>
       </c>
       <c r="C30" s="5">
-        <v>12.0</v>
+        <v>125.0</v>
       </c>
       <c r="D30" s="6" t="s">
         <v>61</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" s="3">
-        <v>5524</v>
+        <v>5537</v>
       </c>
       <c r="B31" t="s">
         <v>62</v>
       </c>
       <c r="C31" s="5">
-        <v>31.0</v>
+        <v>48.0</v>
       </c>
       <c r="D31" s="6" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" s="3">
-        <v>5525</v>
+        <v>4703</v>
       </c>
       <c r="B32" t="s">
         <v>64</v>
       </c>
       <c r="C32" s="5">
-        <v>7.25</v>
+        <v>135.0</v>
       </c>
       <c r="D32" s="6" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" s="3">
-        <v>5530</v>
+        <v>5533</v>
       </c>
       <c r="B33" t="s">
         <v>66</v>
       </c>
       <c r="C33" s="5">
-        <v>325.0</v>
+        <v>12.0</v>
       </c>
       <c r="D33" s="6" t="s">
         <v>67</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" s="3">
-        <v>5466</v>
+        <v>5524</v>
       </c>
       <c r="B34" t="s">
         <v>68</v>
       </c>
       <c r="C34" s="5">
-        <v>175.0</v>
+        <v>31.0</v>
       </c>
       <c r="D34" s="6" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" s="3">
-        <v>5467</v>
+        <v>5525</v>
       </c>
       <c r="B35" t="s">
         <v>70</v>
       </c>
       <c r="C35" s="5">
-        <v>22.0</v>
+        <v>7.25</v>
       </c>
       <c r="D35" s="6" t="s">
         <v>71</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" s="3">
-        <v>4176</v>
+        <v>5530</v>
       </c>
       <c r="B36" t="s">
         <v>72</v>
       </c>
       <c r="C36" s="5">
-        <v>125.0</v>
+        <v>325.0</v>
       </c>
       <c r="D36" s="6" t="s">
         <v>73</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" s="3">
-        <v>3776</v>
+        <v>5466</v>
       </c>
       <c r="B37" t="s">
         <v>74</v>
       </c>
       <c r="C37" s="5">
         <v>175.0</v>
       </c>
       <c r="D37" s="6" t="s">
         <v>75</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" s="3">
-        <v>5349</v>
+        <v>5467</v>
       </c>
       <c r="B38" t="s">
         <v>76</v>
       </c>
       <c r="C38" s="5">
-        <v>475.0</v>
+        <v>22.0</v>
       </c>
       <c r="D38" s="6" t="s">
         <v>77</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" s="3">
-        <v>1455</v>
+        <v>4176</v>
       </c>
       <c r="B39" t="s">
         <v>78</v>
       </c>
       <c r="C39" s="5">
-        <v>1150.0</v>
+        <v>125.0</v>
       </c>
       <c r="D39" s="6" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" s="3">
-        <v>1454</v>
+        <v>3776</v>
       </c>
       <c r="B40" t="s">
         <v>80</v>
       </c>
       <c r="C40" s="5">
-        <v>1050.0</v>
+        <v>175.0</v>
       </c>
       <c r="D40" s="6" t="s">
         <v>81</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" s="3">
-        <v>1443</v>
+        <v>5349</v>
       </c>
       <c r="B41" t="s">
         <v>82</v>
       </c>
       <c r="C41" s="5">
-        <v>531.0</v>
+        <v>475.0</v>
       </c>
       <c r="D41" s="6" t="s">
         <v>83</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" s="3">
-        <v>5238</v>
+        <v>1455</v>
       </c>
       <c r="B42" t="s">
         <v>84</v>
       </c>
       <c r="C42" s="5">
-        <v>395.0</v>
+        <v>1150.0</v>
       </c>
       <c r="D42" s="6" t="s">
         <v>85</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" s="3">
-        <v>5473</v>
+        <v>1454</v>
       </c>
       <c r="B43" t="s">
         <v>86</v>
       </c>
       <c r="C43" s="5">
-        <v>11.8</v>
+        <v>1050.0</v>
       </c>
       <c r="D43" s="6" t="s">
         <v>87</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" s="3">
-        <v>4981</v>
+        <v>1443</v>
       </c>
       <c r="B44" t="s">
         <v>88</v>
       </c>
       <c r="C44" s="5">
-        <v>25.96</v>
+        <v>531.0</v>
       </c>
       <c r="D44" s="6" t="s">
         <v>89</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" s="3">
-        <v>4073</v>
+        <v>5238</v>
       </c>
       <c r="B45" t="s">
         <v>90</v>
       </c>
       <c r="C45" s="5">
-        <v>25.0</v>
+        <v>395.0</v>
       </c>
       <c r="D45" s="6" t="s">
         <v>91</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" s="3">
-        <v>3962</v>
+        <v>5473</v>
       </c>
       <c r="B46" t="s">
         <v>92</v>
       </c>
       <c r="C46" s="5">
-        <v>125.0</v>
+        <v>11.8</v>
       </c>
       <c r="D46" s="6" t="s">
         <v>93</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" s="3">
-        <v>1427</v>
+        <v>4981</v>
       </c>
       <c r="B47" t="s">
         <v>94</v>
       </c>
       <c r="C47" s="5">
-        <v>1180.0</v>
+        <v>25.96</v>
       </c>
       <c r="D47" s="6" t="s">
         <v>95</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" s="3">
-        <v>1435</v>
+        <v>4073</v>
       </c>
       <c r="B48" t="s">
         <v>96</v>
       </c>
       <c r="C48" s="5">
-        <v>1650.0</v>
+        <v>25.0</v>
       </c>
       <c r="D48" s="6" t="s">
         <v>97</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" s="3">
-        <v>1434</v>
+        <v>3962</v>
       </c>
       <c r="B49" t="s">
         <v>98</v>
       </c>
       <c r="C49" s="5">
-        <v>1650.0</v>
+        <v>125.0</v>
       </c>
       <c r="D49" s="6" t="s">
         <v>99</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" s="3">
-        <v>1430</v>
+        <v>1427</v>
       </c>
       <c r="B50" t="s">
         <v>100</v>
       </c>
       <c r="C50" s="5">
-        <v>1650.0</v>
+        <v>1180.0</v>
       </c>
       <c r="D50" s="6" t="s">
         <v>101</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" s="3">
-        <v>4832</v>
+        <v>1435</v>
       </c>
       <c r="B51" t="s">
         <v>102</v>
       </c>
       <c r="C51" s="5">
-        <v>125.0</v>
+        <v>1650.0</v>
       </c>
       <c r="D51" s="6" t="s">
         <v>103</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" s="3">
-        <v>4761</v>
+        <v>1434</v>
       </c>
       <c r="B52" t="s">
         <v>104</v>
       </c>
       <c r="C52" s="5">
-        <v>1475.0</v>
+        <v>1650.0</v>
       </c>
       <c r="D52" s="6" t="s">
         <v>105</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" s="3">
-        <v>4727</v>
+        <v>1430</v>
       </c>
       <c r="B53" t="s">
         <v>106</v>
       </c>
       <c r="C53" s="5">
-        <v>207.0</v>
+        <v>1650.0</v>
       </c>
       <c r="D53" s="6" t="s">
         <v>107</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" s="3">
-        <v>4722</v>
+        <v>4832</v>
       </c>
       <c r="B54" t="s">
         <v>108</v>
       </c>
       <c r="C54" s="5">
-        <v>85.0</v>
+        <v>125.0</v>
       </c>
       <c r="D54" s="6" t="s">
         <v>109</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" s="3">
-        <v>4691</v>
+        <v>4761</v>
       </c>
       <c r="B55" t="s">
         <v>110</v>
       </c>
       <c r="C55" s="5">
-        <v>53.0</v>
+        <v>1475.0</v>
       </c>
       <c r="D55" s="6" t="s">
         <v>111</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" s="3">
-        <v>4731</v>
+        <v>4727</v>
       </c>
       <c r="B56" t="s">
         <v>112</v>
       </c>
       <c r="C56" s="5">
-        <v>425.0</v>
+        <v>207.0</v>
       </c>
       <c r="D56" s="6" t="s">
         <v>113</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" s="3">
-        <v>4632</v>
+        <v>4722</v>
       </c>
       <c r="B57" t="s">
         <v>114</v>
       </c>
       <c r="C57" s="5">
-        <v>354.0</v>
+        <v>85.0</v>
       </c>
       <c r="D57" s="6" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" s="3">
-        <v>4554</v>
+        <v>4691</v>
       </c>
       <c r="B58" t="s">
         <v>116</v>
       </c>
       <c r="C58" s="5">
-        <v>41.3</v>
+        <v>53.0</v>
       </c>
       <c r="D58" s="6" t="s">
         <v>117</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" s="3">
-        <v>4598</v>
+        <v>4731</v>
       </c>
       <c r="B59" t="s">
         <v>118</v>
       </c>
       <c r="C59" s="5">
-        <v>41.3</v>
+        <v>425.0</v>
       </c>
       <c r="D59" s="6" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" s="3">
-        <v>4592</v>
+        <v>4632</v>
       </c>
       <c r="B60" t="s">
         <v>120</v>
       </c>
       <c r="C60" s="5">
-        <v>207.0</v>
+        <v>354.0</v>
       </c>
       <c r="D60" s="6" t="s">
         <v>121</v>
       </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" s="3">
-        <v>4596</v>
+        <v>4554</v>
       </c>
       <c r="B61" t="s">
         <v>122</v>
       </c>
       <c r="C61" s="5">
-        <v>125.0</v>
+        <v>41.3</v>
       </c>
       <c r="D61" s="6" t="s">
         <v>123</v>
       </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" s="3">
-        <v>4597</v>
+        <v>4598</v>
       </c>
       <c r="B62" t="s">
         <v>124</v>
       </c>
       <c r="C62" s="5">
-        <v>125.0</v>
+        <v>41.3</v>
       </c>
       <c r="D62" s="6" t="s">
         <v>125</v>
       </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63" s="3">
-        <v>4601</v>
+        <v>4592</v>
       </c>
       <c r="B63" t="s">
         <v>126</v>
       </c>
       <c r="C63" s="5">
-        <v>125.0</v>
+        <v>207.0</v>
       </c>
       <c r="D63" s="6" t="s">
         <v>127</v>
       </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64" s="3">
-        <v>4589</v>
+        <v>4596</v>
       </c>
       <c r="B64" t="s">
         <v>128</v>
       </c>
       <c r="C64" s="5">
-        <v>99.0</v>
+        <v>125.0</v>
       </c>
       <c r="D64" s="6" t="s">
         <v>129</v>
       </c>
     </row>
     <row r="65" spans="1:4">
       <c r="A65" s="3">
-        <v>4591</v>
+        <v>4601</v>
       </c>
       <c r="B65" t="s">
         <v>130</v>
       </c>
       <c r="C65" s="5">
-        <v>35.0</v>
+        <v>125.0</v>
       </c>
       <c r="D65" s="6" t="s">
         <v>131</v>
       </c>
     </row>
     <row r="66" spans="1:4">
       <c r="A66" s="3">
-        <v>4059</v>
+        <v>4589</v>
       </c>
       <c r="B66" t="s">
         <v>132</v>
       </c>
       <c r="C66" s="5">
-        <v>1475.0</v>
+        <v>99.0</v>
       </c>
       <c r="D66" s="6" t="s">
         <v>133</v>
       </c>
     </row>
     <row r="67" spans="1:4">
       <c r="A67" s="3">
-        <v>4076</v>
+        <v>4591</v>
       </c>
       <c r="B67" t="s">
         <v>134</v>
       </c>
       <c r="C67" s="5">
-        <v>44.84</v>
+        <v>35.0</v>
       </c>
       <c r="D67" s="6" t="s">
         <v>135</v>
       </c>
     </row>
     <row r="68" spans="1:4">
       <c r="A68" s="3">
-        <v>4146</v>
+        <v>4059</v>
       </c>
       <c r="B68" t="s">
         <v>136</v>
       </c>
       <c r="C68" s="5">
-        <v>80.0</v>
+        <v>1475.0</v>
       </c>
       <c r="D68" s="6" t="s">
         <v>137</v>
       </c>
     </row>
     <row r="69" spans="1:4">
       <c r="A69" s="3">
-        <v>4497</v>
+        <v>4076</v>
       </c>
       <c r="B69" t="s">
         <v>138</v>
       </c>
       <c r="C69" s="5">
-        <v>825.0</v>
+        <v>44.84</v>
       </c>
       <c r="D69" s="6" t="s">
         <v>139</v>
       </c>
     </row>
     <row r="70" spans="1:4">
       <c r="A70" s="3">
-        <v>3960</v>
+        <v>4146</v>
       </c>
       <c r="B70" t="s">
         <v>140</v>
       </c>
       <c r="C70" s="5">
-        <v>75.0</v>
+        <v>80.0</v>
       </c>
       <c r="D70" s="6" t="s">
         <v>141</v>
       </c>
     </row>
     <row r="71" spans="1:4">
       <c r="A71" s="3">
-        <v>4486</v>
+        <v>4497</v>
       </c>
       <c r="B71" t="s">
         <v>142</v>
       </c>
       <c r="C71" s="5">
-        <v>525.0</v>
+        <v>825.0</v>
       </c>
       <c r="D71" s="6" t="s">
         <v>143</v>
       </c>
     </row>
     <row r="72" spans="1:4">
       <c r="A72" s="3">
-        <v>4471</v>
+        <v>3960</v>
       </c>
       <c r="B72" t="s">
         <v>144</v>
       </c>
       <c r="C72" s="5">
-        <v>16.0</v>
+        <v>75.0</v>
       </c>
       <c r="D72" s="6" t="s">
         <v>145</v>
       </c>
     </row>
     <row r="73" spans="1:4">
       <c r="A73" s="3">
-        <v>1437</v>
+        <v>4486</v>
       </c>
       <c r="B73" t="s">
         <v>146</v>
       </c>
       <c r="C73" s="5">
-        <v>3009.0</v>
+        <v>525.0</v>
       </c>
       <c r="D73" s="6" t="s">
         <v>147</v>
       </c>
     </row>
     <row r="74" spans="1:4">
       <c r="A74" s="3">
-        <v>1322</v>
+        <v>4471</v>
       </c>
       <c r="B74" t="s">
         <v>148</v>
       </c>
       <c r="C74" s="5">
-        <v>1650.0</v>
+        <v>16.0</v>
       </c>
       <c r="D74" s="6" t="s">
         <v>149</v>
       </c>
     </row>
     <row r="75" spans="1:4">
       <c r="A75" s="3">
-        <v>1307</v>
+        <v>1437</v>
       </c>
       <c r="B75" t="s">
         <v>150</v>
       </c>
       <c r="C75" s="5">
-        <v>1650.0</v>
+        <v>3009.0</v>
       </c>
       <c r="D75" s="6" t="s">
         <v>151</v>
       </c>
     </row>
     <row r="76" spans="1:4">
       <c r="A76" s="3">
-        <v>1305</v>
+        <v>1322</v>
       </c>
       <c r="B76" t="s">
         <v>152</v>
       </c>
       <c r="C76" s="5">
-        <v>1500.0</v>
+        <v>1650.0</v>
       </c>
       <c r="D76" s="6" t="s">
         <v>153</v>
       </c>
     </row>
     <row r="77" spans="1:4">
       <c r="A77" s="3">
-        <v>1278</v>
+        <v>1307</v>
       </c>
       <c r="B77" t="s">
         <v>154</v>
       </c>
       <c r="C77" s="5">
-        <v>1500.0</v>
+        <v>1650.0</v>
       </c>
       <c r="D77" s="6" t="s">
         <v>155</v>
       </c>
     </row>
     <row r="78" spans="1:4">
       <c r="A78" s="3">
-        <v>1325</v>
+        <v>1305</v>
       </c>
       <c r="B78" t="s">
         <v>156</v>
       </c>
       <c r="C78" s="5">
-        <v>185.0</v>
+        <v>1500.0</v>
       </c>
       <c r="D78" s="6" t="s">
         <v>157</v>
       </c>
     </row>
     <row r="79" spans="1:4">
       <c r="A79" s="3">
-        <v>3902</v>
+        <v>1278</v>
       </c>
       <c r="B79" t="s">
         <v>158</v>
       </c>
       <c r="C79" s="5">
-        <v>275.0</v>
+        <v>1500.0</v>
       </c>
       <c r="D79" s="6" t="s">
         <v>159</v>
       </c>
     </row>
     <row r="80" spans="1:4">
       <c r="A80" s="3">
-        <v>6390</v>
+        <v>1325</v>
       </c>
       <c r="B80" t="s">
         <v>160</v>
       </c>
       <c r="C80" s="5">
-        <v>6.5</v>
+        <v>185.0</v>
       </c>
       <c r="D80" s="6" t="s">
         <v>161</v>
       </c>
     </row>
     <row r="81" spans="1:4">
       <c r="A81" s="3">
-        <v>3836</v>
+        <v>3902</v>
       </c>
       <c r="B81" t="s">
         <v>162</v>
       </c>
       <c r="C81" s="5">
-        <v>42.0</v>
+        <v>275.0</v>
       </c>
       <c r="D81" s="6" t="s">
         <v>163</v>
       </c>
     </row>
     <row r="82" spans="1:4">
       <c r="A82" s="3">
-        <v>3002</v>
+        <v>6390</v>
       </c>
       <c r="B82" t="s">
         <v>164</v>
       </c>
       <c r="C82" s="5">
-        <v>4.5</v>
+        <v>6.5</v>
       </c>
       <c r="D82" s="6" t="s">
         <v>165</v>
       </c>
     </row>
     <row r="83" spans="1:4">
       <c r="A83" s="3">
-        <v>3419</v>
+        <v>3002</v>
       </c>
       <c r="B83" t="s">
         <v>166</v>
       </c>
       <c r="C83" s="5">
-        <v>11.8</v>
+        <v>4.5</v>
       </c>
       <c r="D83" s="6" t="s">
         <v>167</v>
       </c>
     </row>
     <row r="84" spans="1:4">
       <c r="A84" s="3">
-        <v>3437</v>
+        <v>3419</v>
       </c>
       <c r="B84" t="s">
         <v>168</v>
       </c>
       <c r="C84" s="5">
-        <v>195.0</v>
+        <v>11.8</v>
       </c>
       <c r="D84" s="6" t="s">
         <v>169</v>
       </c>
     </row>
     <row r="85" spans="1:4">
       <c r="A85" s="3">
-        <v>3533</v>
+        <v>3437</v>
       </c>
       <c r="B85" t="s">
         <v>170</v>
       </c>
       <c r="C85" s="5">
-        <v>7.08</v>
+        <v>195.0</v>
       </c>
       <c r="D85" s="6" t="s">
         <v>171</v>
       </c>
     </row>
     <row r="86" spans="1:4">
       <c r="A86" s="3">
-        <v>3617</v>
+        <v>3533</v>
       </c>
       <c r="B86" t="s">
         <v>172</v>
       </c>
       <c r="C86" s="5">
-        <v>145.0</v>
+        <v>7.08</v>
       </c>
       <c r="D86" s="6" t="s">
         <v>173</v>
       </c>
     </row>
     <row r="87" spans="1:4">
       <c r="A87" s="3">
-        <v>3679</v>
+        <v>3617</v>
       </c>
       <c r="B87" t="s">
         <v>174</v>
       </c>
       <c r="C87" s="5">
-        <v>118.0</v>
+        <v>145.0</v>
       </c>
       <c r="D87" s="6" t="s">
         <v>175</v>
       </c>
     </row>
     <row r="88" spans="1:4">
       <c r="A88" s="3">
-        <v>3730</v>
+        <v>3679</v>
       </c>
       <c r="B88" t="s">
         <v>176</v>
       </c>
       <c r="C88" s="5">
-        <v>25.0</v>
+        <v>118.0</v>
       </c>
       <c r="D88" s="6" t="s">
         <v>177</v>
       </c>
     </row>
     <row r="89" spans="1:4">
       <c r="A89" s="3">
-        <v>7244</v>
+        <v>3730</v>
       </c>
       <c r="B89" t="s">
         <v>178</v>
       </c>
       <c r="C89" s="5">
-        <v>4.25</v>
+        <v>25.0</v>
       </c>
       <c r="D89" s="6" t="s">
         <v>179</v>
       </c>
     </row>
     <row r="90" spans="1:4">
       <c r="A90" s="3">
-        <v>4016</v>
+        <v>7244</v>
       </c>
       <c r="B90" t="s">
         <v>180</v>
       </c>
       <c r="C90" s="5">
-        <v>29.5</v>
+        <v>4.25</v>
       </c>
       <c r="D90" s="6" t="s">
         <v>181</v>
+      </c>
+    </row>
+    <row r="91" spans="1:4">
+      <c r="A91" s="3">
+        <v>4016</v>
+      </c>
+      <c r="B91" t="s">
+        <v>182</v>
+      </c>
+      <c r="C91" s="5">
+        <v>29.5</v>
+      </c>
+      <c r="D91" s="6" t="s">
+        <v>183</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="B1" r:id="rId_hyperlink_1"/>
     <hyperlink ref="D4" r:id="rId_hyperlink_2"/>
     <hyperlink ref="D5" r:id="rId_hyperlink_3"/>
     <hyperlink ref="D6" r:id="rId_hyperlink_4"/>
     <hyperlink ref="D7" r:id="rId_hyperlink_5"/>
     <hyperlink ref="D8" r:id="rId_hyperlink_6"/>
     <hyperlink ref="D9" r:id="rId_hyperlink_7"/>
     <hyperlink ref="D10" r:id="rId_hyperlink_8"/>
     <hyperlink ref="D11" r:id="rId_hyperlink_9"/>
     <hyperlink ref="D12" r:id="rId_hyperlink_10"/>
     <hyperlink ref="D13" r:id="rId_hyperlink_11"/>
     <hyperlink ref="D14" r:id="rId_hyperlink_12"/>
     <hyperlink ref="D15" r:id="rId_hyperlink_13"/>
     <hyperlink ref="D16" r:id="rId_hyperlink_14"/>
     <hyperlink ref="D17" r:id="rId_hyperlink_15"/>
     <hyperlink ref="D18" r:id="rId_hyperlink_16"/>
     <hyperlink ref="D19" r:id="rId_hyperlink_17"/>
     <hyperlink ref="D20" r:id="rId_hyperlink_18"/>
     <hyperlink ref="D21" r:id="rId_hyperlink_19"/>
     <hyperlink ref="D22" r:id="rId_hyperlink_20"/>
     <hyperlink ref="D23" r:id="rId_hyperlink_21"/>
@@ -2290,50 +2310,51 @@
     <hyperlink ref="D66" r:id="rId_hyperlink_64"/>
     <hyperlink ref="D67" r:id="rId_hyperlink_65"/>
     <hyperlink ref="D68" r:id="rId_hyperlink_66"/>
     <hyperlink ref="D69" r:id="rId_hyperlink_67"/>
     <hyperlink ref="D70" r:id="rId_hyperlink_68"/>
     <hyperlink ref="D71" r:id="rId_hyperlink_69"/>
     <hyperlink ref="D72" r:id="rId_hyperlink_70"/>
     <hyperlink ref="D73" r:id="rId_hyperlink_71"/>
     <hyperlink ref="D74" r:id="rId_hyperlink_72"/>
     <hyperlink ref="D75" r:id="rId_hyperlink_73"/>
     <hyperlink ref="D76" r:id="rId_hyperlink_74"/>
     <hyperlink ref="D77" r:id="rId_hyperlink_75"/>
     <hyperlink ref="D78" r:id="rId_hyperlink_76"/>
     <hyperlink ref="D79" r:id="rId_hyperlink_77"/>
     <hyperlink ref="D80" r:id="rId_hyperlink_78"/>
     <hyperlink ref="D81" r:id="rId_hyperlink_79"/>
     <hyperlink ref="D82" r:id="rId_hyperlink_80"/>
     <hyperlink ref="D83" r:id="rId_hyperlink_81"/>
     <hyperlink ref="D84" r:id="rId_hyperlink_82"/>
     <hyperlink ref="D85" r:id="rId_hyperlink_83"/>
     <hyperlink ref="D86" r:id="rId_hyperlink_84"/>
     <hyperlink ref="D87" r:id="rId_hyperlink_85"/>
     <hyperlink ref="D88" r:id="rId_hyperlink_86"/>
     <hyperlink ref="D89" r:id="rId_hyperlink_87"/>
     <hyperlink ref="D90" r:id="rId_hyperlink_88"/>
+    <hyperlink ref="D91" r:id="rId_hyperlink_89"/>
   </hyperlinks>
   <printOptions gridLines="true" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="0" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader>&amp;C&amp;H&amp;F &amp;RPage &amp;P of &amp;N</oddHeader>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>