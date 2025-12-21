--- v0 (2025-12-21)
+++ v1 (2025-12-21)
@@ -37,51 +37,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="20">
   <si>
     <t>Product Code</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Unit Price</t>
   </si>
   <si>
     <t>Product Page</t>
   </si>
   <si>
     <t>URL:</t>
   </si>
   <si>
     <t>https://www.sunrom.com/c/door-latch</t>
   </si>
   <si>
     <t>Date:</t>
   </si>
   <si>
-    <t>21-Dec-2025 20:47:07</t>
+    <t>21-Dec-2025 22:17:03</t>
   </si>
   <si>
     <t>Latch Spring Loaded</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7545</t>
   </si>
   <si>
     <t>Latch Spring Loaded Mini</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7546</t>
   </si>
   <si>
     <t>Black Spring Latch</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7543</t>
   </si>
   <si>
     <t>White Spring Latch</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7544</t>
   </si>