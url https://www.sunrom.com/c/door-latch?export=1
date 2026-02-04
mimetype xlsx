--- v1 (2025-12-21)
+++ v2 (2026-02-04)
@@ -37,51 +37,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="20">
   <si>
     <t>Product Code</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Unit Price</t>
   </si>
   <si>
     <t>Product Page</t>
   </si>
   <si>
     <t>URL:</t>
   </si>
   <si>
     <t>https://www.sunrom.com/c/door-latch</t>
   </si>
   <si>
     <t>Date:</t>
   </si>
   <si>
-    <t>21-Dec-2025 22:17:03</t>
+    <t>05-Feb-2026 00:15:48</t>
   </si>
   <si>
     <t>Latch Spring Loaded</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7545</t>
   </si>
   <si>
     <t>Latch Spring Loaded Mini</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7546</t>
   </si>
   <si>
     <t>Black Spring Latch</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7543</t>
   </si>
   <si>
     <t>White Spring Latch</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7544</t>
   </si>