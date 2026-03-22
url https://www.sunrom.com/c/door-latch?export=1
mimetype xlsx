--- v2 (2026-02-04)
+++ v3 (2026-03-22)
@@ -37,51 +37,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="20">
   <si>
     <t>Product Code</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Unit Price</t>
   </si>
   <si>
     <t>Product Page</t>
   </si>
   <si>
     <t>URL:</t>
   </si>
   <si>
     <t>https://www.sunrom.com/c/door-latch</t>
   </si>
   <si>
     <t>Date:</t>
   </si>
   <si>
-    <t>05-Feb-2026 00:15:48</t>
+    <t>22-Mar-2026 05:51:53</t>
   </si>
   <si>
     <t>Latch Spring Loaded</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7545</t>
   </si>
   <si>
     <t>Latch Spring Loaded Mini</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7546</t>
   </si>
   <si>
     <t>Black Spring Latch</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7543</t>
   </si>
   <si>
     <t>White Spring Latch</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7544</t>
   </si>