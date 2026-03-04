--- v0 (2026-01-08)
+++ v1 (2026-03-04)
@@ -37,51 +37,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="16">
   <si>
     <t>Product Code</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Unit Price</t>
   </si>
   <si>
     <t>Product Page</t>
   </si>
   <si>
     <t>URL:</t>
   </si>
   <si>
     <t>https://www.sunrom.com/c/displays</t>
   </si>
   <si>
     <t>Date:</t>
   </si>
   <si>
-    <t>08-Jan-2026 19:41:51</t>
+    <t>04-Mar-2026 07:17:08</t>
   </si>
   <si>
     <t>7 Segment LED Display CA, Red, Common Anode (Plus)</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/4113</t>
   </si>
   <si>
     <t>7 Segment LED Display CC, Red, Common Cathode (Minus)</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/4258</t>
   </si>
   <si>
     <t>Green 16x2 LCD Display 5V</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/6503</t>
   </si>
   <si>
     <t>OLED Display Board 0.96" 128x64 White I2C - 4 Pins - SSD1306</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/5535</t>
   </si>