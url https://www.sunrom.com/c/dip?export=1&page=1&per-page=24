--- v0 (2026-03-18)
+++ v1 (2026-03-19)
@@ -37,51 +37,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="62">
   <si>
     <t>Product Code</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Unit Price</t>
   </si>
   <si>
     <t>Product Page</t>
   </si>
   <si>
     <t>URL:</t>
   </si>
   <si>
     <t>https://www.sunrom.com/c/dip?page=1&amp;per-page=24</t>
   </si>
   <si>
     <t>Date:</t>
   </si>
   <si>
-    <t>19-Mar-2026 04:49:44</t>
+    <t>19-Mar-2026 06:23:30</t>
   </si>
   <si>
     <t>8 Way 2.54MM DIP switch Right Angle</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7563</t>
   </si>
   <si>
     <t>10 Way 2.54MM DIP switch Right Angle</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7564</t>
   </si>
   <si>
     <t>2 Way 1.27mm DIP switch SMD Straight</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/6567</t>
   </si>
   <si>
     <t>4 Way 1.27mm DIP switch SMD Straight</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/6568</t>
   </si>