--- v0 (2025-10-14)
+++ v1 (2025-12-28)
@@ -37,51 +37,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="62">
   <si>
     <t>Product Code</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Unit Price</t>
   </si>
   <si>
     <t>Product Page</t>
   </si>
   <si>
     <t>URL:</t>
   </si>
   <si>
     <t>https://www.sunrom.com/c/dip</t>
   </si>
   <si>
     <t>Date:</t>
   </si>
   <si>
-    <t>14-Oct-2025 07:48:09</t>
+    <t>28-Dec-2025 14:07:34</t>
   </si>
   <si>
     <t>8 Way 2.54MM DIP switch Right Angle</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7563</t>
   </si>
   <si>
     <t>10 Way 2.54MM DIP switch Right Angle</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7564</t>
   </si>
   <si>
     <t>2 Way 1.27mm DIP switch SMD Straight</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/6567</t>
   </si>
   <si>
     <t>4 Way 1.27mm DIP switch SMD Straight</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/6568</t>
   </si>