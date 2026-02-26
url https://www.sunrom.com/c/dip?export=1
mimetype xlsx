--- v1 (2025-12-28)
+++ v2 (2026-02-26)
@@ -37,51 +37,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="62">
   <si>
     <t>Product Code</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Unit Price</t>
   </si>
   <si>
     <t>Product Page</t>
   </si>
   <si>
     <t>URL:</t>
   </si>
   <si>
     <t>https://www.sunrom.com/c/dip</t>
   </si>
   <si>
     <t>Date:</t>
   </si>
   <si>
-    <t>28-Dec-2025 14:07:34</t>
+    <t>26-Feb-2026 16:51:06</t>
   </si>
   <si>
     <t>8 Way 2.54MM DIP switch Right Angle</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7563</t>
   </si>
   <si>
     <t>10 Way 2.54MM DIP switch Right Angle</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7564</t>
   </si>
   <si>
     <t>2 Way 1.27mm DIP switch SMD Straight</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/6567</t>
   </si>
   <si>
     <t>4 Way 1.27mm DIP switch SMD Straight</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/6568</t>
   </si>