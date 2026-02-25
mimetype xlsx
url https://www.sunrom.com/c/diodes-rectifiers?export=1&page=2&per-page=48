--- v0 (2025-12-07)
+++ v1 (2026-02-25)
@@ -37,51 +37,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="120">
   <si>
     <t>Product Code</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Unit Price</t>
   </si>
   <si>
     <t>Product Page</t>
   </si>
   <si>
     <t>URL:</t>
   </si>
   <si>
     <t>https://www.sunrom.com/c/diodes-rectifiers?page=2&amp;per-page=48</t>
   </si>
   <si>
     <t>Date:</t>
   </si>
   <si>
-    <t>07-Dec-2025 10:42:38</t>
+    <t>26-Feb-2026 00:10:17</t>
   </si>
   <si>
     <t>SS16 SMA Schottky Diode</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/5920</t>
   </si>
   <si>
     <t>ES1J SMA Super Fast Recovery Diode</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/5926</t>
   </si>
   <si>
     <t>US2M SMA 2A 1kV High Efficient Rectifier Diode</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/5928</t>
   </si>
   <si>
     <t>S1M SMA 1A 1kV General Purpose Diode</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/5929</t>
   </si>