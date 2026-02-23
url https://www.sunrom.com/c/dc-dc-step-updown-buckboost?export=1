--- v0 (2025-12-23)
+++ v1 (2026-02-23)
@@ -37,51 +37,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="12">
   <si>
     <t>Product Code</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Unit Price</t>
   </si>
   <si>
     <t>Product Page</t>
   </si>
   <si>
     <t>URL:</t>
   </si>
   <si>
     <t>https://www.sunrom.com/c/dc-dc-step-updown-buckboost</t>
   </si>
   <si>
     <t>Date:</t>
   </si>
   <si>
-    <t>23-Dec-2025 11:37:49</t>
+    <t>24-Feb-2026 01:55:27</t>
   </si>
   <si>
     <t>DC-DC Adjustable Power Supply 5V USB to Output 1V~24V Red Display</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/6074</t>
   </si>
   <si>
     <t>DC-DC Adjustable Power Supply 5V USB to Output 1V~24V Green Display</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/6075</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="##,##,##,##0.00"/>
   </numFmts>
   <fonts count="3">
     <font>
       <b val="0"/>
       <i val="0"/>