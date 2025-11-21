--- v0 (2025-10-03)
+++ v1 (2025-11-21)
@@ -11,50 +11,127 @@
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">'Worksheet'!$1:$1</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
+</file>
+
+<file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="24">
+  <si>
+    <t>Product Code</t>
+  </si>
+  <si>
+    <t>Description</t>
+  </si>
+  <si>
+    <t>Unit Price</t>
+  </si>
+  <si>
+    <t>Product Page</t>
+  </si>
+  <si>
+    <t>URL:</t>
+  </si>
+  <si>
+    <t>https://www.sunrom.com/c/dc-dc-step-up-boost</t>
+  </si>
+  <si>
+    <t>Date:</t>
+  </si>
+  <si>
+    <t>22-Nov-2025 00:35:25</t>
+  </si>
+  <si>
+    <t>3.3V Stable Output DC-DC Boost from Input 0.8V-5V Battery</t>
+  </si>
+  <si>
+    <t>https://www.sunrom.com/m/7198</t>
+  </si>
+  <si>
+    <t>DC-DC Boost Step Up LM2577 Display IN 3-34V and Out 4-35V@3A</t>
+  </si>
+  <si>
+    <t>https://www.sunrom.com/m/6083</t>
+  </si>
+  <si>
+    <t>DC-DC Boost 2A - MT3608</t>
+  </si>
+  <si>
+    <t>https://www.sunrom.com/m/4576</t>
+  </si>
+  <si>
+    <t>5V Stable Output DC-DC Boost from Input 0.8V-5V Battery</t>
+  </si>
+  <si>
+    <t>https://www.sunrom.com/m/6065</t>
+  </si>
+  <si>
+    <t>USB 5V to 12V Boost DC Plug 5.5x2.1mm Cable</t>
+  </si>
+  <si>
+    <t>https://www.sunrom.com/m/6063</t>
+  </si>
+  <si>
+    <t>DC-DC Boost Step Up SX1308 IN 2-24V and OUT 2V-28V@2A</t>
+  </si>
+  <si>
+    <t>https://www.sunrom.com/m/6089</t>
+  </si>
+  <si>
+    <t>5V DC-DC Boost, Step up, CE8301</t>
+  </si>
+  <si>
+    <t>https://www.sunrom.com/m/4451</t>
+  </si>
+  <si>
+    <t>DC-DC Step Up Boost 4A - XL6009</t>
+  </si>
+  <si>
+    <t>https://www.sunrom.com/m/4316</t>
+  </si>
+</sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="##,##,##,##0.00"/>
   </numFmts>
   <fonts count="3">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="14"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="14"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>