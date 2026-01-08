--- v1 (2025-11-21)
+++ v2 (2026-01-08)
@@ -37,54 +37,54 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="24">
   <si>
     <t>Product Code</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Unit Price</t>
   </si>
   <si>
     <t>Product Page</t>
   </si>
   <si>
     <t>URL:</t>
   </si>
   <si>
     <t>https://www.sunrom.com/c/dc-dc-step-up-boost</t>
   </si>
   <si>
     <t>Date:</t>
   </si>
   <si>
-    <t>22-Nov-2025 00:35:25</t>
-[...2 lines deleted...]
-    <t>3.3V Stable Output DC-DC Boost from Input 0.8V-5V Battery</t>
+    <t>08-Jan-2026 19:26:44</t>
+  </si>
+  <si>
+    <t>3.3V Stable Output DC-DC Boost from Input 0.8V-3V Battery</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7198</t>
   </si>
   <si>
     <t>DC-DC Boost Step Up LM2577 Display IN 3-34V and Out 4-35V@3A</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/6083</t>
   </si>
   <si>
     <t>DC-DC Boost 2A - MT3608</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/4576</t>
   </si>
   <si>
     <t>5V Stable Output DC-DC Boost from Input 0.8V-5V Battery</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/6065</t>
   </si>
   <si>
     <t>USB 5V to 12V Boost DC Plug 5.5x2.1mm Cable</t>
   </si>