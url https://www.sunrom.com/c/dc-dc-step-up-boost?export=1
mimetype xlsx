--- v2 (2026-01-08)
+++ v3 (2026-03-14)
@@ -37,51 +37,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="24">
   <si>
     <t>Product Code</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Unit Price</t>
   </si>
   <si>
     <t>Product Page</t>
   </si>
   <si>
     <t>URL:</t>
   </si>
   <si>
     <t>https://www.sunrom.com/c/dc-dc-step-up-boost</t>
   </si>
   <si>
     <t>Date:</t>
   </si>
   <si>
-    <t>08-Jan-2026 19:26:44</t>
+    <t>14-Mar-2026 18:08:44</t>
   </si>
   <si>
     <t>3.3V Stable Output DC-DC Boost from Input 0.8V-3V Battery</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7198</t>
   </si>
   <si>
     <t>DC-DC Boost Step Up LM2577 Display IN 3-34V and Out 4-35V@3A</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/6083</t>
   </si>
   <si>
     <t>DC-DC Boost 2A - MT3608</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/4576</t>
   </si>
   <si>
     <t>5V Stable Output DC-DC Boost from Input 0.8V-5V Battery</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/6065</t>
   </si>