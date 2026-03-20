--- v0 (2026-02-02)
+++ v1 (2026-03-20)
@@ -37,51 +37,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="26">
   <si>
     <t>Product Code</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Unit Price</t>
   </si>
   <si>
     <t>Product Page</t>
   </si>
   <si>
     <t>URL:</t>
   </si>
   <si>
     <t>https://www.sunrom.com/c/dc-dc-step-down-buck</t>
   </si>
   <si>
     <t>Date:</t>
   </si>
   <si>
-    <t>02-Feb-2026 21:48:37</t>
+    <t>20-Mar-2026 18:30:28</t>
   </si>
   <si>
     <t>DC-DC Step Down XL7015 0.8A</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/6168</t>
   </si>
   <si>
     <t>DC-DC Step Down 5A XL4015</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/6070</t>
   </si>
   <si>
     <t>DC-DC Step Down High Voltage(Max 53V) 3A - LM2596HVS</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/6064</t>
   </si>
   <si>
     <t>DC-DC 6-24V to 5V@3A USB Output 96% Efficiency MP2315</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/6069</t>
   </si>