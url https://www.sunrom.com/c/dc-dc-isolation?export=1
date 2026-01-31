--- v0 (2025-11-02)
+++ v1 (2026-01-31)
@@ -37,51 +37,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="10">
   <si>
     <t>Product Code</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Unit Price</t>
   </si>
   <si>
     <t>Product Page</t>
   </si>
   <si>
     <t>URL:</t>
   </si>
   <si>
     <t>https://www.sunrom.com/c/dc-dc-isolation</t>
   </si>
   <si>
     <t>Date:</t>
   </si>
   <si>
-    <t>02-Nov-2025 15:03:23</t>
+    <t>31-Jan-2026 12:53:04</t>
   </si>
   <si>
     <t>DC-DC 5V-5V Isolated Module B0505S-1W</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/3868</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="##,##,##,##0.00"/>
   </numFmts>
   <fonts count="3">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="14"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
     </font>