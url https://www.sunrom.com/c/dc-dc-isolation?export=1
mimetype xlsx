--- v1 (2026-01-31)
+++ v2 (2026-03-19)
@@ -37,51 +37,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="10">
   <si>
     <t>Product Code</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Unit Price</t>
   </si>
   <si>
     <t>Product Page</t>
   </si>
   <si>
     <t>URL:</t>
   </si>
   <si>
     <t>https://www.sunrom.com/c/dc-dc-isolation</t>
   </si>
   <si>
     <t>Date:</t>
   </si>
   <si>
-    <t>31-Jan-2026 12:53:04</t>
+    <t>19-Mar-2026 22:42:05</t>
   </si>
   <si>
     <t>DC-DC 5V-5V Isolated Module B0505S-1W</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/3868</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="##,##,##,##0.00"/>
   </numFmts>
   <fonts count="3">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="14"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
     </font>