--- v2 (2026-03-19)
+++ v3 (2026-03-19)
@@ -37,51 +37,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="10">
   <si>
     <t>Product Code</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Unit Price</t>
   </si>
   <si>
     <t>Product Page</t>
   </si>
   <si>
     <t>URL:</t>
   </si>
   <si>
     <t>https://www.sunrom.com/c/dc-dc-isolation</t>
   </si>
   <si>
     <t>Date:</t>
   </si>
   <si>
-    <t>19-Mar-2026 22:42:05</t>
+    <t>20-Mar-2026 00:11:16</t>
   </si>
   <si>
     <t>DC-DC 5V-5V Isolated Module B0505S-1W</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/3868</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="##,##,##,##0.00"/>
   </numFmts>
   <fonts count="3">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="14"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
     </font>