--- v0 (2025-12-22)
+++ v1 (2026-03-23)
@@ -37,51 +37,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="66">
   <si>
     <t>Product Code</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Unit Price</t>
   </si>
   <si>
     <t>Product Page</t>
   </si>
   <si>
     <t>URL:</t>
   </si>
   <si>
     <t>https://www.sunrom.com/c/d-type?page=1&amp;per-page=24</t>
   </si>
   <si>
     <t>Date:</t>
   </si>
   <si>
-    <t>23-Dec-2025 01:22:51</t>
+    <t>23-Mar-2026 07:25:21</t>
   </si>
   <si>
     <t>VGA Connector DB15 D-SUB Female PCB Mount Right Angle</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7237</t>
   </si>
   <si>
     <t>DB15 Female PCB Mount RA</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/6399</t>
   </si>
   <si>
     <t>DB15 Male PCB Mount RA</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/6400</t>
   </si>
   <si>
     <t>DB9 Male PCB Mount Straight Gold plated pins</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/6595</t>
   </si>
@@ -712,51 +712,51 @@
         <v>15</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" s="3">
         <v>6596</v>
       </c>
       <c r="B8" t="s">
         <v>16</v>
       </c>
       <c r="C8" s="5">
         <v>25.0</v>
       </c>
       <c r="D8" s="6" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" s="3">
         <v>6590</v>
       </c>
       <c r="B9" t="s">
         <v>18</v>
       </c>
       <c r="C9" s="5">
-        <v>12.0</v>
+        <v>15.75</v>
       </c>
       <c r="D9" s="6" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" s="3">
         <v>6591</v>
       </c>
       <c r="B10" t="s">
         <v>20</v>
       </c>
       <c r="C10" s="5">
         <v>38.0</v>
       </c>
       <c r="D10" s="6" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" s="3">
         <v>6592</v>
       </c>
       <c r="B11" t="s">
         <v>22</v>
@@ -964,65 +964,65 @@
         <v>51</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" s="3">
         <v>6146</v>
       </c>
       <c r="B26" t="s">
         <v>52</v>
       </c>
       <c r="C26" s="5">
         <v>100.0</v>
       </c>
       <c r="D26" s="6" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" s="3">
         <v>3940</v>
       </c>
       <c r="B27" t="s">
         <v>54</v>
       </c>
       <c r="C27" s="5">
-        <v>8.0</v>
+        <v>14.75</v>
       </c>
       <c r="D27" s="6" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" s="3">
         <v>4634</v>
       </c>
       <c r="B28" t="s">
         <v>56</v>
       </c>
       <c r="C28" s="5">
-        <v>21.24</v>
+        <v>22.75</v>
       </c>
       <c r="D28" s="6" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" s="3">
         <v>3939</v>
       </c>
       <c r="B29" t="s">
         <v>58</v>
       </c>
       <c r="C29" s="5">
         <v>14.16</v>
       </c>
       <c r="D29" s="6" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" s="3">
         <v>3946</v>
       </c>
       <c r="B30" t="s">
         <v>60</v>