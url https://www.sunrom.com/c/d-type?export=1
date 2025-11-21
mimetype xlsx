--- v0 (2025-10-04)
+++ v1 (2025-11-21)
@@ -14,74 +14,74 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">'Worksheet'!$1:$1</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="64">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="66">
   <si>
     <t>Product Code</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Unit Price</t>
   </si>
   <si>
     <t>Product Page</t>
   </si>
   <si>
     <t>URL:</t>
   </si>
   <si>
     <t>https://www.sunrom.com/c/d-type</t>
   </si>
   <si>
     <t>Date:</t>
   </si>
   <si>
-    <t>04-Oct-2025 14:15:53</t>
+    <t>21-Nov-2025 06:23:04</t>
   </si>
   <si>
     <t>VGA Connector DB15 D-SUB Female PCB Mount Right Angle</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7237</t>
   </si>
   <si>
     <t>DB15 Female PCB Mount RA</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/6399</t>
   </si>
   <si>
     <t>DB15 Male PCB Mount RA</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/6400</t>
   </si>
   <si>
     <t>DB9 Male PCB Mount Straight Gold plated pins</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/6595</t>
   </si>
@@ -136,60 +136,66 @@
   <si>
     <t>DB25 Male - Wire Solder</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/4329</t>
   </si>
   <si>
     <t>DB25 Female - Wire Solder</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/6387</t>
   </si>
   <si>
     <t>DB9 Female - Wire Solder</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/6190</t>
   </si>
   <si>
     <t>DB9 Male - Wire Solder</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/6191</t>
   </si>
   <si>
-    <t>Hex Nut for D-Type Connectors</t>
+    <t>Hex Nut for D-Type Connectors #4-40 UNC</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/6152</t>
   </si>
   <si>
-    <t>Hex Screw for D-Type Connectors</t>
+    <t>Hex Screw for D-Type Connectors #4-40 UNC</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/6153</t>
+  </si>
+  <si>
+    <t>Pan Head #4-40 UNC x 12mm Phillips Plus Mild Steel MS Zinc Plated Screws for D-Sub Type connectors</t>
+  </si>
+  <si>
+    <t>https://www.sunrom.com/m/8086</t>
   </si>
   <si>
     <t>DB9 Male IDC 9 Pin D-SUB Crimp Connector for Flat Ribbon Cable with Strain Relief</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/6143</t>
   </si>
   <si>
     <t>DB9 Female IDC 9 Pin D-SUB Crimp Connector for Flat Ribbon Cable with Strain Relief</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/6144</t>
   </si>
   <si>
     <t>DB25 Male IDC 25 Pin D-SUB Crimp Connector for Flat Ribbon Cable Parallel Port with Strain Relief</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/6145</t>
   </si>
   <si>
     <t>DB25 Female IDC 25 Pin D-SUB Crimp Connector for Flat Ribbon Cable Parallel Port with Strain Relief</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/6146</t>
   </si>
@@ -575,63 +581,63 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/c/d-type" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7237" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6399" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6400" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6595" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6596" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6590" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6591" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6592" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6593" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6594" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6588" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6589" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4329" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6387" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6190" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6191" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6152" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6153" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6143" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6144" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6145" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6146" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/3940" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4634" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/3939" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/3946" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4453" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4454" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/c/d-type" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7237" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6399" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6400" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6595" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6596" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6590" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6591" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6592" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6593" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6594" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6588" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6589" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4329" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6387" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6190" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6191" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6152" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6153" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/8086" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6143" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6144" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6145" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6146" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/3940" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4634" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/3939" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/3946" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4453" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4454" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:D31"/>
+  <dimension ref="A1:D32"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="D31" sqref="D31"/>
+      <selection activeCell="D32" sqref="D32"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="13" customWidth="true" style="3"/>
     <col min="2" max="2" width="60" customWidth="true" style="0"/>
     <col min="3" max="3" width="12" customWidth="true" style="5"/>
     <col min="4" max="4" width="28" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="3" t="s">
         <v>4</v>
       </c>
       <c r="B1" s="6" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="3" t="s">
         <v>6</v>
       </c>
       <c r="B2" t="s">
         <v>7</v>
       </c>
@@ -882,219 +888,234 @@
         <v>40</v>
       </c>
       <c r="C20" s="5">
         <v>4.25</v>
       </c>
       <c r="D20" s="6" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" s="3">
         <v>6153</v>
       </c>
       <c r="B21" t="s">
         <v>42</v>
       </c>
       <c r="C21" s="5">
         <v>3.75</v>
       </c>
       <c r="D21" s="6" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" s="3">
-        <v>6143</v>
+        <v>8086</v>
       </c>
       <c r="B22" t="s">
         <v>44</v>
       </c>
       <c r="C22" s="5">
-        <v>53.0</v>
+        <v>6.75</v>
       </c>
       <c r="D22" s="6" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" s="3">
-        <v>6144</v>
+        <v>6143</v>
       </c>
       <c r="B23" t="s">
         <v>46</v>
       </c>
       <c r="C23" s="5">
         <v>53.0</v>
       </c>
       <c r="D23" s="6" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" s="3">
-        <v>6145</v>
+        <v>6144</v>
       </c>
       <c r="B24" t="s">
         <v>48</v>
       </c>
       <c r="C24" s="5">
-        <v>100.0</v>
+        <v>53.0</v>
       </c>
       <c r="D24" s="6" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" s="3">
-        <v>6146</v>
+        <v>6145</v>
       </c>
       <c r="B25" t="s">
         <v>50</v>
       </c>
       <c r="C25" s="5">
         <v>100.0</v>
       </c>
       <c r="D25" s="6" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" s="3">
-        <v>3940</v>
+        <v>6146</v>
       </c>
       <c r="B26" t="s">
         <v>52</v>
       </c>
       <c r="C26" s="5">
-        <v>8.0</v>
+        <v>100.0</v>
       </c>
       <c r="D26" s="6" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" s="3">
-        <v>4634</v>
+        <v>3940</v>
       </c>
       <c r="B27" t="s">
         <v>54</v>
       </c>
       <c r="C27" s="5">
-        <v>21.24</v>
+        <v>8.0</v>
       </c>
       <c r="D27" s="6" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" s="3">
-        <v>3939</v>
+        <v>4634</v>
       </c>
       <c r="B28" t="s">
         <v>56</v>
       </c>
       <c r="C28" s="5">
-        <v>14.16</v>
+        <v>21.24</v>
       </c>
       <c r="D28" s="6" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" s="3">
-        <v>3946</v>
+        <v>3939</v>
       </c>
       <c r="B29" t="s">
         <v>58</v>
       </c>
       <c r="C29" s="5">
-        <v>41.3</v>
+        <v>14.16</v>
       </c>
       <c r="D29" s="6" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" s="3">
-        <v>4453</v>
+        <v>3946</v>
       </c>
       <c r="B30" t="s">
         <v>60</v>
       </c>
       <c r="C30" s="5">
         <v>41.3</v>
       </c>
       <c r="D30" s="6" t="s">
         <v>61</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" s="3">
-        <v>4454</v>
+        <v>4453</v>
       </c>
       <c r="B31" t="s">
         <v>62</v>
       </c>
       <c r="C31" s="5">
-        <v>14.16</v>
+        <v>41.3</v>
       </c>
       <c r="D31" s="6" t="s">
         <v>63</v>
+      </c>
+    </row>
+    <row r="32" spans="1:4">
+      <c r="A32" s="3">
+        <v>4454</v>
+      </c>
+      <c r="B32" t="s">
+        <v>64</v>
+      </c>
+      <c r="C32" s="5">
+        <v>14.16</v>
+      </c>
+      <c r="D32" s="6" t="s">
+        <v>65</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="B1" r:id="rId_hyperlink_1"/>
     <hyperlink ref="D4" r:id="rId_hyperlink_2"/>
     <hyperlink ref="D5" r:id="rId_hyperlink_3"/>
     <hyperlink ref="D6" r:id="rId_hyperlink_4"/>
     <hyperlink ref="D7" r:id="rId_hyperlink_5"/>
     <hyperlink ref="D8" r:id="rId_hyperlink_6"/>
     <hyperlink ref="D9" r:id="rId_hyperlink_7"/>
     <hyperlink ref="D10" r:id="rId_hyperlink_8"/>
     <hyperlink ref="D11" r:id="rId_hyperlink_9"/>
     <hyperlink ref="D12" r:id="rId_hyperlink_10"/>
     <hyperlink ref="D13" r:id="rId_hyperlink_11"/>
     <hyperlink ref="D14" r:id="rId_hyperlink_12"/>
     <hyperlink ref="D15" r:id="rId_hyperlink_13"/>
     <hyperlink ref="D16" r:id="rId_hyperlink_14"/>
     <hyperlink ref="D17" r:id="rId_hyperlink_15"/>
     <hyperlink ref="D18" r:id="rId_hyperlink_16"/>
     <hyperlink ref="D19" r:id="rId_hyperlink_17"/>
     <hyperlink ref="D20" r:id="rId_hyperlink_18"/>
     <hyperlink ref="D21" r:id="rId_hyperlink_19"/>
     <hyperlink ref="D22" r:id="rId_hyperlink_20"/>
     <hyperlink ref="D23" r:id="rId_hyperlink_21"/>
     <hyperlink ref="D24" r:id="rId_hyperlink_22"/>
     <hyperlink ref="D25" r:id="rId_hyperlink_23"/>
     <hyperlink ref="D26" r:id="rId_hyperlink_24"/>
     <hyperlink ref="D27" r:id="rId_hyperlink_25"/>
     <hyperlink ref="D28" r:id="rId_hyperlink_26"/>
     <hyperlink ref="D29" r:id="rId_hyperlink_27"/>
     <hyperlink ref="D30" r:id="rId_hyperlink_28"/>
     <hyperlink ref="D31" r:id="rId_hyperlink_29"/>
+    <hyperlink ref="D32" r:id="rId_hyperlink_30"/>
   </hyperlinks>
   <printOptions gridLines="true" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="0" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader>&amp;C&amp;H&amp;F &amp;RPage &amp;P of &amp;N</oddHeader>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>