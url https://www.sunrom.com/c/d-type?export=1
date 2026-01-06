--- v1 (2025-11-21)
+++ v2 (2026-01-06)
@@ -37,51 +37,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="66">
   <si>
     <t>Product Code</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Unit Price</t>
   </si>
   <si>
     <t>Product Page</t>
   </si>
   <si>
     <t>URL:</t>
   </si>
   <si>
     <t>https://www.sunrom.com/c/d-type</t>
   </si>
   <si>
     <t>Date:</t>
   </si>
   <si>
-    <t>21-Nov-2025 06:23:04</t>
+    <t>07-Jan-2026 02:55:39</t>
   </si>
   <si>
     <t>VGA Connector DB15 D-SUB Female PCB Mount Right Angle</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7237</t>
   </si>
   <si>
     <t>DB15 Female PCB Mount RA</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/6399</t>
   </si>
   <si>
     <t>DB15 Male PCB Mount RA</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/6400</t>
   </si>
   <si>
     <t>DB9 Male PCB Mount Straight Gold plated pins</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/6595</t>
   </si>