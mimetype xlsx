--- v2 (2026-01-06)
+++ v3 (2026-03-16)
@@ -37,51 +37,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="66">
   <si>
     <t>Product Code</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Unit Price</t>
   </si>
   <si>
     <t>Product Page</t>
   </si>
   <si>
     <t>URL:</t>
   </si>
   <si>
     <t>https://www.sunrom.com/c/d-type</t>
   </si>
   <si>
     <t>Date:</t>
   </si>
   <si>
-    <t>07-Jan-2026 02:55:39</t>
+    <t>16-Mar-2026 07:45:42</t>
   </si>
   <si>
     <t>VGA Connector DB15 D-SUB Female PCB Mount Right Angle</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7237</t>
   </si>
   <si>
     <t>DB15 Female PCB Mount RA</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/6399</t>
   </si>
   <si>
     <t>DB15 Male PCB Mount RA</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/6400</t>
   </si>
   <si>
     <t>DB9 Male PCB Mount Straight Gold plated pins</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/6595</t>
   </si>
@@ -712,51 +712,51 @@
         <v>15</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" s="3">
         <v>6596</v>
       </c>
       <c r="B8" t="s">
         <v>16</v>
       </c>
       <c r="C8" s="5">
         <v>25.0</v>
       </c>
       <c r="D8" s="6" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" s="3">
         <v>6590</v>
       </c>
       <c r="B9" t="s">
         <v>18</v>
       </c>
       <c r="C9" s="5">
-        <v>12.0</v>
+        <v>15.75</v>
       </c>
       <c r="D9" s="6" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" s="3">
         <v>6591</v>
       </c>
       <c r="B10" t="s">
         <v>20</v>
       </c>
       <c r="C10" s="5">
         <v>38.0</v>
       </c>
       <c r="D10" s="6" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" s="3">
         <v>6592</v>
       </c>
       <c r="B11" t="s">
         <v>22</v>
@@ -964,65 +964,65 @@
         <v>51</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" s="3">
         <v>6146</v>
       </c>
       <c r="B26" t="s">
         <v>52</v>
       </c>
       <c r="C26" s="5">
         <v>100.0</v>
       </c>
       <c r="D26" s="6" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" s="3">
         <v>3940</v>
       </c>
       <c r="B27" t="s">
         <v>54</v>
       </c>
       <c r="C27" s="5">
-        <v>8.0</v>
+        <v>14.75</v>
       </c>
       <c r="D27" s="6" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" s="3">
         <v>4634</v>
       </c>
       <c r="B28" t="s">
         <v>56</v>
       </c>
       <c r="C28" s="5">
-        <v>21.24</v>
+        <v>22.75</v>
       </c>
       <c r="D28" s="6" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" s="3">
         <v>3939</v>
       </c>
       <c r="B29" t="s">
         <v>58</v>
       </c>
       <c r="C29" s="5">
         <v>14.16</v>
       </c>
       <c r="D29" s="6" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" s="3">
         <v>3946</v>
       </c>
       <c r="B30" t="s">
         <v>60</v>