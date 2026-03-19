--- v0 (2026-01-28)
+++ v1 (2026-03-19)
@@ -37,51 +37,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="44">
   <si>
     <t>Product Code</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Unit Price</t>
   </si>
   <si>
     <t>Product Page</t>
   </si>
   <si>
     <t>URL:</t>
   </si>
   <si>
     <t>https://www.sunrom.com/c/crystals</t>
   </si>
   <si>
     <t>Date:</t>
   </si>
   <si>
-    <t>28-Jan-2026 21:00:31</t>
+    <t>20-Mar-2026 00:12:10</t>
   </si>
   <si>
     <t>22.1184 Mhz Crystal HC-49US 2Pin DIP Through-Hole Half Size</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/4335</t>
   </si>
   <si>
     <t>24 Mhz Crystal HC-49US 2Pin DIP Through-Hole Half Size</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/6406</t>
   </si>
   <si>
     <t>18.432 Mhz Crystal HC-49US 2Pin DIP Through-Hole Half Size</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/6407</t>
   </si>
   <si>
     <t>10 Mhz Crystal HC-49US 2Pin DIP Through-Hole Half Size</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/6408</t>
   </si>
@@ -632,51 +632,51 @@
         <v>13</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" s="3">
         <v>6408</v>
       </c>
       <c r="B7" t="s">
         <v>14</v>
       </c>
       <c r="C7" s="5">
         <v>9.25</v>
       </c>
       <c r="D7" s="6" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" s="3">
         <v>6409</v>
       </c>
       <c r="B8" t="s">
         <v>16</v>
       </c>
       <c r="C8" s="5">
-        <v>9.25</v>
+        <v>10.25</v>
       </c>
       <c r="D8" s="6" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" s="3">
         <v>6410</v>
       </c>
       <c r="B9" t="s">
         <v>18</v>
       </c>
       <c r="C9" s="5">
         <v>9.25</v>
       </c>
       <c r="D9" s="6" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" s="3">
         <v>6411</v>
       </c>
       <c r="B10" t="s">
         <v>20</v>
@@ -730,51 +730,51 @@
         <v>27</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" s="3">
         <v>4957</v>
       </c>
       <c r="B14" t="s">
         <v>28</v>
       </c>
       <c r="C14" s="5">
         <v>32.0</v>
       </c>
       <c r="D14" s="6" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" s="3">
         <v>3734</v>
       </c>
       <c r="B15" t="s">
         <v>30</v>
       </c>
       <c r="C15" s="5">
-        <v>12.0</v>
+        <v>14.0</v>
       </c>
       <c r="D15" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" s="3">
         <v>4186</v>
       </c>
       <c r="B16" t="s">
         <v>32</v>
       </c>
       <c r="C16" s="5">
         <v>9.85</v>
       </c>
       <c r="D16" s="6" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" s="3">
         <v>3963</v>
       </c>
       <c r="B17" t="s">
         <v>34</v>