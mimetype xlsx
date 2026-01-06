--- v0 (2025-10-22)
+++ v1 (2026-01-06)
@@ -37,51 +37,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="34">
   <si>
     <t>Product Code</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Unit Price</t>
   </si>
   <si>
     <t>Product Page</t>
   </si>
   <si>
     <t>URL:</t>
   </si>
   <si>
     <t>https://www.sunrom.com/c/cpu-ch-396mm</t>
   </si>
   <si>
     <t>Date:</t>
   </si>
   <si>
-    <t>22-Oct-2025 07:03:21</t>
+    <t>07-Jan-2026 02:56:49</t>
   </si>
   <si>
     <t>3P CPU CH 3.96mm Male Top Entry Straight PCB Header</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7035</t>
   </si>
   <si>
     <t>4P CPU CH 3.96mm Male Top Entry Straight PCB Header</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7036</t>
   </si>
   <si>
     <t>2P CPU CH 3.96mm Male Side Entry Right Angle PCB Header</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7037</t>
   </si>
   <si>
     <t>3P CPU CH 3.96mm Male Side Entry Right Angle PCB Header</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7038</t>
   </si>