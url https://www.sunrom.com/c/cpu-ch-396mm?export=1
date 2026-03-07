--- v1 (2026-01-06)
+++ v2 (2026-03-07)
@@ -37,51 +37,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="34">
   <si>
     <t>Product Code</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Unit Price</t>
   </si>
   <si>
     <t>Product Page</t>
   </si>
   <si>
     <t>URL:</t>
   </si>
   <si>
     <t>https://www.sunrom.com/c/cpu-ch-396mm</t>
   </si>
   <si>
     <t>Date:</t>
   </si>
   <si>
-    <t>07-Jan-2026 02:56:49</t>
+    <t>07-Mar-2026 09:47:40</t>
   </si>
   <si>
     <t>3P CPU CH 3.96mm Male Top Entry Straight PCB Header</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7035</t>
   </si>
   <si>
     <t>4P CPU CH 3.96mm Male Top Entry Straight PCB Header</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7036</t>
   </si>
   <si>
     <t>2P CPU CH 3.96mm Male Side Entry Right Angle PCB Header</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7037</t>
   </si>
   <si>
     <t>3P CPU CH 3.96mm Male Side Entry Right Angle PCB Header</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7038</t>
   </si>