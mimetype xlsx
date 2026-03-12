--- v3 (2026-01-26)
+++ v4 (2026-03-12)
@@ -14,74 +14,158 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">'Worksheet'!$1:$1</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="2504">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="2532">
   <si>
     <t>Product Code</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Unit Price</t>
   </si>
   <si>
     <t>Product Page</t>
   </si>
   <si>
     <t>URL:</t>
   </si>
   <si>
     <t>https://www.sunrom.com/c/connectors?page=13&amp;per-page=48</t>
   </si>
   <si>
     <t>Date:</t>
   </si>
   <si>
-    <t>26-Jan-2026 06:58:34</t>
+    <t>12-Mar-2026 11:48:42</t>
+  </si>
+  <si>
+    <t>2 Core Black Unshielded Cable, 1 Meters per quantity</t>
+  </si>
+  <si>
+    <t>https://www.sunrom.com/m/5334</t>
+  </si>
+  <si>
+    <t>4 Core Black Unshielded Cable, 1 Meters per quantity</t>
+  </si>
+  <si>
+    <t>https://www.sunrom.com/m/7211</t>
+  </si>
+  <si>
+    <t>Ring Insulated Terminal - Wire 1.5-2.5 sq.mm - Bolt M4 - Width 6.5mm – 20A</t>
+  </si>
+  <si>
+    <t>https://www.sunrom.com/m/6939</t>
+  </si>
+  <si>
+    <t>Ring Insulated Terminal - Wire 4-6 sq.mm - Bolt M4 - Width 7.1mm – 30A</t>
+  </si>
+  <si>
+    <t>https://www.sunrom.com/m/6538</t>
+  </si>
+  <si>
+    <t>Fork Insulated Terminal - Wire 1.5-2.5 sq.mm - Bolt M5 - Width 7.8mm - 20A</t>
+  </si>
+  <si>
+    <t>https://www.sunrom.com/m/6030</t>
+  </si>
+  <si>
+    <t>Fork Insulated Terminal - Wire 0.5-1.5 sq.mm - Bolt M3 - Width 5mm - 10A</t>
+  </si>
+  <si>
+    <t>https://www.sunrom.com/m/8099</t>
+  </si>
+  <si>
+    <t>Fork Insulated Terminal - Wire 1.5-2.5 sq.mm - Bolt M4 - Width 6.2mm - 20A</t>
+  </si>
+  <si>
+    <t>https://www.sunrom.com/m/8100</t>
+  </si>
+  <si>
+    <t>Fork Insulated Terminal - Wire 4-6 sq.mm - Bolt M4 - Width 6.8mm - 30A</t>
+  </si>
+  <si>
+    <t>https://www.sunrom.com/m/8101</t>
+  </si>
+  <si>
+    <t>Fork Insulated Terminal - Wire 4-6 sq.mm - Bolt M5 - Width 8mm - 30A</t>
+  </si>
+  <si>
+    <t>https://www.sunrom.com/m/8102</t>
+  </si>
+  <si>
+    <t>Fork Insulated Terminal - Wire 4-6 sq.mm - Bolt M6 - Width 8.7mm - 30A</t>
+  </si>
+  <si>
+    <t>https://www.sunrom.com/m/8103</t>
+  </si>
+  <si>
+    <t>Fork Insulated Terminal - Wire 0.5-1.5 sq.mm - Bolt M5 - Width 7.8mm - 10A</t>
+  </si>
+  <si>
+    <t>https://www.sunrom.com/m/6029</t>
+  </si>
+  <si>
+    <t>Fork Insulated Terminal - Wire 1.5-2.5 sq.mm - Bolt M3 - Width 5.2mm - 20A</t>
+  </si>
+  <si>
+    <t>https://www.sunrom.com/m/6031</t>
+  </si>
+  <si>
+    <t>Fork Insulated Terminal - Wire 0.5-1.5 sq.mm - Bolt M4 - Width 6.2mm - 10A</t>
+  </si>
+  <si>
+    <t>https://www.sunrom.com/m/6032</t>
+  </si>
+  <si>
+    <t>Ring Insulated Terminal - Wire 0.5-1.5 sq.mm - Bolt M4 - Width 6.5mm – 10A</t>
+  </si>
+  <si>
+    <t>https://www.sunrom.com/m/6034</t>
   </si>
   <si>
     <t>Micro USB 10 pin TypeB 3.0 SMD</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/8105</t>
   </si>
   <si>
     <t>2 pin JST, 1.25mm, Teflon PTFE 28/7/36, One side Female 15cm wire</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/8069</t>
   </si>
   <si>
     <t>3 pin JST, 1.25mm, Teflon PTFE 28/7/36, One side Female 15cm wire</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/8070</t>
   </si>
   <si>
     <t>4 pin JST, 1.25mm, Teflon PTFE 28/7/36, One side Female 15cm wire</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/8071</t>
   </si>
@@ -7072,57 +7156,57 @@
   <si>
     <t>54 way 0.5mm Pitch 20cm Length FFC Cable - Reverse Direction</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/5792</t>
   </si>
   <si>
     <t>60 way 0.5mm Pitch 20cm Length FFC Cable - Reverse Direction</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/5793</t>
   </si>
   <si>
     <t>8 way 0.5mm Pitch 10cm Length FFC Cable - Reverse Direction</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/6388</t>
   </si>
   <si>
     <t>28 way 0.5mm Pitch 15cm Length FFC Cable - Same Direction</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/5745</t>
   </si>
   <si>
-    <t>4 Core Cable, 1 Meters per quantity</t>
+    <t>4 Core Gray Unshielded Cable, 1 Meters per quantity</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/3921</t>
   </si>
   <si>
-    <t>6 Core Cable, 1 Meters per quantity</t>
+    <t>6 Core Gray Unshielded Cable, 1 Meters per quantity</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/4248</t>
   </si>
   <si>
     <t>2 Pair - 4 Wire x 0.4mm Gray Solid Copper Unshielded FR Cable per Meter</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/8090</t>
   </si>
   <si>
     <t>2.54mm 40x1 Female Socket Strip, Machine Round Pins</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/4364</t>
   </si>
   <si>
     <t>2.54mm 40x1 Male Header Strip, Machine Round Pins</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/4365</t>
   </si>
   <si>
     <t>Mini USB-B SMD Connector</t>
   </si>
@@ -7895,17573 +7979,17769 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/c/connectors?page=13&amp;per-page=48" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/8105" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/8069" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/8070" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/8071" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/8072" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/8073" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/8074" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/8075" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/8076" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/8077" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/8078" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/8079" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/8080" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/8081" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/8082" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/8083" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7904" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7906" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7907" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7903" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7908" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7905" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7706" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7830" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7840" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7660" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7661" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7662" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7663" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7664" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7665" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7696" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7697" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7698" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7699" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7695" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7700" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7701" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7702" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7703" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7704" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7705" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7707" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7720" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7721" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7722" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7723" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7724" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7725" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7726" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7727" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7728" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7729" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7730" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7731" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7732" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7733" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7734" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7735" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7708" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7709" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7710" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7711" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7712" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7713" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7714" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7715" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7716" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7717" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7718" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7719" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7836" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7837" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7838" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7839" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7841" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7842" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7834" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7832" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7833" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7826" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7828" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7829" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7831" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7835" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7894" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7895" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7896" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7897" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7898" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7891" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7892" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7893" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7879" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7880" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7881" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7882" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7883" TargetMode="External"/><Relationship Id="rId_hyperlink_100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7884" TargetMode="External"/><Relationship Id="rId_hyperlink_101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7885" TargetMode="External"/><Relationship Id="rId_hyperlink_102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7886" TargetMode="External"/><Relationship Id="rId_hyperlink_103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7887" TargetMode="External"/><Relationship Id="rId_hyperlink_104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7888" TargetMode="External"/><Relationship Id="rId_hyperlink_105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7889" TargetMode="External"/><Relationship Id="rId_hyperlink_106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7890" TargetMode="External"/><Relationship Id="rId_hyperlink_107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7658" TargetMode="External"/><Relationship Id="rId_hyperlink_108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7659" TargetMode="External"/><Relationship Id="rId_hyperlink_109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7650" TargetMode="External"/><Relationship Id="rId_hyperlink_110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7651" TargetMode="External"/><Relationship Id="rId_hyperlink_111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7652" TargetMode="External"/><Relationship Id="rId_hyperlink_112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7653" TargetMode="External"/><Relationship Id="rId_hyperlink_113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7654" TargetMode="External"/><Relationship Id="rId_hyperlink_114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7655" TargetMode="External"/><Relationship Id="rId_hyperlink_115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7656" TargetMode="External"/><Relationship Id="rId_hyperlink_116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7657" TargetMode="External"/><Relationship Id="rId_hyperlink_117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7648" TargetMode="External"/><Relationship Id="rId_hyperlink_118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7649" TargetMode="External"/><Relationship Id="rId_hyperlink_119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7667" TargetMode="External"/><Relationship Id="rId_hyperlink_120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7668" TargetMode="External"/><Relationship Id="rId_hyperlink_121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7669" TargetMode="External"/><Relationship Id="rId_hyperlink_122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7671" TargetMode="External"/><Relationship Id="rId_hyperlink_123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7672" TargetMode="External"/><Relationship Id="rId_hyperlink_124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7670" TargetMode="External"/><Relationship Id="rId_hyperlink_125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/8084" TargetMode="External"/><Relationship Id="rId_hyperlink_126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7666" TargetMode="External"/><Relationship Id="rId_hyperlink_127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7874" TargetMode="External"/><Relationship Id="rId_hyperlink_128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7875" TargetMode="External"/><Relationship Id="rId_hyperlink_129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7876" TargetMode="External"/><Relationship Id="rId_hyperlink_130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7877" TargetMode="External"/><Relationship Id="rId_hyperlink_131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7863" TargetMode="External"/><Relationship Id="rId_hyperlink_132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7864" TargetMode="External"/><Relationship Id="rId_hyperlink_133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7865" TargetMode="External"/><Relationship Id="rId_hyperlink_134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7866" TargetMode="External"/><Relationship Id="rId_hyperlink_135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7867" TargetMode="External"/><Relationship Id="rId_hyperlink_136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7868" TargetMode="External"/><Relationship Id="rId_hyperlink_137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7869" TargetMode="External"/><Relationship Id="rId_hyperlink_138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7870" TargetMode="External"/><Relationship Id="rId_hyperlink_139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7871" TargetMode="External"/><Relationship Id="rId_hyperlink_140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7872" TargetMode="External"/><Relationship Id="rId_hyperlink_141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7873" TargetMode="External"/><Relationship Id="rId_hyperlink_142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7859" TargetMode="External"/><Relationship Id="rId_hyperlink_143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7860" TargetMode="External"/><Relationship Id="rId_hyperlink_144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7861" TargetMode="External"/><Relationship Id="rId_hyperlink_145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7862" TargetMode="External"/><Relationship Id="rId_hyperlink_146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7850" TargetMode="External"/><Relationship Id="rId_hyperlink_147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7851" TargetMode="External"/><Relationship Id="rId_hyperlink_148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7852" TargetMode="External"/><Relationship Id="rId_hyperlink_149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7853" TargetMode="External"/><Relationship Id="rId_hyperlink_150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7854" TargetMode="External"/><Relationship Id="rId_hyperlink_151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7855" TargetMode="External"/><Relationship Id="rId_hyperlink_152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7856" TargetMode="External"/><Relationship Id="rId_hyperlink_153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7857" TargetMode="External"/><Relationship Id="rId_hyperlink_154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7858" TargetMode="External"/><Relationship Id="rId_hyperlink_155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7843" TargetMode="External"/><Relationship Id="rId_hyperlink_156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7844" TargetMode="External"/><Relationship Id="rId_hyperlink_157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7845" TargetMode="External"/><Relationship Id="rId_hyperlink_158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7846" TargetMode="External"/><Relationship Id="rId_hyperlink_159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7847" TargetMode="External"/><Relationship Id="rId_hyperlink_160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7848" TargetMode="External"/><Relationship Id="rId_hyperlink_161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7849" TargetMode="External"/><Relationship Id="rId_hyperlink_162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7814" TargetMode="External"/><Relationship Id="rId_hyperlink_163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7818" TargetMode="External"/><Relationship Id="rId_hyperlink_164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7819" TargetMode="External"/><Relationship Id="rId_hyperlink_165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7820" TargetMode="External"/><Relationship Id="rId_hyperlink_166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7821" TargetMode="External"/><Relationship Id="rId_hyperlink_167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7822" TargetMode="External"/><Relationship Id="rId_hyperlink_168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7237" TargetMode="External"/><Relationship Id="rId_hyperlink_169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7634" TargetMode="External"/><Relationship Id="rId_hyperlink_170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7631" TargetMode="External"/><Relationship Id="rId_hyperlink_171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7632" TargetMode="External"/><Relationship Id="rId_hyperlink_172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7491" TargetMode="External"/><Relationship Id="rId_hyperlink_173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7492" TargetMode="External"/><Relationship Id="rId_hyperlink_174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7493" TargetMode="External"/><Relationship Id="rId_hyperlink_175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7494" TargetMode="External"/><Relationship Id="rId_hyperlink_176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7490" TargetMode="External"/><Relationship Id="rId_hyperlink_177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7488" TargetMode="External"/><Relationship Id="rId_hyperlink_178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7489" TargetMode="External"/><Relationship Id="rId_hyperlink_179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7478" TargetMode="External"/><Relationship Id="rId_hyperlink_180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7475" TargetMode="External"/><Relationship Id="rId_hyperlink_181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7476" TargetMode="External"/><Relationship Id="rId_hyperlink_182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7477" TargetMode="External"/><Relationship Id="rId_hyperlink_183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7479" TargetMode="External"/><Relationship Id="rId_hyperlink_184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7480" TargetMode="External"/><Relationship Id="rId_hyperlink_185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7481" TargetMode="External"/><Relationship Id="rId_hyperlink_186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7482" TargetMode="External"/><Relationship Id="rId_hyperlink_187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7483" TargetMode="External"/><Relationship Id="rId_hyperlink_188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7484" TargetMode="External"/><Relationship Id="rId_hyperlink_189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7485" TargetMode="External"/><Relationship Id="rId_hyperlink_190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7486" TargetMode="External"/><Relationship Id="rId_hyperlink_191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7487" TargetMode="External"/><Relationship Id="rId_hyperlink_192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7269" TargetMode="External"/><Relationship Id="rId_hyperlink_193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7270" TargetMode="External"/><Relationship Id="rId_hyperlink_194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7273" TargetMode="External"/><Relationship Id="rId_hyperlink_195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7274" TargetMode="External"/><Relationship Id="rId_hyperlink_196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7275" TargetMode="External"/><Relationship Id="rId_hyperlink_197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7267" TargetMode="External"/><Relationship Id="rId_hyperlink_198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7268" TargetMode="External"/><Relationship Id="rId_hyperlink_199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7265" TargetMode="External"/><Relationship Id="rId_hyperlink_200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7266" TargetMode="External"/><Relationship Id="rId_hyperlink_201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7254" TargetMode="External"/><Relationship Id="rId_hyperlink_202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7257" TargetMode="External"/><Relationship Id="rId_hyperlink_203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7258" TargetMode="External"/><Relationship Id="rId_hyperlink_204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7259" TargetMode="External"/><Relationship Id="rId_hyperlink_205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7260" TargetMode="External"/><Relationship Id="rId_hyperlink_206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7261" TargetMode="External"/><Relationship Id="rId_hyperlink_207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7262" TargetMode="External"/><Relationship Id="rId_hyperlink_208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7263" TargetMode="External"/><Relationship Id="rId_hyperlink_209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7264" TargetMode="External"/><Relationship Id="rId_hyperlink_210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7245" TargetMode="External"/><Relationship Id="rId_hyperlink_211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7246" TargetMode="External"/><Relationship Id="rId_hyperlink_212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7247" TargetMode="External"/><Relationship Id="rId_hyperlink_213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7248" TargetMode="External"/><Relationship Id="rId_hyperlink_214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7249" TargetMode="External"/><Relationship Id="rId_hyperlink_215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7250" TargetMode="External"/><Relationship Id="rId_hyperlink_216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7251" TargetMode="External"/><Relationship Id="rId_hyperlink_217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7252" TargetMode="External"/><Relationship Id="rId_hyperlink_218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7253" TargetMode="External"/><Relationship Id="rId_hyperlink_219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7452" TargetMode="External"/><Relationship Id="rId_hyperlink_220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7453" TargetMode="External"/><Relationship Id="rId_hyperlink_221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7454" TargetMode="External"/><Relationship Id="rId_hyperlink_222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7421" TargetMode="External"/><Relationship Id="rId_hyperlink_223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7422" TargetMode="External"/><Relationship Id="rId_hyperlink_224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7423" TargetMode="External"/><Relationship Id="rId_hyperlink_225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7424" TargetMode="External"/><Relationship Id="rId_hyperlink_226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7451" TargetMode="External"/><Relationship Id="rId_hyperlink_227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7432" TargetMode="External"/><Relationship Id="rId_hyperlink_228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7433" TargetMode="External"/><Relationship Id="rId_hyperlink_229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7255" TargetMode="External"/><Relationship Id="rId_hyperlink_230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7256" TargetMode="External"/><Relationship Id="rId_hyperlink_231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7425" TargetMode="External"/><Relationship Id="rId_hyperlink_232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7434" TargetMode="External"/><Relationship Id="rId_hyperlink_233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7435" TargetMode="External"/><Relationship Id="rId_hyperlink_234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7426" TargetMode="External"/><Relationship Id="rId_hyperlink_235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7427" TargetMode="External"/><Relationship Id="rId_hyperlink_236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7428" TargetMode="External"/><Relationship Id="rId_hyperlink_237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7431" TargetMode="External"/><Relationship Id="rId_hyperlink_238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7472" TargetMode="External"/><Relationship Id="rId_hyperlink_239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7473" TargetMode="External"/><Relationship Id="rId_hyperlink_240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7460" TargetMode="External"/><Relationship Id="rId_hyperlink_241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7471" TargetMode="External"/><Relationship Id="rId_hyperlink_242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7474" TargetMode="External"/><Relationship Id="rId_hyperlink_243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7462" TargetMode="External"/><Relationship Id="rId_hyperlink_244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7463" TargetMode="External"/><Relationship Id="rId_hyperlink_245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7455" TargetMode="External"/><Relationship Id="rId_hyperlink_246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7456" TargetMode="External"/><Relationship Id="rId_hyperlink_247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7457" TargetMode="External"/><Relationship Id="rId_hyperlink_248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7458" TargetMode="External"/><Relationship Id="rId_hyperlink_249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7436" TargetMode="External"/><Relationship Id="rId_hyperlink_250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7411" TargetMode="External"/><Relationship Id="rId_hyperlink_251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7412" TargetMode="External"/><Relationship Id="rId_hyperlink_252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7414" TargetMode="External"/><Relationship Id="rId_hyperlink_253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7415" TargetMode="External"/><Relationship Id="rId_hyperlink_254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7429" TargetMode="External"/><Relationship Id="rId_hyperlink_255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7430" TargetMode="External"/><Relationship Id="rId_hyperlink_256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7470" TargetMode="External"/><Relationship Id="rId_hyperlink_257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7386" TargetMode="External"/><Relationship Id="rId_hyperlink_258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7387" TargetMode="External"/><Relationship Id="rId_hyperlink_259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7388" TargetMode="External"/><Relationship Id="rId_hyperlink_260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7389" TargetMode="External"/><Relationship Id="rId_hyperlink_261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7390" TargetMode="External"/><Relationship Id="rId_hyperlink_262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7391" TargetMode="External"/><Relationship Id="rId_hyperlink_263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7392" TargetMode="External"/><Relationship Id="rId_hyperlink_264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7393" TargetMode="External"/><Relationship Id="rId_hyperlink_265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7394" TargetMode="External"/><Relationship Id="rId_hyperlink_266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7395" TargetMode="External"/><Relationship Id="rId_hyperlink_267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7396" TargetMode="External"/><Relationship Id="rId_hyperlink_268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7397" TargetMode="External"/><Relationship Id="rId_hyperlink_269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7398" TargetMode="External"/><Relationship Id="rId_hyperlink_270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7399" TargetMode="External"/><Relationship Id="rId_hyperlink_271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7400" TargetMode="External"/><Relationship Id="rId_hyperlink_272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7401" TargetMode="External"/><Relationship Id="rId_hyperlink_273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7402" TargetMode="External"/><Relationship Id="rId_hyperlink_274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7403" TargetMode="External"/><Relationship Id="rId_hyperlink_275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7404" TargetMode="External"/><Relationship Id="rId_hyperlink_276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7371" TargetMode="External"/><Relationship Id="rId_hyperlink_277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7372" TargetMode="External"/><Relationship Id="rId_hyperlink_278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7373" TargetMode="External"/><Relationship Id="rId_hyperlink_279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7374" TargetMode="External"/><Relationship Id="rId_hyperlink_280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7375" TargetMode="External"/><Relationship Id="rId_hyperlink_281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7376" TargetMode="External"/><Relationship Id="rId_hyperlink_282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7377" TargetMode="External"/><Relationship Id="rId_hyperlink_283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7378" TargetMode="External"/><Relationship Id="rId_hyperlink_284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7379" TargetMode="External"/><Relationship Id="rId_hyperlink_285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7380" TargetMode="External"/><Relationship Id="rId_hyperlink_286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7381" TargetMode="External"/><Relationship Id="rId_hyperlink_287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7382" TargetMode="External"/><Relationship Id="rId_hyperlink_288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7383" TargetMode="External"/><Relationship Id="rId_hyperlink_289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7384" TargetMode="External"/><Relationship Id="rId_hyperlink_290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7405" TargetMode="External"/><Relationship Id="rId_hyperlink_291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7406" TargetMode="External"/><Relationship Id="rId_hyperlink_292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7407" TargetMode="External"/><Relationship Id="rId_hyperlink_293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7408" TargetMode="External"/><Relationship Id="rId_hyperlink_294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7409" TargetMode="External"/><Relationship Id="rId_hyperlink_295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7410" TargetMode="External"/><Relationship Id="rId_hyperlink_296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7416" TargetMode="External"/><Relationship Id="rId_hyperlink_297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7417" TargetMode="External"/><Relationship Id="rId_hyperlink_298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/8104" TargetMode="External"/><Relationship Id="rId_hyperlink_299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7214" TargetMode="External"/><Relationship Id="rId_hyperlink_300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5692" TargetMode="External"/><Relationship Id="rId_hyperlink_301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7187" TargetMode="External"/><Relationship Id="rId_hyperlink_302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7178" TargetMode="External"/><Relationship Id="rId_hyperlink_303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7179" TargetMode="External"/><Relationship Id="rId_hyperlink_304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7180" TargetMode="External"/><Relationship Id="rId_hyperlink_305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7181" TargetMode="External"/><Relationship Id="rId_hyperlink_306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7182" TargetMode="External"/><Relationship Id="rId_hyperlink_307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7184" TargetMode="External"/><Relationship Id="rId_hyperlink_308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7185" TargetMode="External"/><Relationship Id="rId_hyperlink_309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7186" TargetMode="External"/><Relationship Id="rId_hyperlink_310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7174" TargetMode="External"/><Relationship Id="rId_hyperlink_311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4375" TargetMode="External"/><Relationship Id="rId_hyperlink_312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7028" TargetMode="External"/><Relationship Id="rId_hyperlink_313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7032" TargetMode="External"/><Relationship Id="rId_hyperlink_314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7144" TargetMode="External"/><Relationship Id="rId_hyperlink_315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7140" TargetMode="External"/><Relationship Id="rId_hyperlink_316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7163" TargetMode="External"/><Relationship Id="rId_hyperlink_317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7164" TargetMode="External"/><Relationship Id="rId_hyperlink_318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7149" TargetMode="External"/><Relationship Id="rId_hyperlink_319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7150" TargetMode="External"/><Relationship Id="rId_hyperlink_320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7152" TargetMode="External"/><Relationship Id="rId_hyperlink_321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7153" TargetMode="External"/><Relationship Id="rId_hyperlink_322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7154" TargetMode="External"/><Relationship Id="rId_hyperlink_323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7155" TargetMode="External"/><Relationship Id="rId_hyperlink_324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7156" TargetMode="External"/><Relationship Id="rId_hyperlink_325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7158" TargetMode="External"/><Relationship Id="rId_hyperlink_326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7159" TargetMode="External"/><Relationship Id="rId_hyperlink_327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7160" TargetMode="External"/><Relationship Id="rId_hyperlink_328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7161" TargetMode="External"/><Relationship Id="rId_hyperlink_329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7162" TargetMode="External"/><Relationship Id="rId_hyperlink_330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7145" TargetMode="External"/><Relationship Id="rId_hyperlink_331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7146" TargetMode="External"/><Relationship Id="rId_hyperlink_332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7147" TargetMode="External"/><Relationship Id="rId_hyperlink_333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7148" TargetMode="External"/><Relationship Id="rId_hyperlink_334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7151" TargetMode="External"/><Relationship Id="rId_hyperlink_335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7157" TargetMode="External"/><Relationship Id="rId_hyperlink_336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7171" TargetMode="External"/><Relationship Id="rId_hyperlink_337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7172" TargetMode="External"/><Relationship Id="rId_hyperlink_338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7138" TargetMode="External"/><Relationship Id="rId_hyperlink_339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7197" TargetMode="External"/><Relationship Id="rId_hyperlink_340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7133" TargetMode="External"/><Relationship Id="rId_hyperlink_341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7134" TargetMode="External"/><Relationship Id="rId_hyperlink_342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7135" TargetMode="External"/><Relationship Id="rId_hyperlink_343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7136" TargetMode="External"/><Relationship Id="rId_hyperlink_344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7125" TargetMode="External"/><Relationship Id="rId_hyperlink_345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7126" TargetMode="External"/><Relationship Id="rId_hyperlink_346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7127" TargetMode="External"/><Relationship Id="rId_hyperlink_347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7110" TargetMode="External"/><Relationship Id="rId_hyperlink_348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7111" TargetMode="External"/><Relationship Id="rId_hyperlink_349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4332" TargetMode="External"/><Relationship Id="rId_hyperlink_350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/3974" TargetMode="External"/><Relationship Id="rId_hyperlink_351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/3990" TargetMode="External"/><Relationship Id="rId_hyperlink_352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7108" TargetMode="External"/><Relationship Id="rId_hyperlink_353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7094" TargetMode="External"/><Relationship Id="rId_hyperlink_354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7095" TargetMode="External"/><Relationship Id="rId_hyperlink_355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7096" TargetMode="External"/><Relationship Id="rId_hyperlink_356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7097" TargetMode="External"/><Relationship Id="rId_hyperlink_357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7098" TargetMode="External"/><Relationship Id="rId_hyperlink_358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7099" TargetMode="External"/><Relationship Id="rId_hyperlink_359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7100" TargetMode="External"/><Relationship Id="rId_hyperlink_360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7101" TargetMode="External"/><Relationship Id="rId_hyperlink_361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7102" TargetMode="External"/><Relationship Id="rId_hyperlink_362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7103" TargetMode="External"/><Relationship Id="rId_hyperlink_363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7104" TargetMode="External"/><Relationship Id="rId_hyperlink_364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7105" TargetMode="External"/><Relationship Id="rId_hyperlink_365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7091" TargetMode="External"/><Relationship Id="rId_hyperlink_366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7092" TargetMode="External"/><Relationship Id="rId_hyperlink_367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7093" TargetMode="External"/><Relationship Id="rId_hyperlink_368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7071" TargetMode="External"/><Relationship Id="rId_hyperlink_369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7070" TargetMode="External"/><Relationship Id="rId_hyperlink_370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7066" TargetMode="External"/><Relationship Id="rId_hyperlink_371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7067" TargetMode="External"/><Relationship Id="rId_hyperlink_372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7068" TargetMode="External"/><Relationship Id="rId_hyperlink_373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7069" TargetMode="External"/><Relationship Id="rId_hyperlink_374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7064" TargetMode="External"/><Relationship Id="rId_hyperlink_375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7065" TargetMode="External"/><Relationship Id="rId_hyperlink_376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7063" TargetMode="External"/><Relationship Id="rId_hyperlink_377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6399" TargetMode="External"/><Relationship Id="rId_hyperlink_378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6400" TargetMode="External"/><Relationship Id="rId_hyperlink_379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7031" TargetMode="External"/><Relationship Id="rId_hyperlink_380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7027" TargetMode="External"/><Relationship Id="rId_hyperlink_381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7029" TargetMode="External"/><Relationship Id="rId_hyperlink_382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7030" TargetMode="External"/><Relationship Id="rId_hyperlink_383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7017" TargetMode="External"/><Relationship Id="rId_hyperlink_384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7018" TargetMode="External"/><Relationship Id="rId_hyperlink_385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7019" TargetMode="External"/><Relationship Id="rId_hyperlink_386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7020" TargetMode="External"/><Relationship Id="rId_hyperlink_387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7021" TargetMode="External"/><Relationship Id="rId_hyperlink_388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7022" TargetMode="External"/><Relationship Id="rId_hyperlink_389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7023" TargetMode="External"/><Relationship Id="rId_hyperlink_390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7024" TargetMode="External"/><Relationship Id="rId_hyperlink_391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7025" TargetMode="External"/><Relationship Id="rId_hyperlink_392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7026" TargetMode="External"/><Relationship Id="rId_hyperlink_393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7010" TargetMode="External"/><Relationship Id="rId_hyperlink_394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7011" TargetMode="External"/><Relationship Id="rId_hyperlink_395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7012" TargetMode="External"/><Relationship Id="rId_hyperlink_396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7013" TargetMode="External"/><Relationship Id="rId_hyperlink_397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7014" TargetMode="External"/><Relationship Id="rId_hyperlink_398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7015" TargetMode="External"/><Relationship Id="rId_hyperlink_399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7016" TargetMode="External"/><Relationship Id="rId_hyperlink_400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5236" TargetMode="External"/><Relationship Id="rId_hyperlink_401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5237" TargetMode="External"/><Relationship Id="rId_hyperlink_402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7035" TargetMode="External"/><Relationship Id="rId_hyperlink_403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7036" TargetMode="External"/><Relationship Id="rId_hyperlink_404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7037" TargetMode="External"/><Relationship Id="rId_hyperlink_405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7038" TargetMode="External"/><Relationship Id="rId_hyperlink_406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7039" TargetMode="External"/><Relationship Id="rId_hyperlink_407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5142" TargetMode="External"/><Relationship Id="rId_hyperlink_408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5143" TargetMode="External"/><Relationship Id="rId_hyperlink_409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5152" TargetMode="External"/><Relationship Id="rId_hyperlink_410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5153" TargetMode="External"/><Relationship Id="rId_hyperlink_411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5154" TargetMode="External"/><Relationship Id="rId_hyperlink_412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5155" TargetMode="External"/><Relationship Id="rId_hyperlink_413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7034" TargetMode="External"/><Relationship Id="rId_hyperlink_414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5141" TargetMode="External"/><Relationship Id="rId_hyperlink_415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6401" TargetMode="External"/><Relationship Id="rId_hyperlink_416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6402" TargetMode="External"/><Relationship Id="rId_hyperlink_417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6938" TargetMode="External"/><Relationship Id="rId_hyperlink_418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6826" TargetMode="External"/><Relationship Id="rId_hyperlink_419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6827" TargetMode="External"/><Relationship Id="rId_hyperlink_420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6828" TargetMode="External"/><Relationship Id="rId_hyperlink_421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6829" TargetMode="External"/><Relationship Id="rId_hyperlink_422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6815" TargetMode="External"/><Relationship Id="rId_hyperlink_423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6816" TargetMode="External"/><Relationship Id="rId_hyperlink_424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6817" TargetMode="External"/><Relationship Id="rId_hyperlink_425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6818" TargetMode="External"/><Relationship Id="rId_hyperlink_426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6819" TargetMode="External"/><Relationship Id="rId_hyperlink_427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6820" TargetMode="External"/><Relationship Id="rId_hyperlink_428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6821" TargetMode="External"/><Relationship Id="rId_hyperlink_429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6822" TargetMode="External"/><Relationship Id="rId_hyperlink_430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6823" TargetMode="External"/><Relationship Id="rId_hyperlink_431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6824" TargetMode="External"/><Relationship Id="rId_hyperlink_432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6825" TargetMode="External"/><Relationship Id="rId_hyperlink_433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6809" TargetMode="External"/><Relationship Id="rId_hyperlink_434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6810" TargetMode="External"/><Relationship Id="rId_hyperlink_435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6811" TargetMode="External"/><Relationship Id="rId_hyperlink_436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6812" TargetMode="External"/><Relationship Id="rId_hyperlink_437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6813" TargetMode="External"/><Relationship Id="rId_hyperlink_438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6814" TargetMode="External"/><Relationship Id="rId_hyperlink_439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6800" TargetMode="External"/><Relationship Id="rId_hyperlink_440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6801" TargetMode="External"/><Relationship Id="rId_hyperlink_441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6802" TargetMode="External"/><Relationship Id="rId_hyperlink_442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6803" TargetMode="External"/><Relationship Id="rId_hyperlink_443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6804" TargetMode="External"/><Relationship Id="rId_hyperlink_444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6805" TargetMode="External"/><Relationship Id="rId_hyperlink_445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6806" TargetMode="External"/><Relationship Id="rId_hyperlink_446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6807" TargetMode="External"/><Relationship Id="rId_hyperlink_447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6808" TargetMode="External"/><Relationship Id="rId_hyperlink_448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6925" TargetMode="External"/><Relationship Id="rId_hyperlink_449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6930" TargetMode="External"/><Relationship Id="rId_hyperlink_450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6931" TargetMode="External"/><Relationship Id="rId_hyperlink_451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6932" TargetMode="External"/><Relationship Id="rId_hyperlink_452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6933" TargetMode="External"/><Relationship Id="rId_hyperlink_453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6934" TargetMode="External"/><Relationship Id="rId_hyperlink_454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6935" TargetMode="External"/><Relationship Id="rId_hyperlink_455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6936" TargetMode="External"/><Relationship Id="rId_hyperlink_456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6921" TargetMode="External"/><Relationship Id="rId_hyperlink_457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6922" TargetMode="External"/><Relationship Id="rId_hyperlink_458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6923" TargetMode="External"/><Relationship Id="rId_hyperlink_459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6924" TargetMode="External"/><Relationship Id="rId_hyperlink_460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6926" TargetMode="External"/><Relationship Id="rId_hyperlink_461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6927" TargetMode="External"/><Relationship Id="rId_hyperlink_462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6928" TargetMode="External"/><Relationship Id="rId_hyperlink_463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6929" TargetMode="External"/><Relationship Id="rId_hyperlink_464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6715" TargetMode="External"/><Relationship Id="rId_hyperlink_465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6716" TargetMode="External"/><Relationship Id="rId_hyperlink_466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6717" TargetMode="External"/><Relationship Id="rId_hyperlink_467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6718" TargetMode="External"/><Relationship Id="rId_hyperlink_468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6719" TargetMode="External"/><Relationship Id="rId_hyperlink_469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6720" TargetMode="External"/><Relationship Id="rId_hyperlink_470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6721" TargetMode="External"/><Relationship Id="rId_hyperlink_471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6722" TargetMode="External"/><Relationship Id="rId_hyperlink_472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6723" TargetMode="External"/><Relationship Id="rId_hyperlink_473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6724" TargetMode="External"/><Relationship Id="rId_hyperlink_474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6725" TargetMode="External"/><Relationship Id="rId_hyperlink_475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6726" TargetMode="External"/><Relationship Id="rId_hyperlink_476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6702" TargetMode="External"/><Relationship Id="rId_hyperlink_477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6703" TargetMode="External"/><Relationship Id="rId_hyperlink_478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6704" TargetMode="External"/><Relationship Id="rId_hyperlink_479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6705" TargetMode="External"/><Relationship Id="rId_hyperlink_480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6706" TargetMode="External"/><Relationship Id="rId_hyperlink_481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6707" TargetMode="External"/><Relationship Id="rId_hyperlink_482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6708" TargetMode="External"/><Relationship Id="rId_hyperlink_483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6709" TargetMode="External"/><Relationship Id="rId_hyperlink_484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6710" TargetMode="External"/><Relationship Id="rId_hyperlink_485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6711" TargetMode="External"/><Relationship Id="rId_hyperlink_486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6712" TargetMode="External"/><Relationship Id="rId_hyperlink_487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6713" TargetMode="External"/><Relationship Id="rId_hyperlink_488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6688" TargetMode="External"/><Relationship Id="rId_hyperlink_489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6689" TargetMode="External"/><Relationship Id="rId_hyperlink_490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6690" TargetMode="External"/><Relationship Id="rId_hyperlink_491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6691" TargetMode="External"/><Relationship Id="rId_hyperlink_492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6692" TargetMode="External"/><Relationship Id="rId_hyperlink_493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6693" TargetMode="External"/><Relationship Id="rId_hyperlink_494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6694" TargetMode="External"/><Relationship Id="rId_hyperlink_495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6695" TargetMode="External"/><Relationship Id="rId_hyperlink_496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6696" TargetMode="External"/><Relationship Id="rId_hyperlink_497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6697" TargetMode="External"/><Relationship Id="rId_hyperlink_498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6698" TargetMode="External"/><Relationship Id="rId_hyperlink_499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6699" TargetMode="External"/><Relationship Id="rId_hyperlink_500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6700" TargetMode="External"/><Relationship Id="rId_hyperlink_501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6701" TargetMode="External"/><Relationship Id="rId_hyperlink_502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7166" TargetMode="External"/><Relationship Id="rId_hyperlink_503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6714" TargetMode="External"/><Relationship Id="rId_hyperlink_504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6727" TargetMode="External"/><Relationship Id="rId_hyperlink_505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6618" TargetMode="External"/><Relationship Id="rId_hyperlink_506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6612" TargetMode="External"/><Relationship Id="rId_hyperlink_507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6613" TargetMode="External"/><Relationship Id="rId_hyperlink_508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6614" TargetMode="External"/><Relationship Id="rId_hyperlink_509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6615" TargetMode="External"/><Relationship Id="rId_hyperlink_510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6616" TargetMode="External"/><Relationship Id="rId_hyperlink_511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6617" TargetMode="External"/><Relationship Id="rId_hyperlink_512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6607" TargetMode="External"/><Relationship Id="rId_hyperlink_513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6608" TargetMode="External"/><Relationship Id="rId_hyperlink_514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6609" TargetMode="External"/><Relationship Id="rId_hyperlink_515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6610" TargetMode="External"/><Relationship Id="rId_hyperlink_516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6611" TargetMode="External"/><Relationship Id="rId_hyperlink_517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6600" TargetMode="External"/><Relationship Id="rId_hyperlink_518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6601" TargetMode="External"/><Relationship Id="rId_hyperlink_519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6597" TargetMode="External"/><Relationship Id="rId_hyperlink_520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6598" TargetMode="External"/><Relationship Id="rId_hyperlink_521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6599" TargetMode="External"/><Relationship Id="rId_hyperlink_522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6629" TargetMode="External"/><Relationship Id="rId_hyperlink_523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6603" TargetMode="External"/><Relationship Id="rId_hyperlink_524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6602" TargetMode="External"/><Relationship Id="rId_hyperlink_525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6595" TargetMode="External"/><Relationship Id="rId_hyperlink_526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6596" TargetMode="External"/><Relationship Id="rId_hyperlink_527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6590" TargetMode="External"/><Relationship Id="rId_hyperlink_528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6591" TargetMode="External"/><Relationship Id="rId_hyperlink_529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6592" TargetMode="External"/><Relationship Id="rId_hyperlink_530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6593" TargetMode="External"/><Relationship Id="rId_hyperlink_531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6594" TargetMode="External"/><Relationship Id="rId_hyperlink_532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6588" TargetMode="External"/><Relationship Id="rId_hyperlink_533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6589" TargetMode="External"/><Relationship Id="rId_hyperlink_534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6574" TargetMode="External"/><Relationship Id="rId_hyperlink_535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6575" TargetMode="External"/><Relationship Id="rId_hyperlink_536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6576" TargetMode="External"/><Relationship Id="rId_hyperlink_537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6577" TargetMode="External"/><Relationship Id="rId_hyperlink_538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6578" TargetMode="External"/><Relationship Id="rId_hyperlink_539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6579" TargetMode="External"/><Relationship Id="rId_hyperlink_540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6580" TargetMode="External"/><Relationship Id="rId_hyperlink_541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6581" TargetMode="External"/><Relationship Id="rId_hyperlink_542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6582" TargetMode="External"/><Relationship Id="rId_hyperlink_543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6583" TargetMode="External"/><Relationship Id="rId_hyperlink_544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6587" TargetMode="External"/><Relationship Id="rId_hyperlink_545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6558" TargetMode="External"/><Relationship Id="rId_hyperlink_546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6559" TargetMode="External"/><Relationship Id="rId_hyperlink_547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6560" TargetMode="External"/><Relationship Id="rId_hyperlink_548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6561" TargetMode="External"/><Relationship Id="rId_hyperlink_549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6562" TargetMode="External"/><Relationship Id="rId_hyperlink_550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6556" TargetMode="External"/><Relationship Id="rId_hyperlink_551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6557" TargetMode="External"/><Relationship Id="rId_hyperlink_552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6488" TargetMode="External"/><Relationship Id="rId_hyperlink_553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6490" TargetMode="External"/><Relationship Id="rId_hyperlink_554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6491" TargetMode="External"/><Relationship Id="rId_hyperlink_555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6543" TargetMode="External"/><Relationship Id="rId_hyperlink_556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6553" TargetMode="External"/><Relationship Id="rId_hyperlink_557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6554" TargetMode="External"/><Relationship Id="rId_hyperlink_558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6552" TargetMode="External"/><Relationship Id="rId_hyperlink_559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6541" TargetMode="External"/><Relationship Id="rId_hyperlink_560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7241" TargetMode="External"/><Relationship Id="rId_hyperlink_561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6536" TargetMode="External"/><Relationship Id="rId_hyperlink_562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6539" TargetMode="External"/><Relationship Id="rId_hyperlink_563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6540" TargetMode="External"/><Relationship Id="rId_hyperlink_564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6545" TargetMode="External"/><Relationship Id="rId_hyperlink_565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6546" TargetMode="External"/><Relationship Id="rId_hyperlink_566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6506" TargetMode="External"/><Relationship Id="rId_hyperlink_567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6507" TargetMode="External"/><Relationship Id="rId_hyperlink_568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6513" TargetMode="External"/><Relationship Id="rId_hyperlink_569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6514" TargetMode="External"/><Relationship Id="rId_hyperlink_570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6489" TargetMode="External"/><Relationship Id="rId_hyperlink_571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6028" TargetMode="External"/><Relationship Id="rId_hyperlink_572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6497" TargetMode="External"/><Relationship Id="rId_hyperlink_573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6498" TargetMode="External"/><Relationship Id="rId_hyperlink_574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6495" TargetMode="External"/><Relationship Id="rId_hyperlink_575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6502" TargetMode="External"/><Relationship Id="rId_hyperlink_576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6486" TargetMode="External"/><Relationship Id="rId_hyperlink_577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6454" TargetMode="External"/><Relationship Id="rId_hyperlink_578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6455" TargetMode="External"/><Relationship Id="rId_hyperlink_579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6456" TargetMode="External"/><Relationship Id="rId_hyperlink_580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6457" TargetMode="External"/><Relationship Id="rId_hyperlink_581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6458" TargetMode="External"/><Relationship Id="rId_hyperlink_582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6460" TargetMode="External"/><Relationship Id="rId_hyperlink_583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6461" TargetMode="External"/><Relationship Id="rId_hyperlink_584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6426" TargetMode="External"/><Relationship Id="rId_hyperlink_585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6427" TargetMode="External"/><Relationship Id="rId_hyperlink_586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7143" TargetMode="External"/><Relationship Id="rId_hyperlink_587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6413" TargetMode="External"/><Relationship Id="rId_hyperlink_588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6404" TargetMode="External"/><Relationship Id="rId_hyperlink_589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6369" TargetMode="External"/><Relationship Id="rId_hyperlink_590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6371" TargetMode="External"/><Relationship Id="rId_hyperlink_591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6372" TargetMode="External"/><Relationship Id="rId_hyperlink_592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6345" TargetMode="External"/><Relationship Id="rId_hyperlink_593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6346" TargetMode="External"/><Relationship Id="rId_hyperlink_594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6348" TargetMode="External"/><Relationship Id="rId_hyperlink_595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6349" TargetMode="External"/><Relationship Id="rId_hyperlink_596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6341" TargetMode="External"/><Relationship Id="rId_hyperlink_597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6342" TargetMode="External"/><Relationship Id="rId_hyperlink_598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6343" TargetMode="External"/><Relationship Id="rId_hyperlink_599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6344" TargetMode="External"/><Relationship Id="rId_hyperlink_600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6340" TargetMode="External"/><Relationship Id="rId_hyperlink_601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6333" TargetMode="External"/><Relationship Id="rId_hyperlink_602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6334" TargetMode="External"/><Relationship Id="rId_hyperlink_603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6335" TargetMode="External"/><Relationship Id="rId_hyperlink_604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6336" TargetMode="External"/><Relationship Id="rId_hyperlink_605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6337" TargetMode="External"/><Relationship Id="rId_hyperlink_606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6338" TargetMode="External"/><Relationship Id="rId_hyperlink_607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6339" TargetMode="External"/><Relationship Id="rId_hyperlink_608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6332" TargetMode="External"/><Relationship Id="rId_hyperlink_609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6370" TargetMode="External"/><Relationship Id="rId_hyperlink_610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6373" TargetMode="External"/><Relationship Id="rId_hyperlink_611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6374" TargetMode="External"/><Relationship Id="rId_hyperlink_612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6375" TargetMode="External"/><Relationship Id="rId_hyperlink_613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6376" TargetMode="External"/><Relationship Id="rId_hyperlink_614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6377" TargetMode="External"/><Relationship Id="rId_hyperlink_615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6378" TargetMode="External"/><Relationship Id="rId_hyperlink_616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6379" TargetMode="External"/><Relationship Id="rId_hyperlink_617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6380" TargetMode="External"/><Relationship Id="rId_hyperlink_618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6381" TargetMode="External"/><Relationship Id="rId_hyperlink_619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6382" TargetMode="External"/><Relationship Id="rId_hyperlink_620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6383" TargetMode="External"/><Relationship Id="rId_hyperlink_621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6384" TargetMode="External"/><Relationship Id="rId_hyperlink_622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6385" TargetMode="External"/><Relationship Id="rId_hyperlink_623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7495" TargetMode="External"/><Relationship Id="rId_hyperlink_624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6347" TargetMode="External"/><Relationship Id="rId_hyperlink_625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6327" TargetMode="External"/><Relationship Id="rId_hyperlink_626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6328" TargetMode="External"/><Relationship Id="rId_hyperlink_627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6329" TargetMode="External"/><Relationship Id="rId_hyperlink_628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6330" TargetMode="External"/><Relationship Id="rId_hyperlink_629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6325" TargetMode="External"/><Relationship Id="rId_hyperlink_630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6326" TargetMode="External"/><Relationship Id="rId_hyperlink_631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6316" TargetMode="External"/><Relationship Id="rId_hyperlink_632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6317" TargetMode="External"/><Relationship Id="rId_hyperlink_633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6318" TargetMode="External"/><Relationship Id="rId_hyperlink_634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6319" TargetMode="External"/><Relationship Id="rId_hyperlink_635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6320" TargetMode="External"/><Relationship Id="rId_hyperlink_636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6321" TargetMode="External"/><Relationship Id="rId_hyperlink_637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6331" TargetMode="External"/><Relationship Id="rId_hyperlink_638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7496" TargetMode="External"/><Relationship Id="rId_hyperlink_639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6315" TargetMode="External"/><Relationship Id="rId_hyperlink_640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6322" TargetMode="External"/><Relationship Id="rId_hyperlink_641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6323" TargetMode="External"/><Relationship Id="rId_hyperlink_642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6324" TargetMode="External"/><Relationship Id="rId_hyperlink_643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6350" TargetMode="External"/><Relationship Id="rId_hyperlink_644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6351" TargetMode="External"/><Relationship Id="rId_hyperlink_645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6352" TargetMode="External"/><Relationship Id="rId_hyperlink_646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6353" TargetMode="External"/><Relationship Id="rId_hyperlink_647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6354" TargetMode="External"/><Relationship Id="rId_hyperlink_648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6355" TargetMode="External"/><Relationship Id="rId_hyperlink_649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6356" TargetMode="External"/><Relationship Id="rId_hyperlink_650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6357" TargetMode="External"/><Relationship Id="rId_hyperlink_651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6358" TargetMode="External"/><Relationship Id="rId_hyperlink_652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6273" TargetMode="External"/><Relationship Id="rId_hyperlink_653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6274" TargetMode="External"/><Relationship Id="rId_hyperlink_654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6275" TargetMode="External"/><Relationship Id="rId_hyperlink_655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6276" TargetMode="External"/><Relationship Id="rId_hyperlink_656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6277" TargetMode="External"/><Relationship Id="rId_hyperlink_657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6278" TargetMode="External"/><Relationship Id="rId_hyperlink_658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6269" TargetMode="External"/><Relationship Id="rId_hyperlink_659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6270" TargetMode="External"/><Relationship Id="rId_hyperlink_660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6271" TargetMode="External"/><Relationship Id="rId_hyperlink_661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6272" TargetMode="External"/><Relationship Id="rId_hyperlink_662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6264" TargetMode="External"/><Relationship Id="rId_hyperlink_663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6265" TargetMode="External"/><Relationship Id="rId_hyperlink_664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6266" TargetMode="External"/><Relationship Id="rId_hyperlink_665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6267" TargetMode="External"/><Relationship Id="rId_hyperlink_666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6268" TargetMode="External"/><Relationship Id="rId_hyperlink_667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6261" TargetMode="External"/><Relationship Id="rId_hyperlink_668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6263" TargetMode="External"/><Relationship Id="rId_hyperlink_669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6306" TargetMode="External"/><Relationship Id="rId_hyperlink_670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6307" TargetMode="External"/><Relationship Id="rId_hyperlink_671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6308" TargetMode="External"/><Relationship Id="rId_hyperlink_672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6301" TargetMode="External"/><Relationship Id="rId_hyperlink_673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6302" TargetMode="External"/><Relationship Id="rId_hyperlink_674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6303" TargetMode="External"/><Relationship Id="rId_hyperlink_675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6304" TargetMode="External"/><Relationship Id="rId_hyperlink_676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6305" TargetMode="External"/><Relationship Id="rId_hyperlink_677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6262" TargetMode="External"/><Relationship Id="rId_hyperlink_678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6300" TargetMode="External"/><Relationship Id="rId_hyperlink_679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6284" TargetMode="External"/><Relationship Id="rId_hyperlink_680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6285" TargetMode="External"/><Relationship Id="rId_hyperlink_681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6286" TargetMode="External"/><Relationship Id="rId_hyperlink_682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6287" TargetMode="External"/><Relationship Id="rId_hyperlink_683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6288" TargetMode="External"/><Relationship Id="rId_hyperlink_684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6283" TargetMode="External"/><Relationship Id="rId_hyperlink_685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6282" TargetMode="External"/><Relationship Id="rId_hyperlink_686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6280" TargetMode="External"/><Relationship Id="rId_hyperlink_687" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6281" TargetMode="External"/><Relationship Id="rId_hyperlink_688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6292" TargetMode="External"/><Relationship Id="rId_hyperlink_689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6293" TargetMode="External"/><Relationship Id="rId_hyperlink_690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6294" TargetMode="External"/><Relationship Id="rId_hyperlink_691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6295" TargetMode="External"/><Relationship Id="rId_hyperlink_692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6296" TargetMode="External"/><Relationship Id="rId_hyperlink_693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6297" TargetMode="External"/><Relationship Id="rId_hyperlink_694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6298" TargetMode="External"/><Relationship Id="rId_hyperlink_695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6299" TargetMode="External"/><Relationship Id="rId_hyperlink_696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6289" TargetMode="External"/><Relationship Id="rId_hyperlink_697" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6291" TargetMode="External"/><Relationship Id="rId_hyperlink_698" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7123" TargetMode="External"/><Relationship Id="rId_hyperlink_699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7124" TargetMode="External"/><Relationship Id="rId_hyperlink_700" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6313" TargetMode="External"/><Relationship Id="rId_hyperlink_701" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6310" TargetMode="External"/><Relationship Id="rId_hyperlink_702" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6311" TargetMode="External"/><Relationship Id="rId_hyperlink_703" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6312" TargetMode="External"/><Relationship Id="rId_hyperlink_704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6309" TargetMode="External"/><Relationship Id="rId_hyperlink_705" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6368" TargetMode="External"/><Relationship Id="rId_hyperlink_706" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4329" TargetMode="External"/><Relationship Id="rId_hyperlink_707" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6387" TargetMode="External"/><Relationship Id="rId_hyperlink_708" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6386" TargetMode="External"/><Relationship Id="rId_hyperlink_709" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6279" TargetMode="External"/><Relationship Id="rId_hyperlink_710" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6247" TargetMode="External"/><Relationship Id="rId_hyperlink_711" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6248" TargetMode="External"/><Relationship Id="rId_hyperlink_712" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/8085" TargetMode="External"/><Relationship Id="rId_hyperlink_713" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6188" TargetMode="External"/><Relationship Id="rId_hyperlink_714" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6194" TargetMode="External"/><Relationship Id="rId_hyperlink_715" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6195" TargetMode="External"/><Relationship Id="rId_hyperlink_716" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6198" TargetMode="External"/><Relationship Id="rId_hyperlink_717" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6207" TargetMode="External"/><Relationship Id="rId_hyperlink_718" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6187" TargetMode="External"/><Relationship Id="rId_hyperlink_719" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6190" TargetMode="External"/><Relationship Id="rId_hyperlink_720" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6191" TargetMode="External"/><Relationship Id="rId_hyperlink_721" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6169" TargetMode="External"/><Relationship Id="rId_hyperlink_722" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6170" TargetMode="External"/><Relationship Id="rId_hyperlink_723" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6172" TargetMode="External"/><Relationship Id="rId_hyperlink_724" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6173" TargetMode="External"/><Relationship Id="rId_hyperlink_725" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6174" TargetMode="External"/><Relationship Id="rId_hyperlink_726" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6155" TargetMode="External"/><Relationship Id="rId_hyperlink_727" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6156" TargetMode="External"/><Relationship Id="rId_hyperlink_728" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6157" TargetMode="External"/><Relationship Id="rId_hyperlink_729" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6151" TargetMode="External"/><Relationship Id="rId_hyperlink_730" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6152" TargetMode="External"/><Relationship Id="rId_hyperlink_731" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6153" TargetMode="External"/><Relationship Id="rId_hyperlink_732" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6412" TargetMode="External"/><Relationship Id="rId_hyperlink_733" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6158" TargetMode="External"/><Relationship Id="rId_hyperlink_734" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7242" TargetMode="External"/><Relationship Id="rId_hyperlink_735" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/8086" TargetMode="External"/><Relationship Id="rId_hyperlink_736" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6143" TargetMode="External"/><Relationship Id="rId_hyperlink_737" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6144" TargetMode="External"/><Relationship Id="rId_hyperlink_738" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6145" TargetMode="External"/><Relationship Id="rId_hyperlink_739" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6146" TargetMode="External"/><Relationship Id="rId_hyperlink_740" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6148" TargetMode="External"/><Relationship Id="rId_hyperlink_741" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6149" TargetMode="External"/><Relationship Id="rId_hyperlink_742" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/3975" TargetMode="External"/><Relationship Id="rId_hyperlink_743" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4296" TargetMode="External"/><Relationship Id="rId_hyperlink_744" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6129" TargetMode="External"/><Relationship Id="rId_hyperlink_745" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6130" TargetMode="External"/><Relationship Id="rId_hyperlink_746" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6131" TargetMode="External"/><Relationship Id="rId_hyperlink_747" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6132" TargetMode="External"/><Relationship Id="rId_hyperlink_748" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6133" TargetMode="External"/><Relationship Id="rId_hyperlink_749" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6134" TargetMode="External"/><Relationship Id="rId_hyperlink_750" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6135" TargetMode="External"/><Relationship Id="rId_hyperlink_751" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6136" TargetMode="External"/><Relationship Id="rId_hyperlink_752" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6121" TargetMode="External"/><Relationship Id="rId_hyperlink_753" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6122" TargetMode="External"/><Relationship Id="rId_hyperlink_754" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6123" TargetMode="External"/><Relationship Id="rId_hyperlink_755" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6124" TargetMode="External"/><Relationship Id="rId_hyperlink_756" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6125" TargetMode="External"/><Relationship Id="rId_hyperlink_757" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6126" TargetMode="External"/><Relationship Id="rId_hyperlink_758" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6127" TargetMode="External"/><Relationship Id="rId_hyperlink_759" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6128" TargetMode="External"/><Relationship Id="rId_hyperlink_760" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6113" TargetMode="External"/><Relationship Id="rId_hyperlink_761" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6114" TargetMode="External"/><Relationship Id="rId_hyperlink_762" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6115" TargetMode="External"/><Relationship Id="rId_hyperlink_763" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6116" TargetMode="External"/><Relationship Id="rId_hyperlink_764" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6117" TargetMode="External"/><Relationship Id="rId_hyperlink_765" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6118" TargetMode="External"/><Relationship Id="rId_hyperlink_766" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6119" TargetMode="External"/><Relationship Id="rId_hyperlink_767" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6120" TargetMode="External"/><Relationship Id="rId_hyperlink_768" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6098" TargetMode="External"/><Relationship Id="rId_hyperlink_769" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6097" TargetMode="External"/><Relationship Id="rId_hyperlink_770" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6071" TargetMode="External"/><Relationship Id="rId_hyperlink_771" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6072" TargetMode="External"/><Relationship Id="rId_hyperlink_772" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6059" TargetMode="External"/><Relationship Id="rId_hyperlink_773" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6060" TargetMode="External"/><Relationship Id="rId_hyperlink_774" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6046" TargetMode="External"/><Relationship Id="rId_hyperlink_775" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6067" TargetMode="External"/><Relationship Id="rId_hyperlink_776" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6068" TargetMode="External"/><Relationship Id="rId_hyperlink_777" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6076" TargetMode="External"/><Relationship Id="rId_hyperlink_778" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6091" TargetMode="External"/><Relationship Id="rId_hyperlink_779" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6053" TargetMode="External"/><Relationship Id="rId_hyperlink_780" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6054" TargetMode="External"/><Relationship Id="rId_hyperlink_781" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6055" TargetMode="External"/><Relationship Id="rId_hyperlink_782" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6056" TargetMode="External"/><Relationship Id="rId_hyperlink_783" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6052" TargetMode="External"/><Relationship Id="rId_hyperlink_784" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6051" TargetMode="External"/><Relationship Id="rId_hyperlink_785" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6050" TargetMode="External"/><Relationship Id="rId_hyperlink_786" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6049" TargetMode="External"/><Relationship Id="rId_hyperlink_787" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6048" TargetMode="External"/><Relationship Id="rId_hyperlink_788" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6096" TargetMode="External"/><Relationship Id="rId_hyperlink_789" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6025" TargetMode="External"/><Relationship Id="rId_hyperlink_790" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6026" TargetMode="External"/><Relationship Id="rId_hyperlink_791" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6021" TargetMode="External"/><Relationship Id="rId_hyperlink_792" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6024" TargetMode="External"/><Relationship Id="rId_hyperlink_793" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6042" TargetMode="External"/><Relationship Id="rId_hyperlink_794" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6043" TargetMode="External"/><Relationship Id="rId_hyperlink_795" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6015" TargetMode="External"/><Relationship Id="rId_hyperlink_796" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6017" TargetMode="External"/><Relationship Id="rId_hyperlink_797" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6018" TargetMode="External"/><Relationship Id="rId_hyperlink_798" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6019" TargetMode="External"/><Relationship Id="rId_hyperlink_799" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7176" TargetMode="External"/><Relationship Id="rId_hyperlink_800" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7177" TargetMode="External"/><Relationship Id="rId_hyperlink_801" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5957" TargetMode="External"/><Relationship Id="rId_hyperlink_802" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5958" TargetMode="External"/><Relationship Id="rId_hyperlink_803" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5959" TargetMode="External"/><Relationship Id="rId_hyperlink_804" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5960" TargetMode="External"/><Relationship Id="rId_hyperlink_805" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5961" TargetMode="External"/><Relationship Id="rId_hyperlink_806" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5962" TargetMode="External"/><Relationship Id="rId_hyperlink_807" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5970" TargetMode="External"/><Relationship Id="rId_hyperlink_808" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5971" TargetMode="External"/><Relationship Id="rId_hyperlink_809" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5972" TargetMode="External"/><Relationship Id="rId_hyperlink_810" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5948" TargetMode="External"/><Relationship Id="rId_hyperlink_811" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5889" TargetMode="External"/><Relationship Id="rId_hyperlink_812" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5901" TargetMode="External"/><Relationship Id="rId_hyperlink_813" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5902" TargetMode="External"/><Relationship Id="rId_hyperlink_814" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5903" TargetMode="External"/><Relationship Id="rId_hyperlink_815" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5904" TargetMode="External"/><Relationship Id="rId_hyperlink_816" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5906" TargetMode="External"/><Relationship Id="rId_hyperlink_817" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5905" TargetMode="External"/><Relationship Id="rId_hyperlink_818" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5907" TargetMode="External"/><Relationship Id="rId_hyperlink_819" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5908" TargetMode="External"/><Relationship Id="rId_hyperlink_820" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7062" TargetMode="External"/><Relationship Id="rId_hyperlink_821" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5936" TargetMode="External"/><Relationship Id="rId_hyperlink_822" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5937" TargetMode="External"/><Relationship Id="rId_hyperlink_823" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5939" TargetMode="External"/><Relationship Id="rId_hyperlink_824" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5940" TargetMode="External"/><Relationship Id="rId_hyperlink_825" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5941" TargetMode="External"/><Relationship Id="rId_hyperlink_826" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5942" TargetMode="External"/><Relationship Id="rId_hyperlink_827" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5943" TargetMode="External"/><Relationship Id="rId_hyperlink_828" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5944" TargetMode="External"/><Relationship Id="rId_hyperlink_829" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7913" TargetMode="External"/><Relationship Id="rId_hyperlink_830" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5938" TargetMode="External"/><Relationship Id="rId_hyperlink_831" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7989" TargetMode="External"/><Relationship Id="rId_hyperlink_832" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5726" TargetMode="External"/><Relationship Id="rId_hyperlink_833" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5720" TargetMode="External"/><Relationship Id="rId_hyperlink_834" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5721" TargetMode="External"/><Relationship Id="rId_hyperlink_835" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5691" TargetMode="External"/><Relationship Id="rId_hyperlink_836" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5698" TargetMode="External"/><Relationship Id="rId_hyperlink_837" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5614" TargetMode="External"/><Relationship Id="rId_hyperlink_838" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5615" TargetMode="External"/><Relationship Id="rId_hyperlink_839" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5541" TargetMode="External"/><Relationship Id="rId_hyperlink_840" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5542" TargetMode="External"/><Relationship Id="rId_hyperlink_841" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5543" TargetMode="External"/><Relationship Id="rId_hyperlink_842" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5544" TargetMode="External"/><Relationship Id="rId_hyperlink_843" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5545" TargetMode="External"/><Relationship Id="rId_hyperlink_844" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5546" TargetMode="External"/><Relationship Id="rId_hyperlink_845" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5553" TargetMode="External"/><Relationship Id="rId_hyperlink_846" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5627" TargetMode="External"/><Relationship Id="rId_hyperlink_847" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5616" TargetMode="External"/><Relationship Id="rId_hyperlink_848" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5617" TargetMode="External"/><Relationship Id="rId_hyperlink_849" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5618" TargetMode="External"/><Relationship Id="rId_hyperlink_850" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5619" TargetMode="External"/><Relationship Id="rId_hyperlink_851" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5620" TargetMode="External"/><Relationship Id="rId_hyperlink_852" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5621" TargetMode="External"/><Relationship Id="rId_hyperlink_853" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5622" TargetMode="External"/><Relationship Id="rId_hyperlink_854" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5608" TargetMode="External"/><Relationship Id="rId_hyperlink_855" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5609" TargetMode="External"/><Relationship Id="rId_hyperlink_856" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5610" TargetMode="External"/><Relationship Id="rId_hyperlink_857" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5611" TargetMode="External"/><Relationship Id="rId_hyperlink_858" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5612" TargetMode="External"/><Relationship Id="rId_hyperlink_859" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5613" TargetMode="External"/><Relationship Id="rId_hyperlink_860" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5596" TargetMode="External"/><Relationship Id="rId_hyperlink_861" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5371" TargetMode="External"/><Relationship Id="rId_hyperlink_862" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6196" TargetMode="External"/><Relationship Id="rId_hyperlink_863" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6197" TargetMode="External"/><Relationship Id="rId_hyperlink_864" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6199" TargetMode="External"/><Relationship Id="rId_hyperlink_865" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6200" TargetMode="External"/><Relationship Id="rId_hyperlink_866" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6201" TargetMode="External"/><Relationship Id="rId_hyperlink_867" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6202" TargetMode="External"/><Relationship Id="rId_hyperlink_868" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6203" TargetMode="External"/><Relationship Id="rId_hyperlink_869" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6204" TargetMode="External"/><Relationship Id="rId_hyperlink_870" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6205" TargetMode="External"/><Relationship Id="rId_hyperlink_871" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6206" TargetMode="External"/><Relationship Id="rId_hyperlink_872" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6208" TargetMode="External"/><Relationship Id="rId_hyperlink_873" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6209" TargetMode="External"/><Relationship Id="rId_hyperlink_874" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6210" TargetMode="External"/><Relationship Id="rId_hyperlink_875" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6211" TargetMode="External"/><Relationship Id="rId_hyperlink_876" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6212" TargetMode="External"/><Relationship Id="rId_hyperlink_877" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6213" TargetMode="External"/><Relationship Id="rId_hyperlink_878" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5365" TargetMode="External"/><Relationship Id="rId_hyperlink_879" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5401" TargetMode="External"/><Relationship Id="rId_hyperlink_880" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5395" TargetMode="External"/><Relationship Id="rId_hyperlink_881" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4830" TargetMode="External"/><Relationship Id="rId_hyperlink_882" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5360" TargetMode="External"/><Relationship Id="rId_hyperlink_883" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5362" TargetMode="External"/><Relationship Id="rId_hyperlink_884" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5384" TargetMode="External"/><Relationship Id="rId_hyperlink_885" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5283" TargetMode="External"/><Relationship Id="rId_hyperlink_886" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5669" TargetMode="External"/><Relationship Id="rId_hyperlink_887" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5670" TargetMode="External"/><Relationship Id="rId_hyperlink_888" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5671" TargetMode="External"/><Relationship Id="rId_hyperlink_889" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5672" TargetMode="External"/><Relationship Id="rId_hyperlink_890" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5673" TargetMode="External"/><Relationship Id="rId_hyperlink_891" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5674" TargetMode="External"/><Relationship Id="rId_hyperlink_892" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5675" TargetMode="External"/><Relationship Id="rId_hyperlink_893" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5676" TargetMode="External"/><Relationship Id="rId_hyperlink_894" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5677" TargetMode="External"/><Relationship Id="rId_hyperlink_895" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5679" TargetMode="External"/><Relationship Id="rId_hyperlink_896" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5680" TargetMode="External"/><Relationship Id="rId_hyperlink_897" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5681" TargetMode="External"/><Relationship Id="rId_hyperlink_898" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5682" TargetMode="External"/><Relationship Id="rId_hyperlink_899" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5683" TargetMode="External"/><Relationship Id="rId_hyperlink_900" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5684" TargetMode="External"/><Relationship Id="rId_hyperlink_901" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5685" TargetMode="External"/><Relationship Id="rId_hyperlink_902" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5686" TargetMode="External"/><Relationship Id="rId_hyperlink_903" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5687" TargetMode="External"/><Relationship Id="rId_hyperlink_904" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5688" TargetMode="External"/><Relationship Id="rId_hyperlink_905" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5689" TargetMode="External"/><Relationship Id="rId_hyperlink_906" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5690" TargetMode="External"/><Relationship Id="rId_hyperlink_907" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5678" TargetMode="External"/><Relationship Id="rId_hyperlink_908" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5514" TargetMode="External"/><Relationship Id="rId_hyperlink_909" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5527" TargetMode="External"/><Relationship Id="rId_hyperlink_910" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/3940" TargetMode="External"/><Relationship Id="rId_hyperlink_911" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5515" TargetMode="External"/><Relationship Id="rId_hyperlink_912" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5516" TargetMode="External"/><Relationship Id="rId_hyperlink_913" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5517" TargetMode="External"/><Relationship Id="rId_hyperlink_914" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5518" TargetMode="External"/><Relationship Id="rId_hyperlink_915" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5519" TargetMode="External"/><Relationship Id="rId_hyperlink_916" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5520" TargetMode="External"/><Relationship Id="rId_hyperlink_917" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5513" TargetMode="External"/><Relationship Id="rId_hyperlink_918" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5489" TargetMode="External"/><Relationship Id="rId_hyperlink_919" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/3986" TargetMode="External"/><Relationship Id="rId_hyperlink_920" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5487" TargetMode="External"/><Relationship Id="rId_hyperlink_921" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5488" TargetMode="External"/><Relationship Id="rId_hyperlink_922" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5478" TargetMode="External"/><Relationship Id="rId_hyperlink_923" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5480" TargetMode="External"/><Relationship Id="rId_hyperlink_924" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5662" TargetMode="External"/><Relationship Id="rId_hyperlink_925" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5663" TargetMode="External"/><Relationship Id="rId_hyperlink_926" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5664" TargetMode="External"/><Relationship Id="rId_hyperlink_927" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5665" TargetMode="External"/><Relationship Id="rId_hyperlink_928" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5666" TargetMode="External"/><Relationship Id="rId_hyperlink_929" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5594" TargetMode="External"/><Relationship Id="rId_hyperlink_930" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4358" TargetMode="External"/><Relationship Id="rId_hyperlink_931" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5465" TargetMode="External"/><Relationship Id="rId_hyperlink_932" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5463" TargetMode="External"/><Relationship Id="rId_hyperlink_933" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5469" TargetMode="External"/><Relationship Id="rId_hyperlink_934" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5351" TargetMode="External"/><Relationship Id="rId_hyperlink_935" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5353" TargetMode="External"/><Relationship Id="rId_hyperlink_936" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5357" TargetMode="External"/><Relationship Id="rId_hyperlink_937" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5358" TargetMode="External"/><Relationship Id="rId_hyperlink_938" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5202" TargetMode="External"/><Relationship Id="rId_hyperlink_939" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4121" TargetMode="External"/><Relationship Id="rId_hyperlink_940" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5347" TargetMode="External"/><Relationship Id="rId_hyperlink_941" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5345" TargetMode="External"/><Relationship Id="rId_hyperlink_942" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5300" TargetMode="External"/><Relationship Id="rId_hyperlink_943" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5273" TargetMode="External"/><Relationship Id="rId_hyperlink_944" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5274" TargetMode="External"/><Relationship Id="rId_hyperlink_945" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5290" TargetMode="External"/><Relationship Id="rId_hyperlink_946" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5291" TargetMode="External"/><Relationship Id="rId_hyperlink_947" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5275" TargetMode="External"/><Relationship Id="rId_hyperlink_948" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5526" TargetMode="External"/><Relationship Id="rId_hyperlink_949" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6314" TargetMode="External"/><Relationship Id="rId_hyperlink_950" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5220" TargetMode="External"/><Relationship Id="rId_hyperlink_951" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5213" TargetMode="External"/><Relationship Id="rId_hyperlink_952" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5221" TargetMode="External"/><Relationship Id="rId_hyperlink_953" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5222" TargetMode="External"/><Relationship Id="rId_hyperlink_954" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5223" TargetMode="External"/><Relationship Id="rId_hyperlink_955" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5224" TargetMode="External"/><Relationship Id="rId_hyperlink_956" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5225" TargetMode="External"/><Relationship Id="rId_hyperlink_957" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5226" TargetMode="External"/><Relationship Id="rId_hyperlink_958" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5227" TargetMode="External"/><Relationship Id="rId_hyperlink_959" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5228" TargetMode="External"/><Relationship Id="rId_hyperlink_960" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5229" TargetMode="External"/><Relationship Id="rId_hyperlink_961" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5188" TargetMode="External"/><Relationship Id="rId_hyperlink_962" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5212" TargetMode="External"/><Relationship Id="rId_hyperlink_963" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4368" TargetMode="External"/><Relationship Id="rId_hyperlink_964" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5185" TargetMode="External"/><Relationship Id="rId_hyperlink_965" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5184" TargetMode="External"/><Relationship Id="rId_hyperlink_966" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5187" TargetMode="External"/><Relationship Id="rId_hyperlink_967" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5199" TargetMode="External"/><Relationship Id="rId_hyperlink_968" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5348" TargetMode="External"/><Relationship Id="rId_hyperlink_969" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5093" TargetMode="External"/><Relationship Id="rId_hyperlink_970" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5095" TargetMode="External"/><Relationship Id="rId_hyperlink_971" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5096" TargetMode="External"/><Relationship Id="rId_hyperlink_972" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5117" TargetMode="External"/><Relationship Id="rId_hyperlink_973" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5162" TargetMode="External"/><Relationship Id="rId_hyperlink_974" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5180" TargetMode="External"/><Relationship Id="rId_hyperlink_975" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5182" TargetMode="External"/><Relationship Id="rId_hyperlink_976" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5183" TargetMode="External"/><Relationship Id="rId_hyperlink_977" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5050" TargetMode="External"/><Relationship Id="rId_hyperlink_978" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5133" TargetMode="External"/><Relationship Id="rId_hyperlink_979" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5134" TargetMode="External"/><Relationship Id="rId_hyperlink_980" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5139" TargetMode="External"/><Relationship Id="rId_hyperlink_981" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5074" TargetMode="External"/><Relationship Id="rId_hyperlink_982" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4886" TargetMode="External"/><Relationship Id="rId_hyperlink_983" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5038" TargetMode="External"/><Relationship Id="rId_hyperlink_984" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5059" TargetMode="External"/><Relationship Id="rId_hyperlink_985" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5060" TargetMode="External"/><Relationship Id="rId_hyperlink_986" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5061" TargetMode="External"/><Relationship Id="rId_hyperlink_987" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4940" TargetMode="External"/><Relationship Id="rId_hyperlink_988" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4266" TargetMode="External"/><Relationship Id="rId_hyperlink_989" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4132" TargetMode="External"/><Relationship Id="rId_hyperlink_990" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5056" TargetMode="External"/><Relationship Id="rId_hyperlink_991" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/3731" TargetMode="External"/><Relationship Id="rId_hyperlink_992" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/3838" TargetMode="External"/><Relationship Id="rId_hyperlink_993" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/3966" TargetMode="External"/><Relationship Id="rId_hyperlink_994" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4653" TargetMode="External"/><Relationship Id="rId_hyperlink_995" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7141" TargetMode="External"/><Relationship Id="rId_hyperlink_996" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5338" TargetMode="External"/><Relationship Id="rId_hyperlink_997" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5648" TargetMode="External"/><Relationship Id="rId_hyperlink_998" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5649" TargetMode="External"/><Relationship Id="rId_hyperlink_999" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5650" TargetMode="External"/><Relationship Id="rId_hyperlink_1000" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5651" TargetMode="External"/><Relationship Id="rId_hyperlink_1001" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5652" TargetMode="External"/><Relationship Id="rId_hyperlink_1002" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5658" TargetMode="External"/><Relationship Id="rId_hyperlink_1003" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5659" TargetMode="External"/><Relationship Id="rId_hyperlink_1004" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5660" TargetMode="External"/><Relationship Id="rId_hyperlink_1005" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5661" TargetMode="External"/><Relationship Id="rId_hyperlink_1006" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5339" TargetMode="External"/><Relationship Id="rId_hyperlink_1007" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7276" TargetMode="External"/><Relationship Id="rId_hyperlink_1008" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7277" TargetMode="External"/><Relationship Id="rId_hyperlink_1009" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7278" TargetMode="External"/><Relationship Id="rId_hyperlink_1010" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7279" TargetMode="External"/><Relationship Id="rId_hyperlink_1011" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7280" TargetMode="External"/><Relationship Id="rId_hyperlink_1012" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7281" TargetMode="External"/><Relationship Id="rId_hyperlink_1013" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7282" TargetMode="External"/><Relationship Id="rId_hyperlink_1014" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7283" TargetMode="External"/><Relationship Id="rId_hyperlink_1015" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7284" TargetMode="External"/><Relationship Id="rId_hyperlink_1016" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7285" TargetMode="External"/><Relationship Id="rId_hyperlink_1017" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7286" TargetMode="External"/><Relationship Id="rId_hyperlink_1018" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7287" TargetMode="External"/><Relationship Id="rId_hyperlink_1019" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7288" TargetMode="External"/><Relationship Id="rId_hyperlink_1020" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7289" TargetMode="External"/><Relationship Id="rId_hyperlink_1021" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7290" TargetMode="External"/><Relationship Id="rId_hyperlink_1022" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7291" TargetMode="External"/><Relationship Id="rId_hyperlink_1023" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7292" TargetMode="External"/><Relationship Id="rId_hyperlink_1024" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7293" TargetMode="External"/><Relationship Id="rId_hyperlink_1025" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7294" TargetMode="External"/><Relationship Id="rId_hyperlink_1026" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7295" TargetMode="External"/><Relationship Id="rId_hyperlink_1027" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7296" TargetMode="External"/><Relationship Id="rId_hyperlink_1028" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7297" TargetMode="External"/><Relationship Id="rId_hyperlink_1029" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7298" TargetMode="External"/><Relationship Id="rId_hyperlink_1030" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7299" TargetMode="External"/><Relationship Id="rId_hyperlink_1031" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7300" TargetMode="External"/><Relationship Id="rId_hyperlink_1032" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7301" TargetMode="External"/><Relationship Id="rId_hyperlink_1033" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7302" TargetMode="External"/><Relationship Id="rId_hyperlink_1034" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7303" TargetMode="External"/><Relationship Id="rId_hyperlink_1035" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7304" TargetMode="External"/><Relationship Id="rId_hyperlink_1036" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7305" TargetMode="External"/><Relationship Id="rId_hyperlink_1037" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7306" TargetMode="External"/><Relationship Id="rId_hyperlink_1038" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7307" TargetMode="External"/><Relationship Id="rId_hyperlink_1039" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7308" TargetMode="External"/><Relationship Id="rId_hyperlink_1040" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7309" TargetMode="External"/><Relationship Id="rId_hyperlink_1041" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7310" TargetMode="External"/><Relationship Id="rId_hyperlink_1042" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7311" TargetMode="External"/><Relationship Id="rId_hyperlink_1043" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7312" TargetMode="External"/><Relationship Id="rId_hyperlink_1044" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7313" TargetMode="External"/><Relationship Id="rId_hyperlink_1045" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7314" TargetMode="External"/><Relationship Id="rId_hyperlink_1046" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7315" TargetMode="External"/><Relationship Id="rId_hyperlink_1047" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7316" TargetMode="External"/><Relationship Id="rId_hyperlink_1048" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7317" TargetMode="External"/><Relationship Id="rId_hyperlink_1049" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7318" TargetMode="External"/><Relationship Id="rId_hyperlink_1050" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7319" TargetMode="External"/><Relationship Id="rId_hyperlink_1051" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7320" TargetMode="External"/><Relationship Id="rId_hyperlink_1052" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7321" TargetMode="External"/><Relationship Id="rId_hyperlink_1053" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7322" TargetMode="External"/><Relationship Id="rId_hyperlink_1054" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7323" TargetMode="External"/><Relationship Id="rId_hyperlink_1055" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7324" TargetMode="External"/><Relationship Id="rId_hyperlink_1056" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7325" TargetMode="External"/><Relationship Id="rId_hyperlink_1057" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7326" TargetMode="External"/><Relationship Id="rId_hyperlink_1058" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7327" TargetMode="External"/><Relationship Id="rId_hyperlink_1059" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7328" TargetMode="External"/><Relationship Id="rId_hyperlink_1060" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7329" TargetMode="External"/><Relationship Id="rId_hyperlink_1061" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7330" TargetMode="External"/><Relationship Id="rId_hyperlink_1062" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7331" TargetMode="External"/><Relationship Id="rId_hyperlink_1063" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7332" TargetMode="External"/><Relationship Id="rId_hyperlink_1064" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7333" TargetMode="External"/><Relationship Id="rId_hyperlink_1065" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7334" TargetMode="External"/><Relationship Id="rId_hyperlink_1066" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7335" TargetMode="External"/><Relationship Id="rId_hyperlink_1067" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7336" TargetMode="External"/><Relationship Id="rId_hyperlink_1068" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7337" TargetMode="External"/><Relationship Id="rId_hyperlink_1069" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7338" TargetMode="External"/><Relationship Id="rId_hyperlink_1070" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7339" TargetMode="External"/><Relationship Id="rId_hyperlink_1071" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7340" TargetMode="External"/><Relationship Id="rId_hyperlink_1072" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7341" TargetMode="External"/><Relationship Id="rId_hyperlink_1073" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7342" TargetMode="External"/><Relationship Id="rId_hyperlink_1074" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7343" TargetMode="External"/><Relationship Id="rId_hyperlink_1075" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7344" TargetMode="External"/><Relationship Id="rId_hyperlink_1076" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7345" TargetMode="External"/><Relationship Id="rId_hyperlink_1077" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7346" TargetMode="External"/><Relationship Id="rId_hyperlink_1078" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7347" TargetMode="External"/><Relationship Id="rId_hyperlink_1079" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7348" TargetMode="External"/><Relationship Id="rId_hyperlink_1080" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7349" TargetMode="External"/><Relationship Id="rId_hyperlink_1081" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7350" TargetMode="External"/><Relationship Id="rId_hyperlink_1082" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7351" TargetMode="External"/><Relationship Id="rId_hyperlink_1083" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7352" TargetMode="External"/><Relationship Id="rId_hyperlink_1084" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7353" TargetMode="External"/><Relationship Id="rId_hyperlink_1085" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7354" TargetMode="External"/><Relationship Id="rId_hyperlink_1086" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7355" TargetMode="External"/><Relationship Id="rId_hyperlink_1087" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7356" TargetMode="External"/><Relationship Id="rId_hyperlink_1088" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7357" TargetMode="External"/><Relationship Id="rId_hyperlink_1089" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7358" TargetMode="External"/><Relationship Id="rId_hyperlink_1090" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7359" TargetMode="External"/><Relationship Id="rId_hyperlink_1091" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7360" TargetMode="External"/><Relationship Id="rId_hyperlink_1092" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7361" TargetMode="External"/><Relationship Id="rId_hyperlink_1093" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7362" TargetMode="External"/><Relationship Id="rId_hyperlink_1094" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7363" TargetMode="External"/><Relationship Id="rId_hyperlink_1095" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7364" TargetMode="External"/><Relationship Id="rId_hyperlink_1096" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7365" TargetMode="External"/><Relationship Id="rId_hyperlink_1097" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7366" TargetMode="External"/><Relationship Id="rId_hyperlink_1098" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7367" TargetMode="External"/><Relationship Id="rId_hyperlink_1099" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7368" TargetMode="External"/><Relationship Id="rId_hyperlink_1100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7369" TargetMode="External"/><Relationship Id="rId_hyperlink_1101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7370" TargetMode="External"/><Relationship Id="rId_hyperlink_1102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4031" TargetMode="External"/><Relationship Id="rId_hyperlink_1103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4297" TargetMode="External"/><Relationship Id="rId_hyperlink_1104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4610" TargetMode="External"/><Relationship Id="rId_hyperlink_1105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4056" TargetMode="External"/><Relationship Id="rId_hyperlink_1106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4580" TargetMode="External"/><Relationship Id="rId_hyperlink_1107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4492" TargetMode="External"/><Relationship Id="rId_hyperlink_1108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4395" TargetMode="External"/><Relationship Id="rId_hyperlink_1109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4189" TargetMode="External"/><Relationship Id="rId_hyperlink_1110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4367" TargetMode="External"/><Relationship Id="rId_hyperlink_1111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5732" TargetMode="External"/><Relationship Id="rId_hyperlink_1112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5733" TargetMode="External"/><Relationship Id="rId_hyperlink_1113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5734" TargetMode="External"/><Relationship Id="rId_hyperlink_1114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5735" TargetMode="External"/><Relationship Id="rId_hyperlink_1115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5736" TargetMode="External"/><Relationship Id="rId_hyperlink_1116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5737" TargetMode="External"/><Relationship Id="rId_hyperlink_1117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5738" TargetMode="External"/><Relationship Id="rId_hyperlink_1118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5739" TargetMode="External"/><Relationship Id="rId_hyperlink_1119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5740" TargetMode="External"/><Relationship Id="rId_hyperlink_1120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5741" TargetMode="External"/><Relationship Id="rId_hyperlink_1121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5742" TargetMode="External"/><Relationship Id="rId_hyperlink_1122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5743" TargetMode="External"/><Relationship Id="rId_hyperlink_1123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5744" TargetMode="External"/><Relationship Id="rId_hyperlink_1124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5746" TargetMode="External"/><Relationship Id="rId_hyperlink_1125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5747" TargetMode="External"/><Relationship Id="rId_hyperlink_1126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5748" TargetMode="External"/><Relationship Id="rId_hyperlink_1127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5749" TargetMode="External"/><Relationship Id="rId_hyperlink_1128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5750" TargetMode="External"/><Relationship Id="rId_hyperlink_1129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5751" TargetMode="External"/><Relationship Id="rId_hyperlink_1130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5752" TargetMode="External"/><Relationship Id="rId_hyperlink_1131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5753" TargetMode="External"/><Relationship Id="rId_hyperlink_1132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5754" TargetMode="External"/><Relationship Id="rId_hyperlink_1133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5755" TargetMode="External"/><Relationship Id="rId_hyperlink_1134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5756" TargetMode="External"/><Relationship Id="rId_hyperlink_1135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5757" TargetMode="External"/><Relationship Id="rId_hyperlink_1136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5758" TargetMode="External"/><Relationship Id="rId_hyperlink_1137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5759" TargetMode="External"/><Relationship Id="rId_hyperlink_1138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5760" TargetMode="External"/><Relationship Id="rId_hyperlink_1139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5761" TargetMode="External"/><Relationship Id="rId_hyperlink_1140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5762" TargetMode="External"/><Relationship Id="rId_hyperlink_1141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5763" TargetMode="External"/><Relationship Id="rId_hyperlink_1142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5764" TargetMode="External"/><Relationship Id="rId_hyperlink_1143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5765" TargetMode="External"/><Relationship Id="rId_hyperlink_1144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5766" TargetMode="External"/><Relationship Id="rId_hyperlink_1145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5767" TargetMode="External"/><Relationship Id="rId_hyperlink_1146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5768" TargetMode="External"/><Relationship Id="rId_hyperlink_1147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5769" TargetMode="External"/><Relationship Id="rId_hyperlink_1148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5770" TargetMode="External"/><Relationship Id="rId_hyperlink_1149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5771" TargetMode="External"/><Relationship Id="rId_hyperlink_1150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5772" TargetMode="External"/><Relationship Id="rId_hyperlink_1151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5773" TargetMode="External"/><Relationship Id="rId_hyperlink_1152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5774" TargetMode="External"/><Relationship Id="rId_hyperlink_1153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5775" TargetMode="External"/><Relationship Id="rId_hyperlink_1154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5776" TargetMode="External"/><Relationship Id="rId_hyperlink_1155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5777" TargetMode="External"/><Relationship Id="rId_hyperlink_1156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5778" TargetMode="External"/><Relationship Id="rId_hyperlink_1157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5779" TargetMode="External"/><Relationship Id="rId_hyperlink_1158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5780" TargetMode="External"/><Relationship Id="rId_hyperlink_1159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5781" TargetMode="External"/><Relationship Id="rId_hyperlink_1160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5782" TargetMode="External"/><Relationship Id="rId_hyperlink_1161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5783" TargetMode="External"/><Relationship Id="rId_hyperlink_1162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5784" TargetMode="External"/><Relationship Id="rId_hyperlink_1163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5785" TargetMode="External"/><Relationship Id="rId_hyperlink_1164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5786" TargetMode="External"/><Relationship Id="rId_hyperlink_1165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5787" TargetMode="External"/><Relationship Id="rId_hyperlink_1166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5788" TargetMode="External"/><Relationship Id="rId_hyperlink_1167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5789" TargetMode="External"/><Relationship Id="rId_hyperlink_1168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5790" TargetMode="External"/><Relationship Id="rId_hyperlink_1169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5791" TargetMode="External"/><Relationship Id="rId_hyperlink_1170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5792" TargetMode="External"/><Relationship Id="rId_hyperlink_1171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5793" TargetMode="External"/><Relationship Id="rId_hyperlink_1172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6388" TargetMode="External"/><Relationship Id="rId_hyperlink_1173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5745" TargetMode="External"/><Relationship Id="rId_hyperlink_1174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/3921" TargetMode="External"/><Relationship Id="rId_hyperlink_1175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4248" TargetMode="External"/><Relationship Id="rId_hyperlink_1176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/8090" TargetMode="External"/><Relationship Id="rId_hyperlink_1177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4364" TargetMode="External"/><Relationship Id="rId_hyperlink_1178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4365" TargetMode="External"/><Relationship Id="rId_hyperlink_1179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4293" TargetMode="External"/><Relationship Id="rId_hyperlink_1180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5623" TargetMode="External"/><Relationship Id="rId_hyperlink_1181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5624" TargetMode="External"/><Relationship Id="rId_hyperlink_1182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5625" TargetMode="External"/><Relationship Id="rId_hyperlink_1183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5626" TargetMode="External"/><Relationship Id="rId_hyperlink_1184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5628" TargetMode="External"/><Relationship Id="rId_hyperlink_1185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5629" TargetMode="External"/><Relationship Id="rId_hyperlink_1186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5630" TargetMode="External"/><Relationship Id="rId_hyperlink_1187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5631" TargetMode="External"/><Relationship Id="rId_hyperlink_1188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5667" TargetMode="External"/><Relationship Id="rId_hyperlink_1189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5699" TargetMode="External"/><Relationship Id="rId_hyperlink_1190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5700" TargetMode="External"/><Relationship Id="rId_hyperlink_1191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5701" TargetMode="External"/><Relationship Id="rId_hyperlink_1192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5702" TargetMode="External"/><Relationship Id="rId_hyperlink_1193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5703" TargetMode="External"/><Relationship Id="rId_hyperlink_1194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5704" TargetMode="External"/><Relationship Id="rId_hyperlink_1195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5705" TargetMode="External"/><Relationship Id="rId_hyperlink_1196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5706" TargetMode="External"/><Relationship Id="rId_hyperlink_1197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5707" TargetMode="External"/><Relationship Id="rId_hyperlink_1198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5708" TargetMode="External"/><Relationship Id="rId_hyperlink_1199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5709" TargetMode="External"/><Relationship Id="rId_hyperlink_1200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5710" TargetMode="External"/><Relationship Id="rId_hyperlink_1201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5711" TargetMode="External"/><Relationship Id="rId_hyperlink_1202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5712" TargetMode="External"/><Relationship Id="rId_hyperlink_1203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5713" TargetMode="External"/><Relationship Id="rId_hyperlink_1204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5714" TargetMode="External"/><Relationship Id="rId_hyperlink_1205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5715" TargetMode="External"/><Relationship Id="rId_hyperlink_1206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5716" TargetMode="External"/><Relationship Id="rId_hyperlink_1207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5717" TargetMode="External"/><Relationship Id="rId_hyperlink_1208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5718" TargetMode="External"/><Relationship Id="rId_hyperlink_1209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5719" TargetMode="External"/><Relationship Id="rId_hyperlink_1210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5189" TargetMode="External"/><Relationship Id="rId_hyperlink_1211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4634" TargetMode="External"/><Relationship Id="rId_hyperlink_1212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/3039" TargetMode="External"/><Relationship Id="rId_hyperlink_1213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5393" TargetMode="External"/><Relationship Id="rId_hyperlink_1214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5653" TargetMode="External"/><Relationship Id="rId_hyperlink_1215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5654" TargetMode="External"/><Relationship Id="rId_hyperlink_1216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5655" TargetMode="External"/><Relationship Id="rId_hyperlink_1217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5656" TargetMode="External"/><Relationship Id="rId_hyperlink_1218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5657" TargetMode="External"/><Relationship Id="rId_hyperlink_1219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4119" TargetMode="External"/><Relationship Id="rId_hyperlink_1220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/3305" TargetMode="External"/><Relationship Id="rId_hyperlink_1221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/3883" TargetMode="External"/><Relationship Id="rId_hyperlink_1222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4150" TargetMode="External"/><Relationship Id="rId_hyperlink_1223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4413" TargetMode="External"/><Relationship Id="rId_hyperlink_1224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/3920" TargetMode="External"/><Relationship Id="rId_hyperlink_1225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/3735" TargetMode="External"/><Relationship Id="rId_hyperlink_1226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/3938" TargetMode="External"/><Relationship Id="rId_hyperlink_1227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/3939" TargetMode="External"/><Relationship Id="rId_hyperlink_1228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/3946" TargetMode="External"/><Relationship Id="rId_hyperlink_1229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4200" TargetMode="External"/><Relationship Id="rId_hyperlink_1230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/3956" TargetMode="External"/><Relationship Id="rId_hyperlink_1231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4453" TargetMode="External"/><Relationship Id="rId_hyperlink_1232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4454" TargetMode="External"/><Relationship Id="rId_hyperlink_1233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/3967" TargetMode="External"/><Relationship Id="rId_hyperlink_1234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/3968" TargetMode="External"/><Relationship Id="rId_hyperlink_1235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5397" TargetMode="External"/><Relationship Id="rId_hyperlink_1236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/3969" TargetMode="External"/><Relationship Id="rId_hyperlink_1237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/3970" TargetMode="External"/><Relationship Id="rId_hyperlink_1238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/3971" TargetMode="External"/><Relationship Id="rId_hyperlink_1239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/3882" TargetMode="External"/><Relationship Id="rId_hyperlink_1240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4249" TargetMode="External"/><Relationship Id="rId_hyperlink_1241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4271" TargetMode="External"/><Relationship Id="rId_hyperlink_1242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4294" TargetMode="External"/><Relationship Id="rId_hyperlink_1243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4301" TargetMode="External"/><Relationship Id="rId_hyperlink_1244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5595" TargetMode="External"/><Relationship Id="rId_hyperlink_1245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5597" TargetMode="External"/><Relationship Id="rId_hyperlink_1246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5598" TargetMode="External"/><Relationship Id="rId_hyperlink_1247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5599" TargetMode="External"/><Relationship Id="rId_hyperlink_1248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4061" TargetMode="External"/><Relationship Id="rId_hyperlink_1249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5600" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/c/connectors?page=13&amp;per-page=48" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5334" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7211" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6939" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6538" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6030" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/8099" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/8100" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/8101" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/8102" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/8103" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6029" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6031" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6032" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6034" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/8105" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/8069" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/8070" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/8071" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/8072" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/8073" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/8074" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/8075" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/8076" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/8077" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/8078" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/8079" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/8080" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/8081" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/8082" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/8083" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7904" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7906" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7907" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7903" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7908" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7905" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7706" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7830" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7840" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7660" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7661" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7662" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7663" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7664" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7665" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7696" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7697" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7698" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7699" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7695" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7700" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7701" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7702" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7703" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7704" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7705" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7707" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7720" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7721" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7722" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7723" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7724" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7725" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7726" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7727" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7728" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7729" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7730" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7731" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7732" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7733" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7734" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7735" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7708" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7709" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7710" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7711" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7712" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7713" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7714" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7715" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7716" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7717" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7718" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7719" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7836" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7837" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7838" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7839" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7841" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7842" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7834" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7832" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7833" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7826" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7828" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7829" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7831" TargetMode="External"/><Relationship Id="rId_hyperlink_100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7835" TargetMode="External"/><Relationship Id="rId_hyperlink_101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7894" TargetMode="External"/><Relationship Id="rId_hyperlink_102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7895" TargetMode="External"/><Relationship Id="rId_hyperlink_103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7896" TargetMode="External"/><Relationship Id="rId_hyperlink_104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7897" TargetMode="External"/><Relationship Id="rId_hyperlink_105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7898" TargetMode="External"/><Relationship Id="rId_hyperlink_106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7891" TargetMode="External"/><Relationship Id="rId_hyperlink_107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7892" TargetMode="External"/><Relationship Id="rId_hyperlink_108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7893" TargetMode="External"/><Relationship Id="rId_hyperlink_109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7879" TargetMode="External"/><Relationship Id="rId_hyperlink_110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7880" TargetMode="External"/><Relationship Id="rId_hyperlink_111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7881" TargetMode="External"/><Relationship Id="rId_hyperlink_112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7882" TargetMode="External"/><Relationship Id="rId_hyperlink_113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7883" TargetMode="External"/><Relationship Id="rId_hyperlink_114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7884" TargetMode="External"/><Relationship Id="rId_hyperlink_115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7885" TargetMode="External"/><Relationship Id="rId_hyperlink_116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7886" TargetMode="External"/><Relationship Id="rId_hyperlink_117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7887" TargetMode="External"/><Relationship Id="rId_hyperlink_118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7888" TargetMode="External"/><Relationship Id="rId_hyperlink_119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7889" TargetMode="External"/><Relationship Id="rId_hyperlink_120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7890" TargetMode="External"/><Relationship Id="rId_hyperlink_121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7658" TargetMode="External"/><Relationship Id="rId_hyperlink_122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7659" TargetMode="External"/><Relationship Id="rId_hyperlink_123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7650" TargetMode="External"/><Relationship Id="rId_hyperlink_124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7651" TargetMode="External"/><Relationship Id="rId_hyperlink_125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7652" TargetMode="External"/><Relationship Id="rId_hyperlink_126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7653" TargetMode="External"/><Relationship Id="rId_hyperlink_127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7654" TargetMode="External"/><Relationship Id="rId_hyperlink_128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7655" TargetMode="External"/><Relationship Id="rId_hyperlink_129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7656" TargetMode="External"/><Relationship Id="rId_hyperlink_130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7657" TargetMode="External"/><Relationship Id="rId_hyperlink_131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7648" TargetMode="External"/><Relationship Id="rId_hyperlink_132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7649" TargetMode="External"/><Relationship Id="rId_hyperlink_133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7667" TargetMode="External"/><Relationship Id="rId_hyperlink_134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7668" TargetMode="External"/><Relationship Id="rId_hyperlink_135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7669" TargetMode="External"/><Relationship Id="rId_hyperlink_136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7671" TargetMode="External"/><Relationship Id="rId_hyperlink_137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7672" TargetMode="External"/><Relationship Id="rId_hyperlink_138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7670" TargetMode="External"/><Relationship Id="rId_hyperlink_139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/8084" TargetMode="External"/><Relationship Id="rId_hyperlink_140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7666" TargetMode="External"/><Relationship Id="rId_hyperlink_141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7874" TargetMode="External"/><Relationship Id="rId_hyperlink_142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7875" TargetMode="External"/><Relationship Id="rId_hyperlink_143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7876" TargetMode="External"/><Relationship Id="rId_hyperlink_144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7877" TargetMode="External"/><Relationship Id="rId_hyperlink_145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7863" TargetMode="External"/><Relationship Id="rId_hyperlink_146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7864" TargetMode="External"/><Relationship Id="rId_hyperlink_147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7865" TargetMode="External"/><Relationship Id="rId_hyperlink_148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7866" TargetMode="External"/><Relationship Id="rId_hyperlink_149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7867" TargetMode="External"/><Relationship Id="rId_hyperlink_150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7868" TargetMode="External"/><Relationship Id="rId_hyperlink_151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7869" TargetMode="External"/><Relationship Id="rId_hyperlink_152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7870" TargetMode="External"/><Relationship Id="rId_hyperlink_153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7871" TargetMode="External"/><Relationship Id="rId_hyperlink_154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7872" TargetMode="External"/><Relationship Id="rId_hyperlink_155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7873" TargetMode="External"/><Relationship Id="rId_hyperlink_156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7859" TargetMode="External"/><Relationship Id="rId_hyperlink_157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7860" TargetMode="External"/><Relationship Id="rId_hyperlink_158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7861" TargetMode="External"/><Relationship Id="rId_hyperlink_159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7862" TargetMode="External"/><Relationship Id="rId_hyperlink_160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7850" TargetMode="External"/><Relationship Id="rId_hyperlink_161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7851" TargetMode="External"/><Relationship Id="rId_hyperlink_162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7852" TargetMode="External"/><Relationship Id="rId_hyperlink_163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7853" TargetMode="External"/><Relationship Id="rId_hyperlink_164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7854" TargetMode="External"/><Relationship Id="rId_hyperlink_165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7855" TargetMode="External"/><Relationship Id="rId_hyperlink_166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7856" TargetMode="External"/><Relationship Id="rId_hyperlink_167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7857" TargetMode="External"/><Relationship Id="rId_hyperlink_168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7858" TargetMode="External"/><Relationship Id="rId_hyperlink_169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7843" TargetMode="External"/><Relationship Id="rId_hyperlink_170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7844" TargetMode="External"/><Relationship Id="rId_hyperlink_171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7845" TargetMode="External"/><Relationship Id="rId_hyperlink_172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7846" TargetMode="External"/><Relationship Id="rId_hyperlink_173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7847" TargetMode="External"/><Relationship Id="rId_hyperlink_174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7848" TargetMode="External"/><Relationship Id="rId_hyperlink_175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7849" TargetMode="External"/><Relationship Id="rId_hyperlink_176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7814" TargetMode="External"/><Relationship Id="rId_hyperlink_177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7818" TargetMode="External"/><Relationship Id="rId_hyperlink_178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7819" TargetMode="External"/><Relationship Id="rId_hyperlink_179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7820" TargetMode="External"/><Relationship Id="rId_hyperlink_180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7821" TargetMode="External"/><Relationship Id="rId_hyperlink_181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7822" TargetMode="External"/><Relationship Id="rId_hyperlink_182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7237" TargetMode="External"/><Relationship Id="rId_hyperlink_183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7634" TargetMode="External"/><Relationship Id="rId_hyperlink_184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7631" TargetMode="External"/><Relationship Id="rId_hyperlink_185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7632" TargetMode="External"/><Relationship Id="rId_hyperlink_186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7491" TargetMode="External"/><Relationship Id="rId_hyperlink_187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7492" TargetMode="External"/><Relationship Id="rId_hyperlink_188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7493" TargetMode="External"/><Relationship Id="rId_hyperlink_189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7494" TargetMode="External"/><Relationship Id="rId_hyperlink_190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7490" TargetMode="External"/><Relationship Id="rId_hyperlink_191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7488" TargetMode="External"/><Relationship Id="rId_hyperlink_192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7489" TargetMode="External"/><Relationship Id="rId_hyperlink_193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7478" TargetMode="External"/><Relationship Id="rId_hyperlink_194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7475" TargetMode="External"/><Relationship Id="rId_hyperlink_195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7476" TargetMode="External"/><Relationship Id="rId_hyperlink_196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7477" TargetMode="External"/><Relationship Id="rId_hyperlink_197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7479" TargetMode="External"/><Relationship Id="rId_hyperlink_198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7480" TargetMode="External"/><Relationship Id="rId_hyperlink_199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7481" TargetMode="External"/><Relationship Id="rId_hyperlink_200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7482" TargetMode="External"/><Relationship Id="rId_hyperlink_201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7483" TargetMode="External"/><Relationship Id="rId_hyperlink_202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7484" TargetMode="External"/><Relationship Id="rId_hyperlink_203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7485" TargetMode="External"/><Relationship Id="rId_hyperlink_204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7486" TargetMode="External"/><Relationship Id="rId_hyperlink_205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7487" TargetMode="External"/><Relationship Id="rId_hyperlink_206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7269" TargetMode="External"/><Relationship Id="rId_hyperlink_207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7270" TargetMode="External"/><Relationship Id="rId_hyperlink_208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7273" TargetMode="External"/><Relationship Id="rId_hyperlink_209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7274" TargetMode="External"/><Relationship Id="rId_hyperlink_210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7275" TargetMode="External"/><Relationship Id="rId_hyperlink_211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7267" TargetMode="External"/><Relationship Id="rId_hyperlink_212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7268" TargetMode="External"/><Relationship Id="rId_hyperlink_213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7265" TargetMode="External"/><Relationship Id="rId_hyperlink_214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7266" TargetMode="External"/><Relationship Id="rId_hyperlink_215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7254" TargetMode="External"/><Relationship Id="rId_hyperlink_216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7257" TargetMode="External"/><Relationship Id="rId_hyperlink_217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7258" TargetMode="External"/><Relationship Id="rId_hyperlink_218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7259" TargetMode="External"/><Relationship Id="rId_hyperlink_219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7260" TargetMode="External"/><Relationship Id="rId_hyperlink_220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7261" TargetMode="External"/><Relationship Id="rId_hyperlink_221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7262" TargetMode="External"/><Relationship Id="rId_hyperlink_222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7263" TargetMode="External"/><Relationship Id="rId_hyperlink_223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7264" TargetMode="External"/><Relationship Id="rId_hyperlink_224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7245" TargetMode="External"/><Relationship Id="rId_hyperlink_225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7246" TargetMode="External"/><Relationship Id="rId_hyperlink_226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7247" TargetMode="External"/><Relationship Id="rId_hyperlink_227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7248" TargetMode="External"/><Relationship Id="rId_hyperlink_228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7249" TargetMode="External"/><Relationship Id="rId_hyperlink_229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7250" TargetMode="External"/><Relationship Id="rId_hyperlink_230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7251" TargetMode="External"/><Relationship Id="rId_hyperlink_231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7252" TargetMode="External"/><Relationship Id="rId_hyperlink_232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7253" TargetMode="External"/><Relationship Id="rId_hyperlink_233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7452" TargetMode="External"/><Relationship Id="rId_hyperlink_234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7453" TargetMode="External"/><Relationship Id="rId_hyperlink_235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7454" TargetMode="External"/><Relationship Id="rId_hyperlink_236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7421" TargetMode="External"/><Relationship Id="rId_hyperlink_237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7422" TargetMode="External"/><Relationship Id="rId_hyperlink_238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7423" TargetMode="External"/><Relationship Id="rId_hyperlink_239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7424" TargetMode="External"/><Relationship Id="rId_hyperlink_240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7451" TargetMode="External"/><Relationship Id="rId_hyperlink_241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7432" TargetMode="External"/><Relationship Id="rId_hyperlink_242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7433" TargetMode="External"/><Relationship Id="rId_hyperlink_243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7255" TargetMode="External"/><Relationship Id="rId_hyperlink_244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7256" TargetMode="External"/><Relationship Id="rId_hyperlink_245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7425" TargetMode="External"/><Relationship Id="rId_hyperlink_246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7434" TargetMode="External"/><Relationship Id="rId_hyperlink_247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7435" TargetMode="External"/><Relationship Id="rId_hyperlink_248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7426" TargetMode="External"/><Relationship Id="rId_hyperlink_249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7427" TargetMode="External"/><Relationship Id="rId_hyperlink_250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7428" TargetMode="External"/><Relationship Id="rId_hyperlink_251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7431" TargetMode="External"/><Relationship Id="rId_hyperlink_252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7472" TargetMode="External"/><Relationship Id="rId_hyperlink_253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7473" TargetMode="External"/><Relationship Id="rId_hyperlink_254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7460" TargetMode="External"/><Relationship Id="rId_hyperlink_255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7471" TargetMode="External"/><Relationship Id="rId_hyperlink_256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7474" TargetMode="External"/><Relationship Id="rId_hyperlink_257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7462" TargetMode="External"/><Relationship Id="rId_hyperlink_258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7463" TargetMode="External"/><Relationship Id="rId_hyperlink_259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7455" TargetMode="External"/><Relationship Id="rId_hyperlink_260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7456" TargetMode="External"/><Relationship Id="rId_hyperlink_261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7457" TargetMode="External"/><Relationship Id="rId_hyperlink_262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7458" TargetMode="External"/><Relationship Id="rId_hyperlink_263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7436" TargetMode="External"/><Relationship Id="rId_hyperlink_264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7411" TargetMode="External"/><Relationship Id="rId_hyperlink_265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7412" TargetMode="External"/><Relationship Id="rId_hyperlink_266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7414" TargetMode="External"/><Relationship Id="rId_hyperlink_267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7415" TargetMode="External"/><Relationship Id="rId_hyperlink_268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7429" TargetMode="External"/><Relationship Id="rId_hyperlink_269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7430" TargetMode="External"/><Relationship Id="rId_hyperlink_270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7470" TargetMode="External"/><Relationship Id="rId_hyperlink_271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7386" TargetMode="External"/><Relationship Id="rId_hyperlink_272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7387" TargetMode="External"/><Relationship Id="rId_hyperlink_273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7388" TargetMode="External"/><Relationship Id="rId_hyperlink_274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7389" TargetMode="External"/><Relationship Id="rId_hyperlink_275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7390" TargetMode="External"/><Relationship Id="rId_hyperlink_276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7391" TargetMode="External"/><Relationship Id="rId_hyperlink_277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7392" TargetMode="External"/><Relationship Id="rId_hyperlink_278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7393" TargetMode="External"/><Relationship Id="rId_hyperlink_279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7394" TargetMode="External"/><Relationship Id="rId_hyperlink_280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7395" TargetMode="External"/><Relationship Id="rId_hyperlink_281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7396" TargetMode="External"/><Relationship Id="rId_hyperlink_282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7397" TargetMode="External"/><Relationship Id="rId_hyperlink_283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7398" TargetMode="External"/><Relationship Id="rId_hyperlink_284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7399" TargetMode="External"/><Relationship Id="rId_hyperlink_285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7400" TargetMode="External"/><Relationship Id="rId_hyperlink_286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7401" TargetMode="External"/><Relationship Id="rId_hyperlink_287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7402" TargetMode="External"/><Relationship Id="rId_hyperlink_288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7403" TargetMode="External"/><Relationship Id="rId_hyperlink_289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7404" TargetMode="External"/><Relationship Id="rId_hyperlink_290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7371" TargetMode="External"/><Relationship Id="rId_hyperlink_291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7372" TargetMode="External"/><Relationship Id="rId_hyperlink_292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7373" TargetMode="External"/><Relationship Id="rId_hyperlink_293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7374" TargetMode="External"/><Relationship Id="rId_hyperlink_294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7375" TargetMode="External"/><Relationship Id="rId_hyperlink_295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7376" TargetMode="External"/><Relationship Id="rId_hyperlink_296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7377" TargetMode="External"/><Relationship Id="rId_hyperlink_297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7378" TargetMode="External"/><Relationship Id="rId_hyperlink_298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7379" TargetMode="External"/><Relationship Id="rId_hyperlink_299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7380" TargetMode="External"/><Relationship Id="rId_hyperlink_300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7381" TargetMode="External"/><Relationship Id="rId_hyperlink_301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7382" TargetMode="External"/><Relationship Id="rId_hyperlink_302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7383" TargetMode="External"/><Relationship Id="rId_hyperlink_303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7384" TargetMode="External"/><Relationship Id="rId_hyperlink_304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7405" TargetMode="External"/><Relationship Id="rId_hyperlink_305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7406" TargetMode="External"/><Relationship Id="rId_hyperlink_306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7407" TargetMode="External"/><Relationship Id="rId_hyperlink_307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7408" TargetMode="External"/><Relationship Id="rId_hyperlink_308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7409" TargetMode="External"/><Relationship Id="rId_hyperlink_309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7410" TargetMode="External"/><Relationship Id="rId_hyperlink_310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7416" TargetMode="External"/><Relationship Id="rId_hyperlink_311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7417" TargetMode="External"/><Relationship Id="rId_hyperlink_312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/8104" TargetMode="External"/><Relationship Id="rId_hyperlink_313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7214" TargetMode="External"/><Relationship Id="rId_hyperlink_314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5692" TargetMode="External"/><Relationship Id="rId_hyperlink_315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7187" TargetMode="External"/><Relationship Id="rId_hyperlink_316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7178" TargetMode="External"/><Relationship Id="rId_hyperlink_317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7179" TargetMode="External"/><Relationship Id="rId_hyperlink_318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7180" TargetMode="External"/><Relationship Id="rId_hyperlink_319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7181" TargetMode="External"/><Relationship Id="rId_hyperlink_320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7182" TargetMode="External"/><Relationship Id="rId_hyperlink_321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7184" TargetMode="External"/><Relationship Id="rId_hyperlink_322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7185" TargetMode="External"/><Relationship Id="rId_hyperlink_323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7186" TargetMode="External"/><Relationship Id="rId_hyperlink_324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7174" TargetMode="External"/><Relationship Id="rId_hyperlink_325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4375" TargetMode="External"/><Relationship Id="rId_hyperlink_326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7028" TargetMode="External"/><Relationship Id="rId_hyperlink_327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7032" TargetMode="External"/><Relationship Id="rId_hyperlink_328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7144" TargetMode="External"/><Relationship Id="rId_hyperlink_329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7140" TargetMode="External"/><Relationship Id="rId_hyperlink_330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7163" TargetMode="External"/><Relationship Id="rId_hyperlink_331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7164" TargetMode="External"/><Relationship Id="rId_hyperlink_332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7149" TargetMode="External"/><Relationship Id="rId_hyperlink_333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7150" TargetMode="External"/><Relationship Id="rId_hyperlink_334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7152" TargetMode="External"/><Relationship Id="rId_hyperlink_335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7153" TargetMode="External"/><Relationship Id="rId_hyperlink_336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7154" TargetMode="External"/><Relationship Id="rId_hyperlink_337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7155" TargetMode="External"/><Relationship Id="rId_hyperlink_338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7156" TargetMode="External"/><Relationship Id="rId_hyperlink_339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7158" TargetMode="External"/><Relationship Id="rId_hyperlink_340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7159" TargetMode="External"/><Relationship Id="rId_hyperlink_341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7160" TargetMode="External"/><Relationship Id="rId_hyperlink_342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7161" TargetMode="External"/><Relationship Id="rId_hyperlink_343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7162" TargetMode="External"/><Relationship Id="rId_hyperlink_344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7145" TargetMode="External"/><Relationship Id="rId_hyperlink_345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7146" TargetMode="External"/><Relationship Id="rId_hyperlink_346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7147" TargetMode="External"/><Relationship Id="rId_hyperlink_347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7148" TargetMode="External"/><Relationship Id="rId_hyperlink_348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7151" TargetMode="External"/><Relationship Id="rId_hyperlink_349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7157" TargetMode="External"/><Relationship Id="rId_hyperlink_350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7171" TargetMode="External"/><Relationship Id="rId_hyperlink_351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7172" TargetMode="External"/><Relationship Id="rId_hyperlink_352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7138" TargetMode="External"/><Relationship Id="rId_hyperlink_353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7197" TargetMode="External"/><Relationship Id="rId_hyperlink_354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7133" TargetMode="External"/><Relationship Id="rId_hyperlink_355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7134" TargetMode="External"/><Relationship Id="rId_hyperlink_356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7135" TargetMode="External"/><Relationship Id="rId_hyperlink_357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7136" TargetMode="External"/><Relationship Id="rId_hyperlink_358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7125" TargetMode="External"/><Relationship Id="rId_hyperlink_359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7126" TargetMode="External"/><Relationship Id="rId_hyperlink_360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7127" TargetMode="External"/><Relationship Id="rId_hyperlink_361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7110" TargetMode="External"/><Relationship Id="rId_hyperlink_362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7111" TargetMode="External"/><Relationship Id="rId_hyperlink_363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4332" TargetMode="External"/><Relationship Id="rId_hyperlink_364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/3974" TargetMode="External"/><Relationship Id="rId_hyperlink_365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/3990" TargetMode="External"/><Relationship Id="rId_hyperlink_366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7108" TargetMode="External"/><Relationship Id="rId_hyperlink_367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7094" TargetMode="External"/><Relationship Id="rId_hyperlink_368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7095" TargetMode="External"/><Relationship Id="rId_hyperlink_369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7096" TargetMode="External"/><Relationship Id="rId_hyperlink_370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7097" TargetMode="External"/><Relationship Id="rId_hyperlink_371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7098" TargetMode="External"/><Relationship Id="rId_hyperlink_372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7099" TargetMode="External"/><Relationship Id="rId_hyperlink_373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7100" TargetMode="External"/><Relationship Id="rId_hyperlink_374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7101" TargetMode="External"/><Relationship Id="rId_hyperlink_375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7102" TargetMode="External"/><Relationship Id="rId_hyperlink_376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7103" TargetMode="External"/><Relationship Id="rId_hyperlink_377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7104" TargetMode="External"/><Relationship Id="rId_hyperlink_378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7105" TargetMode="External"/><Relationship Id="rId_hyperlink_379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7091" TargetMode="External"/><Relationship Id="rId_hyperlink_380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7092" TargetMode="External"/><Relationship Id="rId_hyperlink_381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7093" TargetMode="External"/><Relationship Id="rId_hyperlink_382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7071" TargetMode="External"/><Relationship Id="rId_hyperlink_383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7070" TargetMode="External"/><Relationship Id="rId_hyperlink_384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7066" TargetMode="External"/><Relationship Id="rId_hyperlink_385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7067" TargetMode="External"/><Relationship Id="rId_hyperlink_386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7068" TargetMode="External"/><Relationship Id="rId_hyperlink_387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7069" TargetMode="External"/><Relationship Id="rId_hyperlink_388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7064" TargetMode="External"/><Relationship Id="rId_hyperlink_389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7065" TargetMode="External"/><Relationship Id="rId_hyperlink_390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7063" TargetMode="External"/><Relationship Id="rId_hyperlink_391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6399" TargetMode="External"/><Relationship Id="rId_hyperlink_392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6400" TargetMode="External"/><Relationship Id="rId_hyperlink_393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7031" TargetMode="External"/><Relationship Id="rId_hyperlink_394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7027" TargetMode="External"/><Relationship Id="rId_hyperlink_395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7029" TargetMode="External"/><Relationship Id="rId_hyperlink_396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7030" TargetMode="External"/><Relationship Id="rId_hyperlink_397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7017" TargetMode="External"/><Relationship Id="rId_hyperlink_398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7018" TargetMode="External"/><Relationship Id="rId_hyperlink_399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7019" TargetMode="External"/><Relationship Id="rId_hyperlink_400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7020" TargetMode="External"/><Relationship Id="rId_hyperlink_401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7021" TargetMode="External"/><Relationship Id="rId_hyperlink_402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7022" TargetMode="External"/><Relationship Id="rId_hyperlink_403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7023" TargetMode="External"/><Relationship Id="rId_hyperlink_404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7024" TargetMode="External"/><Relationship Id="rId_hyperlink_405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7025" TargetMode="External"/><Relationship Id="rId_hyperlink_406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7026" TargetMode="External"/><Relationship Id="rId_hyperlink_407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7010" TargetMode="External"/><Relationship Id="rId_hyperlink_408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7011" TargetMode="External"/><Relationship Id="rId_hyperlink_409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7012" TargetMode="External"/><Relationship Id="rId_hyperlink_410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7013" TargetMode="External"/><Relationship Id="rId_hyperlink_411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7014" TargetMode="External"/><Relationship Id="rId_hyperlink_412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7015" TargetMode="External"/><Relationship Id="rId_hyperlink_413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7016" TargetMode="External"/><Relationship Id="rId_hyperlink_414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5236" TargetMode="External"/><Relationship Id="rId_hyperlink_415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5237" TargetMode="External"/><Relationship Id="rId_hyperlink_416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7035" TargetMode="External"/><Relationship Id="rId_hyperlink_417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7036" TargetMode="External"/><Relationship Id="rId_hyperlink_418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7037" TargetMode="External"/><Relationship Id="rId_hyperlink_419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7038" TargetMode="External"/><Relationship Id="rId_hyperlink_420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7039" TargetMode="External"/><Relationship Id="rId_hyperlink_421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5142" TargetMode="External"/><Relationship Id="rId_hyperlink_422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5143" TargetMode="External"/><Relationship Id="rId_hyperlink_423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5152" TargetMode="External"/><Relationship Id="rId_hyperlink_424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5153" TargetMode="External"/><Relationship Id="rId_hyperlink_425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5154" TargetMode="External"/><Relationship Id="rId_hyperlink_426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5155" TargetMode="External"/><Relationship Id="rId_hyperlink_427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7034" TargetMode="External"/><Relationship Id="rId_hyperlink_428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5141" TargetMode="External"/><Relationship Id="rId_hyperlink_429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6401" TargetMode="External"/><Relationship Id="rId_hyperlink_430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6402" TargetMode="External"/><Relationship Id="rId_hyperlink_431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6938" TargetMode="External"/><Relationship Id="rId_hyperlink_432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6826" TargetMode="External"/><Relationship Id="rId_hyperlink_433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6827" TargetMode="External"/><Relationship Id="rId_hyperlink_434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6828" TargetMode="External"/><Relationship Id="rId_hyperlink_435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6829" TargetMode="External"/><Relationship Id="rId_hyperlink_436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6815" TargetMode="External"/><Relationship Id="rId_hyperlink_437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6816" TargetMode="External"/><Relationship Id="rId_hyperlink_438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6817" TargetMode="External"/><Relationship Id="rId_hyperlink_439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6818" TargetMode="External"/><Relationship Id="rId_hyperlink_440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6819" TargetMode="External"/><Relationship Id="rId_hyperlink_441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6820" TargetMode="External"/><Relationship Id="rId_hyperlink_442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6821" TargetMode="External"/><Relationship Id="rId_hyperlink_443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6822" TargetMode="External"/><Relationship Id="rId_hyperlink_444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6823" TargetMode="External"/><Relationship Id="rId_hyperlink_445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6824" TargetMode="External"/><Relationship Id="rId_hyperlink_446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6825" TargetMode="External"/><Relationship Id="rId_hyperlink_447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6809" TargetMode="External"/><Relationship Id="rId_hyperlink_448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6810" TargetMode="External"/><Relationship Id="rId_hyperlink_449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6811" TargetMode="External"/><Relationship Id="rId_hyperlink_450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6812" TargetMode="External"/><Relationship Id="rId_hyperlink_451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6813" TargetMode="External"/><Relationship Id="rId_hyperlink_452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6814" TargetMode="External"/><Relationship Id="rId_hyperlink_453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6800" TargetMode="External"/><Relationship Id="rId_hyperlink_454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6801" TargetMode="External"/><Relationship Id="rId_hyperlink_455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6802" TargetMode="External"/><Relationship Id="rId_hyperlink_456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6803" TargetMode="External"/><Relationship Id="rId_hyperlink_457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6804" TargetMode="External"/><Relationship Id="rId_hyperlink_458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6805" TargetMode="External"/><Relationship Id="rId_hyperlink_459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6806" TargetMode="External"/><Relationship Id="rId_hyperlink_460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6807" TargetMode="External"/><Relationship Id="rId_hyperlink_461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6808" TargetMode="External"/><Relationship Id="rId_hyperlink_462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6925" TargetMode="External"/><Relationship Id="rId_hyperlink_463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6930" TargetMode="External"/><Relationship Id="rId_hyperlink_464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6931" TargetMode="External"/><Relationship Id="rId_hyperlink_465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6932" TargetMode="External"/><Relationship Id="rId_hyperlink_466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6933" TargetMode="External"/><Relationship Id="rId_hyperlink_467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6934" TargetMode="External"/><Relationship Id="rId_hyperlink_468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6935" TargetMode="External"/><Relationship Id="rId_hyperlink_469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6936" TargetMode="External"/><Relationship Id="rId_hyperlink_470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6921" TargetMode="External"/><Relationship Id="rId_hyperlink_471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6922" TargetMode="External"/><Relationship Id="rId_hyperlink_472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6923" TargetMode="External"/><Relationship Id="rId_hyperlink_473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6924" TargetMode="External"/><Relationship Id="rId_hyperlink_474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6926" TargetMode="External"/><Relationship Id="rId_hyperlink_475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6927" TargetMode="External"/><Relationship Id="rId_hyperlink_476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6928" TargetMode="External"/><Relationship Id="rId_hyperlink_477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6929" TargetMode="External"/><Relationship Id="rId_hyperlink_478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6715" TargetMode="External"/><Relationship Id="rId_hyperlink_479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6716" TargetMode="External"/><Relationship Id="rId_hyperlink_480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6717" TargetMode="External"/><Relationship Id="rId_hyperlink_481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6718" TargetMode="External"/><Relationship Id="rId_hyperlink_482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6719" TargetMode="External"/><Relationship Id="rId_hyperlink_483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6720" TargetMode="External"/><Relationship Id="rId_hyperlink_484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6721" TargetMode="External"/><Relationship Id="rId_hyperlink_485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6722" TargetMode="External"/><Relationship Id="rId_hyperlink_486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6723" TargetMode="External"/><Relationship Id="rId_hyperlink_487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6724" TargetMode="External"/><Relationship Id="rId_hyperlink_488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6725" TargetMode="External"/><Relationship Id="rId_hyperlink_489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6726" TargetMode="External"/><Relationship Id="rId_hyperlink_490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6702" TargetMode="External"/><Relationship Id="rId_hyperlink_491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6703" TargetMode="External"/><Relationship Id="rId_hyperlink_492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6704" TargetMode="External"/><Relationship Id="rId_hyperlink_493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6705" TargetMode="External"/><Relationship Id="rId_hyperlink_494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6706" TargetMode="External"/><Relationship Id="rId_hyperlink_495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6707" TargetMode="External"/><Relationship Id="rId_hyperlink_496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6708" TargetMode="External"/><Relationship Id="rId_hyperlink_497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6709" TargetMode="External"/><Relationship Id="rId_hyperlink_498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6710" TargetMode="External"/><Relationship Id="rId_hyperlink_499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6711" TargetMode="External"/><Relationship Id="rId_hyperlink_500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6712" TargetMode="External"/><Relationship Id="rId_hyperlink_501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6713" TargetMode="External"/><Relationship Id="rId_hyperlink_502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6688" TargetMode="External"/><Relationship Id="rId_hyperlink_503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6689" TargetMode="External"/><Relationship Id="rId_hyperlink_504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6690" TargetMode="External"/><Relationship Id="rId_hyperlink_505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6691" TargetMode="External"/><Relationship Id="rId_hyperlink_506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6692" TargetMode="External"/><Relationship Id="rId_hyperlink_507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6693" TargetMode="External"/><Relationship Id="rId_hyperlink_508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6694" TargetMode="External"/><Relationship Id="rId_hyperlink_509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6695" TargetMode="External"/><Relationship Id="rId_hyperlink_510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6696" TargetMode="External"/><Relationship Id="rId_hyperlink_511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6697" TargetMode="External"/><Relationship Id="rId_hyperlink_512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6698" TargetMode="External"/><Relationship Id="rId_hyperlink_513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6699" TargetMode="External"/><Relationship Id="rId_hyperlink_514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6700" TargetMode="External"/><Relationship Id="rId_hyperlink_515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6701" TargetMode="External"/><Relationship Id="rId_hyperlink_516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7166" TargetMode="External"/><Relationship Id="rId_hyperlink_517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6714" TargetMode="External"/><Relationship Id="rId_hyperlink_518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6727" TargetMode="External"/><Relationship Id="rId_hyperlink_519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6618" TargetMode="External"/><Relationship Id="rId_hyperlink_520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6612" TargetMode="External"/><Relationship Id="rId_hyperlink_521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6613" TargetMode="External"/><Relationship Id="rId_hyperlink_522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6614" TargetMode="External"/><Relationship Id="rId_hyperlink_523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6615" TargetMode="External"/><Relationship Id="rId_hyperlink_524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6616" TargetMode="External"/><Relationship Id="rId_hyperlink_525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6617" TargetMode="External"/><Relationship Id="rId_hyperlink_526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6607" TargetMode="External"/><Relationship Id="rId_hyperlink_527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6608" TargetMode="External"/><Relationship Id="rId_hyperlink_528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6609" TargetMode="External"/><Relationship Id="rId_hyperlink_529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6610" TargetMode="External"/><Relationship Id="rId_hyperlink_530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6611" TargetMode="External"/><Relationship Id="rId_hyperlink_531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6600" TargetMode="External"/><Relationship Id="rId_hyperlink_532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6601" TargetMode="External"/><Relationship Id="rId_hyperlink_533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6597" TargetMode="External"/><Relationship Id="rId_hyperlink_534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6598" TargetMode="External"/><Relationship Id="rId_hyperlink_535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6599" TargetMode="External"/><Relationship Id="rId_hyperlink_536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6629" TargetMode="External"/><Relationship Id="rId_hyperlink_537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6603" TargetMode="External"/><Relationship Id="rId_hyperlink_538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6602" TargetMode="External"/><Relationship Id="rId_hyperlink_539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6595" TargetMode="External"/><Relationship Id="rId_hyperlink_540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6596" TargetMode="External"/><Relationship Id="rId_hyperlink_541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6590" TargetMode="External"/><Relationship Id="rId_hyperlink_542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6591" TargetMode="External"/><Relationship Id="rId_hyperlink_543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6592" TargetMode="External"/><Relationship Id="rId_hyperlink_544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6593" TargetMode="External"/><Relationship Id="rId_hyperlink_545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6594" TargetMode="External"/><Relationship Id="rId_hyperlink_546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6588" TargetMode="External"/><Relationship Id="rId_hyperlink_547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6589" TargetMode="External"/><Relationship Id="rId_hyperlink_548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6574" TargetMode="External"/><Relationship Id="rId_hyperlink_549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6575" TargetMode="External"/><Relationship Id="rId_hyperlink_550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6576" TargetMode="External"/><Relationship Id="rId_hyperlink_551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6577" TargetMode="External"/><Relationship Id="rId_hyperlink_552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6578" TargetMode="External"/><Relationship Id="rId_hyperlink_553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6579" TargetMode="External"/><Relationship Id="rId_hyperlink_554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6580" TargetMode="External"/><Relationship Id="rId_hyperlink_555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6581" TargetMode="External"/><Relationship Id="rId_hyperlink_556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6582" TargetMode="External"/><Relationship Id="rId_hyperlink_557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6583" TargetMode="External"/><Relationship Id="rId_hyperlink_558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6587" TargetMode="External"/><Relationship Id="rId_hyperlink_559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6558" TargetMode="External"/><Relationship Id="rId_hyperlink_560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6559" TargetMode="External"/><Relationship Id="rId_hyperlink_561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6560" TargetMode="External"/><Relationship Id="rId_hyperlink_562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6561" TargetMode="External"/><Relationship Id="rId_hyperlink_563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6562" TargetMode="External"/><Relationship Id="rId_hyperlink_564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6556" TargetMode="External"/><Relationship Id="rId_hyperlink_565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6557" TargetMode="External"/><Relationship Id="rId_hyperlink_566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6488" TargetMode="External"/><Relationship Id="rId_hyperlink_567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6490" TargetMode="External"/><Relationship Id="rId_hyperlink_568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6491" TargetMode="External"/><Relationship Id="rId_hyperlink_569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6543" TargetMode="External"/><Relationship Id="rId_hyperlink_570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6553" TargetMode="External"/><Relationship Id="rId_hyperlink_571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6554" TargetMode="External"/><Relationship Id="rId_hyperlink_572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6552" TargetMode="External"/><Relationship Id="rId_hyperlink_573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6541" TargetMode="External"/><Relationship Id="rId_hyperlink_574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7241" TargetMode="External"/><Relationship Id="rId_hyperlink_575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6536" TargetMode="External"/><Relationship Id="rId_hyperlink_576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6539" TargetMode="External"/><Relationship Id="rId_hyperlink_577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6540" TargetMode="External"/><Relationship Id="rId_hyperlink_578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6545" TargetMode="External"/><Relationship Id="rId_hyperlink_579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6546" TargetMode="External"/><Relationship Id="rId_hyperlink_580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6506" TargetMode="External"/><Relationship Id="rId_hyperlink_581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6507" TargetMode="External"/><Relationship Id="rId_hyperlink_582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6513" TargetMode="External"/><Relationship Id="rId_hyperlink_583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6514" TargetMode="External"/><Relationship Id="rId_hyperlink_584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6489" TargetMode="External"/><Relationship Id="rId_hyperlink_585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6028" TargetMode="External"/><Relationship Id="rId_hyperlink_586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6497" TargetMode="External"/><Relationship Id="rId_hyperlink_587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6498" TargetMode="External"/><Relationship Id="rId_hyperlink_588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6495" TargetMode="External"/><Relationship Id="rId_hyperlink_589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6502" TargetMode="External"/><Relationship Id="rId_hyperlink_590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6486" TargetMode="External"/><Relationship Id="rId_hyperlink_591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6454" TargetMode="External"/><Relationship Id="rId_hyperlink_592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6455" TargetMode="External"/><Relationship Id="rId_hyperlink_593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6456" TargetMode="External"/><Relationship Id="rId_hyperlink_594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6457" TargetMode="External"/><Relationship Id="rId_hyperlink_595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6458" TargetMode="External"/><Relationship Id="rId_hyperlink_596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6460" TargetMode="External"/><Relationship Id="rId_hyperlink_597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6461" TargetMode="External"/><Relationship Id="rId_hyperlink_598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6426" TargetMode="External"/><Relationship Id="rId_hyperlink_599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6427" TargetMode="External"/><Relationship Id="rId_hyperlink_600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7143" TargetMode="External"/><Relationship Id="rId_hyperlink_601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6413" TargetMode="External"/><Relationship Id="rId_hyperlink_602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6404" TargetMode="External"/><Relationship Id="rId_hyperlink_603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6369" TargetMode="External"/><Relationship Id="rId_hyperlink_604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6371" TargetMode="External"/><Relationship Id="rId_hyperlink_605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6372" TargetMode="External"/><Relationship Id="rId_hyperlink_606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6345" TargetMode="External"/><Relationship Id="rId_hyperlink_607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6346" TargetMode="External"/><Relationship Id="rId_hyperlink_608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6348" TargetMode="External"/><Relationship Id="rId_hyperlink_609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6349" TargetMode="External"/><Relationship Id="rId_hyperlink_610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6341" TargetMode="External"/><Relationship Id="rId_hyperlink_611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6342" TargetMode="External"/><Relationship Id="rId_hyperlink_612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6343" TargetMode="External"/><Relationship Id="rId_hyperlink_613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6344" TargetMode="External"/><Relationship Id="rId_hyperlink_614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6340" TargetMode="External"/><Relationship Id="rId_hyperlink_615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6333" TargetMode="External"/><Relationship Id="rId_hyperlink_616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6334" TargetMode="External"/><Relationship Id="rId_hyperlink_617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6335" TargetMode="External"/><Relationship Id="rId_hyperlink_618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6336" TargetMode="External"/><Relationship Id="rId_hyperlink_619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6337" TargetMode="External"/><Relationship Id="rId_hyperlink_620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6338" TargetMode="External"/><Relationship Id="rId_hyperlink_621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6339" TargetMode="External"/><Relationship Id="rId_hyperlink_622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6332" TargetMode="External"/><Relationship Id="rId_hyperlink_623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6370" TargetMode="External"/><Relationship Id="rId_hyperlink_624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6373" TargetMode="External"/><Relationship Id="rId_hyperlink_625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6374" TargetMode="External"/><Relationship Id="rId_hyperlink_626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6375" TargetMode="External"/><Relationship Id="rId_hyperlink_627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6376" TargetMode="External"/><Relationship Id="rId_hyperlink_628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6377" TargetMode="External"/><Relationship Id="rId_hyperlink_629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6378" TargetMode="External"/><Relationship Id="rId_hyperlink_630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6379" TargetMode="External"/><Relationship Id="rId_hyperlink_631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6380" TargetMode="External"/><Relationship Id="rId_hyperlink_632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6381" TargetMode="External"/><Relationship Id="rId_hyperlink_633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6382" TargetMode="External"/><Relationship Id="rId_hyperlink_634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6383" TargetMode="External"/><Relationship Id="rId_hyperlink_635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6384" TargetMode="External"/><Relationship Id="rId_hyperlink_636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6385" TargetMode="External"/><Relationship Id="rId_hyperlink_637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7495" TargetMode="External"/><Relationship Id="rId_hyperlink_638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6347" TargetMode="External"/><Relationship Id="rId_hyperlink_639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6327" TargetMode="External"/><Relationship Id="rId_hyperlink_640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6328" TargetMode="External"/><Relationship Id="rId_hyperlink_641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6329" TargetMode="External"/><Relationship Id="rId_hyperlink_642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6330" TargetMode="External"/><Relationship Id="rId_hyperlink_643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6325" TargetMode="External"/><Relationship Id="rId_hyperlink_644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6326" TargetMode="External"/><Relationship Id="rId_hyperlink_645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6316" TargetMode="External"/><Relationship Id="rId_hyperlink_646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6317" TargetMode="External"/><Relationship Id="rId_hyperlink_647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6318" TargetMode="External"/><Relationship Id="rId_hyperlink_648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6319" TargetMode="External"/><Relationship Id="rId_hyperlink_649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6320" TargetMode="External"/><Relationship Id="rId_hyperlink_650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6321" TargetMode="External"/><Relationship Id="rId_hyperlink_651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6331" TargetMode="External"/><Relationship Id="rId_hyperlink_652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7496" TargetMode="External"/><Relationship Id="rId_hyperlink_653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6315" TargetMode="External"/><Relationship Id="rId_hyperlink_654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6322" TargetMode="External"/><Relationship Id="rId_hyperlink_655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6323" TargetMode="External"/><Relationship Id="rId_hyperlink_656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6324" TargetMode="External"/><Relationship Id="rId_hyperlink_657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6350" TargetMode="External"/><Relationship Id="rId_hyperlink_658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6351" TargetMode="External"/><Relationship Id="rId_hyperlink_659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6352" TargetMode="External"/><Relationship Id="rId_hyperlink_660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6353" TargetMode="External"/><Relationship Id="rId_hyperlink_661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6354" TargetMode="External"/><Relationship Id="rId_hyperlink_662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6355" TargetMode="External"/><Relationship Id="rId_hyperlink_663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6356" TargetMode="External"/><Relationship Id="rId_hyperlink_664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6357" TargetMode="External"/><Relationship Id="rId_hyperlink_665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6358" TargetMode="External"/><Relationship Id="rId_hyperlink_666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6273" TargetMode="External"/><Relationship Id="rId_hyperlink_667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6274" TargetMode="External"/><Relationship Id="rId_hyperlink_668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6275" TargetMode="External"/><Relationship Id="rId_hyperlink_669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6276" TargetMode="External"/><Relationship Id="rId_hyperlink_670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6277" TargetMode="External"/><Relationship Id="rId_hyperlink_671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6278" TargetMode="External"/><Relationship Id="rId_hyperlink_672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6269" TargetMode="External"/><Relationship Id="rId_hyperlink_673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6270" TargetMode="External"/><Relationship Id="rId_hyperlink_674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6271" TargetMode="External"/><Relationship Id="rId_hyperlink_675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6272" TargetMode="External"/><Relationship Id="rId_hyperlink_676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6264" TargetMode="External"/><Relationship Id="rId_hyperlink_677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6265" TargetMode="External"/><Relationship Id="rId_hyperlink_678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6266" TargetMode="External"/><Relationship Id="rId_hyperlink_679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6267" TargetMode="External"/><Relationship Id="rId_hyperlink_680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6268" TargetMode="External"/><Relationship Id="rId_hyperlink_681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6261" TargetMode="External"/><Relationship Id="rId_hyperlink_682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6263" TargetMode="External"/><Relationship Id="rId_hyperlink_683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6306" TargetMode="External"/><Relationship Id="rId_hyperlink_684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6307" TargetMode="External"/><Relationship Id="rId_hyperlink_685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6308" TargetMode="External"/><Relationship Id="rId_hyperlink_686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6301" TargetMode="External"/><Relationship Id="rId_hyperlink_687" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6302" TargetMode="External"/><Relationship Id="rId_hyperlink_688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6303" TargetMode="External"/><Relationship Id="rId_hyperlink_689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6304" TargetMode="External"/><Relationship Id="rId_hyperlink_690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6305" TargetMode="External"/><Relationship Id="rId_hyperlink_691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6262" TargetMode="External"/><Relationship Id="rId_hyperlink_692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6300" TargetMode="External"/><Relationship Id="rId_hyperlink_693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6284" TargetMode="External"/><Relationship Id="rId_hyperlink_694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6285" TargetMode="External"/><Relationship Id="rId_hyperlink_695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6286" TargetMode="External"/><Relationship Id="rId_hyperlink_696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6287" TargetMode="External"/><Relationship Id="rId_hyperlink_697" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6288" TargetMode="External"/><Relationship Id="rId_hyperlink_698" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6283" TargetMode="External"/><Relationship Id="rId_hyperlink_699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6282" TargetMode="External"/><Relationship Id="rId_hyperlink_700" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6280" TargetMode="External"/><Relationship Id="rId_hyperlink_701" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6281" TargetMode="External"/><Relationship Id="rId_hyperlink_702" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6292" TargetMode="External"/><Relationship Id="rId_hyperlink_703" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6293" TargetMode="External"/><Relationship Id="rId_hyperlink_704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6294" TargetMode="External"/><Relationship Id="rId_hyperlink_705" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6295" TargetMode="External"/><Relationship Id="rId_hyperlink_706" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6296" TargetMode="External"/><Relationship Id="rId_hyperlink_707" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6297" TargetMode="External"/><Relationship Id="rId_hyperlink_708" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6298" TargetMode="External"/><Relationship Id="rId_hyperlink_709" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6299" TargetMode="External"/><Relationship Id="rId_hyperlink_710" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6289" TargetMode="External"/><Relationship Id="rId_hyperlink_711" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6291" TargetMode="External"/><Relationship Id="rId_hyperlink_712" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7123" TargetMode="External"/><Relationship Id="rId_hyperlink_713" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7124" TargetMode="External"/><Relationship Id="rId_hyperlink_714" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6313" TargetMode="External"/><Relationship Id="rId_hyperlink_715" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6310" TargetMode="External"/><Relationship Id="rId_hyperlink_716" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6311" TargetMode="External"/><Relationship Id="rId_hyperlink_717" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6312" TargetMode="External"/><Relationship Id="rId_hyperlink_718" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6309" TargetMode="External"/><Relationship Id="rId_hyperlink_719" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6368" TargetMode="External"/><Relationship Id="rId_hyperlink_720" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4329" TargetMode="External"/><Relationship Id="rId_hyperlink_721" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6387" TargetMode="External"/><Relationship Id="rId_hyperlink_722" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6386" TargetMode="External"/><Relationship Id="rId_hyperlink_723" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6279" TargetMode="External"/><Relationship Id="rId_hyperlink_724" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6247" TargetMode="External"/><Relationship Id="rId_hyperlink_725" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6248" TargetMode="External"/><Relationship Id="rId_hyperlink_726" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/8085" TargetMode="External"/><Relationship Id="rId_hyperlink_727" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6188" TargetMode="External"/><Relationship Id="rId_hyperlink_728" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6194" TargetMode="External"/><Relationship Id="rId_hyperlink_729" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6195" TargetMode="External"/><Relationship Id="rId_hyperlink_730" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6198" TargetMode="External"/><Relationship Id="rId_hyperlink_731" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6207" TargetMode="External"/><Relationship Id="rId_hyperlink_732" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6187" TargetMode="External"/><Relationship Id="rId_hyperlink_733" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6190" TargetMode="External"/><Relationship Id="rId_hyperlink_734" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6191" TargetMode="External"/><Relationship Id="rId_hyperlink_735" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6169" TargetMode="External"/><Relationship Id="rId_hyperlink_736" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6170" TargetMode="External"/><Relationship Id="rId_hyperlink_737" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6172" TargetMode="External"/><Relationship Id="rId_hyperlink_738" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6173" TargetMode="External"/><Relationship Id="rId_hyperlink_739" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6174" TargetMode="External"/><Relationship Id="rId_hyperlink_740" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6155" TargetMode="External"/><Relationship Id="rId_hyperlink_741" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6156" TargetMode="External"/><Relationship Id="rId_hyperlink_742" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6157" TargetMode="External"/><Relationship Id="rId_hyperlink_743" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6151" TargetMode="External"/><Relationship Id="rId_hyperlink_744" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6152" TargetMode="External"/><Relationship Id="rId_hyperlink_745" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6153" TargetMode="External"/><Relationship Id="rId_hyperlink_746" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6412" TargetMode="External"/><Relationship Id="rId_hyperlink_747" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6158" TargetMode="External"/><Relationship Id="rId_hyperlink_748" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7242" TargetMode="External"/><Relationship Id="rId_hyperlink_749" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/8086" TargetMode="External"/><Relationship Id="rId_hyperlink_750" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6143" TargetMode="External"/><Relationship Id="rId_hyperlink_751" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6144" TargetMode="External"/><Relationship Id="rId_hyperlink_752" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6145" TargetMode="External"/><Relationship Id="rId_hyperlink_753" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6146" TargetMode="External"/><Relationship Id="rId_hyperlink_754" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6148" TargetMode="External"/><Relationship Id="rId_hyperlink_755" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6149" TargetMode="External"/><Relationship Id="rId_hyperlink_756" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/3975" TargetMode="External"/><Relationship Id="rId_hyperlink_757" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4296" TargetMode="External"/><Relationship Id="rId_hyperlink_758" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6129" TargetMode="External"/><Relationship Id="rId_hyperlink_759" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6130" TargetMode="External"/><Relationship Id="rId_hyperlink_760" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6131" TargetMode="External"/><Relationship Id="rId_hyperlink_761" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6132" TargetMode="External"/><Relationship Id="rId_hyperlink_762" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6133" TargetMode="External"/><Relationship Id="rId_hyperlink_763" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6134" TargetMode="External"/><Relationship Id="rId_hyperlink_764" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6135" TargetMode="External"/><Relationship Id="rId_hyperlink_765" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6136" TargetMode="External"/><Relationship Id="rId_hyperlink_766" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6121" TargetMode="External"/><Relationship Id="rId_hyperlink_767" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6122" TargetMode="External"/><Relationship Id="rId_hyperlink_768" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6123" TargetMode="External"/><Relationship Id="rId_hyperlink_769" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6124" TargetMode="External"/><Relationship Id="rId_hyperlink_770" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6125" TargetMode="External"/><Relationship Id="rId_hyperlink_771" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6126" TargetMode="External"/><Relationship Id="rId_hyperlink_772" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6127" TargetMode="External"/><Relationship Id="rId_hyperlink_773" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6128" TargetMode="External"/><Relationship Id="rId_hyperlink_774" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6113" TargetMode="External"/><Relationship Id="rId_hyperlink_775" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6114" TargetMode="External"/><Relationship Id="rId_hyperlink_776" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6115" TargetMode="External"/><Relationship Id="rId_hyperlink_777" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6116" TargetMode="External"/><Relationship Id="rId_hyperlink_778" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6117" TargetMode="External"/><Relationship Id="rId_hyperlink_779" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6118" TargetMode="External"/><Relationship Id="rId_hyperlink_780" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6119" TargetMode="External"/><Relationship Id="rId_hyperlink_781" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6120" TargetMode="External"/><Relationship Id="rId_hyperlink_782" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6098" TargetMode="External"/><Relationship Id="rId_hyperlink_783" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6097" TargetMode="External"/><Relationship Id="rId_hyperlink_784" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6071" TargetMode="External"/><Relationship Id="rId_hyperlink_785" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6072" TargetMode="External"/><Relationship Id="rId_hyperlink_786" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6059" TargetMode="External"/><Relationship Id="rId_hyperlink_787" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6060" TargetMode="External"/><Relationship Id="rId_hyperlink_788" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6046" TargetMode="External"/><Relationship Id="rId_hyperlink_789" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6067" TargetMode="External"/><Relationship Id="rId_hyperlink_790" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6068" TargetMode="External"/><Relationship Id="rId_hyperlink_791" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6076" TargetMode="External"/><Relationship Id="rId_hyperlink_792" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6091" TargetMode="External"/><Relationship Id="rId_hyperlink_793" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6053" TargetMode="External"/><Relationship Id="rId_hyperlink_794" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6054" TargetMode="External"/><Relationship Id="rId_hyperlink_795" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6055" TargetMode="External"/><Relationship Id="rId_hyperlink_796" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6056" TargetMode="External"/><Relationship Id="rId_hyperlink_797" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6052" TargetMode="External"/><Relationship Id="rId_hyperlink_798" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6051" TargetMode="External"/><Relationship Id="rId_hyperlink_799" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6050" TargetMode="External"/><Relationship Id="rId_hyperlink_800" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6049" TargetMode="External"/><Relationship Id="rId_hyperlink_801" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6048" TargetMode="External"/><Relationship Id="rId_hyperlink_802" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6096" TargetMode="External"/><Relationship Id="rId_hyperlink_803" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6025" TargetMode="External"/><Relationship Id="rId_hyperlink_804" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6026" TargetMode="External"/><Relationship Id="rId_hyperlink_805" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6021" TargetMode="External"/><Relationship Id="rId_hyperlink_806" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6024" TargetMode="External"/><Relationship Id="rId_hyperlink_807" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6042" TargetMode="External"/><Relationship Id="rId_hyperlink_808" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6043" TargetMode="External"/><Relationship Id="rId_hyperlink_809" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6015" TargetMode="External"/><Relationship Id="rId_hyperlink_810" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6017" TargetMode="External"/><Relationship Id="rId_hyperlink_811" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6018" TargetMode="External"/><Relationship Id="rId_hyperlink_812" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6019" TargetMode="External"/><Relationship Id="rId_hyperlink_813" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7176" TargetMode="External"/><Relationship Id="rId_hyperlink_814" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7177" TargetMode="External"/><Relationship Id="rId_hyperlink_815" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5957" TargetMode="External"/><Relationship Id="rId_hyperlink_816" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5958" TargetMode="External"/><Relationship Id="rId_hyperlink_817" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5959" TargetMode="External"/><Relationship Id="rId_hyperlink_818" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5960" TargetMode="External"/><Relationship Id="rId_hyperlink_819" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5961" TargetMode="External"/><Relationship Id="rId_hyperlink_820" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5962" TargetMode="External"/><Relationship Id="rId_hyperlink_821" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5970" TargetMode="External"/><Relationship Id="rId_hyperlink_822" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5971" TargetMode="External"/><Relationship Id="rId_hyperlink_823" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5972" TargetMode="External"/><Relationship Id="rId_hyperlink_824" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5948" TargetMode="External"/><Relationship Id="rId_hyperlink_825" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5889" TargetMode="External"/><Relationship Id="rId_hyperlink_826" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5901" TargetMode="External"/><Relationship Id="rId_hyperlink_827" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5902" TargetMode="External"/><Relationship Id="rId_hyperlink_828" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5903" TargetMode="External"/><Relationship Id="rId_hyperlink_829" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5904" TargetMode="External"/><Relationship Id="rId_hyperlink_830" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5906" TargetMode="External"/><Relationship Id="rId_hyperlink_831" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5905" TargetMode="External"/><Relationship Id="rId_hyperlink_832" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5907" TargetMode="External"/><Relationship Id="rId_hyperlink_833" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5908" TargetMode="External"/><Relationship Id="rId_hyperlink_834" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7062" TargetMode="External"/><Relationship Id="rId_hyperlink_835" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5936" TargetMode="External"/><Relationship Id="rId_hyperlink_836" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5937" TargetMode="External"/><Relationship Id="rId_hyperlink_837" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5939" TargetMode="External"/><Relationship Id="rId_hyperlink_838" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5940" TargetMode="External"/><Relationship Id="rId_hyperlink_839" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5941" TargetMode="External"/><Relationship Id="rId_hyperlink_840" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5942" TargetMode="External"/><Relationship Id="rId_hyperlink_841" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5943" TargetMode="External"/><Relationship Id="rId_hyperlink_842" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5944" TargetMode="External"/><Relationship Id="rId_hyperlink_843" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7913" TargetMode="External"/><Relationship Id="rId_hyperlink_844" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5938" TargetMode="External"/><Relationship Id="rId_hyperlink_845" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7989" TargetMode="External"/><Relationship Id="rId_hyperlink_846" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5726" TargetMode="External"/><Relationship Id="rId_hyperlink_847" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5720" TargetMode="External"/><Relationship Id="rId_hyperlink_848" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5721" TargetMode="External"/><Relationship Id="rId_hyperlink_849" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5691" TargetMode="External"/><Relationship Id="rId_hyperlink_850" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5698" TargetMode="External"/><Relationship Id="rId_hyperlink_851" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5614" TargetMode="External"/><Relationship Id="rId_hyperlink_852" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5615" TargetMode="External"/><Relationship Id="rId_hyperlink_853" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5541" TargetMode="External"/><Relationship Id="rId_hyperlink_854" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5542" TargetMode="External"/><Relationship Id="rId_hyperlink_855" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5543" TargetMode="External"/><Relationship Id="rId_hyperlink_856" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5544" TargetMode="External"/><Relationship Id="rId_hyperlink_857" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5545" TargetMode="External"/><Relationship Id="rId_hyperlink_858" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5546" TargetMode="External"/><Relationship Id="rId_hyperlink_859" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5553" TargetMode="External"/><Relationship Id="rId_hyperlink_860" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5627" TargetMode="External"/><Relationship Id="rId_hyperlink_861" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5616" TargetMode="External"/><Relationship Id="rId_hyperlink_862" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5617" TargetMode="External"/><Relationship Id="rId_hyperlink_863" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5618" TargetMode="External"/><Relationship Id="rId_hyperlink_864" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5619" TargetMode="External"/><Relationship Id="rId_hyperlink_865" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5620" TargetMode="External"/><Relationship Id="rId_hyperlink_866" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5621" TargetMode="External"/><Relationship Id="rId_hyperlink_867" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5622" TargetMode="External"/><Relationship Id="rId_hyperlink_868" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5608" TargetMode="External"/><Relationship Id="rId_hyperlink_869" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5609" TargetMode="External"/><Relationship Id="rId_hyperlink_870" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5610" TargetMode="External"/><Relationship Id="rId_hyperlink_871" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5611" TargetMode="External"/><Relationship Id="rId_hyperlink_872" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5612" TargetMode="External"/><Relationship Id="rId_hyperlink_873" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5613" TargetMode="External"/><Relationship Id="rId_hyperlink_874" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5596" TargetMode="External"/><Relationship Id="rId_hyperlink_875" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5371" TargetMode="External"/><Relationship Id="rId_hyperlink_876" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6196" TargetMode="External"/><Relationship Id="rId_hyperlink_877" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6197" TargetMode="External"/><Relationship Id="rId_hyperlink_878" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6199" TargetMode="External"/><Relationship Id="rId_hyperlink_879" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6200" TargetMode="External"/><Relationship Id="rId_hyperlink_880" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6201" TargetMode="External"/><Relationship Id="rId_hyperlink_881" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6202" TargetMode="External"/><Relationship Id="rId_hyperlink_882" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6203" TargetMode="External"/><Relationship Id="rId_hyperlink_883" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6204" TargetMode="External"/><Relationship Id="rId_hyperlink_884" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6205" TargetMode="External"/><Relationship Id="rId_hyperlink_885" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6206" TargetMode="External"/><Relationship Id="rId_hyperlink_886" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6208" TargetMode="External"/><Relationship Id="rId_hyperlink_887" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6209" TargetMode="External"/><Relationship Id="rId_hyperlink_888" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6210" TargetMode="External"/><Relationship Id="rId_hyperlink_889" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6211" TargetMode="External"/><Relationship Id="rId_hyperlink_890" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6212" TargetMode="External"/><Relationship Id="rId_hyperlink_891" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6213" TargetMode="External"/><Relationship Id="rId_hyperlink_892" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5365" TargetMode="External"/><Relationship Id="rId_hyperlink_893" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5401" TargetMode="External"/><Relationship Id="rId_hyperlink_894" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5395" TargetMode="External"/><Relationship Id="rId_hyperlink_895" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4830" TargetMode="External"/><Relationship Id="rId_hyperlink_896" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5360" TargetMode="External"/><Relationship Id="rId_hyperlink_897" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5362" TargetMode="External"/><Relationship Id="rId_hyperlink_898" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5384" TargetMode="External"/><Relationship Id="rId_hyperlink_899" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5283" TargetMode="External"/><Relationship Id="rId_hyperlink_900" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5669" TargetMode="External"/><Relationship Id="rId_hyperlink_901" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5670" TargetMode="External"/><Relationship Id="rId_hyperlink_902" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5671" TargetMode="External"/><Relationship Id="rId_hyperlink_903" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5672" TargetMode="External"/><Relationship Id="rId_hyperlink_904" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5673" TargetMode="External"/><Relationship Id="rId_hyperlink_905" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5674" TargetMode="External"/><Relationship Id="rId_hyperlink_906" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5675" TargetMode="External"/><Relationship Id="rId_hyperlink_907" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5676" TargetMode="External"/><Relationship Id="rId_hyperlink_908" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5677" TargetMode="External"/><Relationship Id="rId_hyperlink_909" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5679" TargetMode="External"/><Relationship Id="rId_hyperlink_910" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5680" TargetMode="External"/><Relationship Id="rId_hyperlink_911" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5681" TargetMode="External"/><Relationship Id="rId_hyperlink_912" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5682" TargetMode="External"/><Relationship Id="rId_hyperlink_913" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5683" TargetMode="External"/><Relationship Id="rId_hyperlink_914" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5684" TargetMode="External"/><Relationship Id="rId_hyperlink_915" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5685" TargetMode="External"/><Relationship Id="rId_hyperlink_916" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5686" TargetMode="External"/><Relationship Id="rId_hyperlink_917" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5687" TargetMode="External"/><Relationship Id="rId_hyperlink_918" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5688" TargetMode="External"/><Relationship Id="rId_hyperlink_919" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5689" TargetMode="External"/><Relationship Id="rId_hyperlink_920" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5690" TargetMode="External"/><Relationship Id="rId_hyperlink_921" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5678" TargetMode="External"/><Relationship Id="rId_hyperlink_922" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5514" TargetMode="External"/><Relationship Id="rId_hyperlink_923" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5527" TargetMode="External"/><Relationship Id="rId_hyperlink_924" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/3940" TargetMode="External"/><Relationship Id="rId_hyperlink_925" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5515" TargetMode="External"/><Relationship Id="rId_hyperlink_926" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5516" TargetMode="External"/><Relationship Id="rId_hyperlink_927" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5517" TargetMode="External"/><Relationship Id="rId_hyperlink_928" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5518" TargetMode="External"/><Relationship Id="rId_hyperlink_929" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5519" TargetMode="External"/><Relationship Id="rId_hyperlink_930" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5520" TargetMode="External"/><Relationship Id="rId_hyperlink_931" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5513" TargetMode="External"/><Relationship Id="rId_hyperlink_932" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5489" TargetMode="External"/><Relationship Id="rId_hyperlink_933" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/3986" TargetMode="External"/><Relationship Id="rId_hyperlink_934" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5487" TargetMode="External"/><Relationship Id="rId_hyperlink_935" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5488" TargetMode="External"/><Relationship Id="rId_hyperlink_936" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5478" TargetMode="External"/><Relationship Id="rId_hyperlink_937" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5480" TargetMode="External"/><Relationship Id="rId_hyperlink_938" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5662" TargetMode="External"/><Relationship Id="rId_hyperlink_939" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5663" TargetMode="External"/><Relationship Id="rId_hyperlink_940" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5664" TargetMode="External"/><Relationship Id="rId_hyperlink_941" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5665" TargetMode="External"/><Relationship Id="rId_hyperlink_942" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5666" TargetMode="External"/><Relationship Id="rId_hyperlink_943" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5594" TargetMode="External"/><Relationship Id="rId_hyperlink_944" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4358" TargetMode="External"/><Relationship Id="rId_hyperlink_945" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5465" TargetMode="External"/><Relationship Id="rId_hyperlink_946" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5463" TargetMode="External"/><Relationship Id="rId_hyperlink_947" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5469" TargetMode="External"/><Relationship Id="rId_hyperlink_948" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5351" TargetMode="External"/><Relationship Id="rId_hyperlink_949" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5353" TargetMode="External"/><Relationship Id="rId_hyperlink_950" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5357" TargetMode="External"/><Relationship Id="rId_hyperlink_951" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5358" TargetMode="External"/><Relationship Id="rId_hyperlink_952" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5202" TargetMode="External"/><Relationship Id="rId_hyperlink_953" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4121" TargetMode="External"/><Relationship Id="rId_hyperlink_954" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5347" TargetMode="External"/><Relationship Id="rId_hyperlink_955" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5345" TargetMode="External"/><Relationship Id="rId_hyperlink_956" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5300" TargetMode="External"/><Relationship Id="rId_hyperlink_957" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5273" TargetMode="External"/><Relationship Id="rId_hyperlink_958" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5274" TargetMode="External"/><Relationship Id="rId_hyperlink_959" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5290" TargetMode="External"/><Relationship Id="rId_hyperlink_960" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5291" TargetMode="External"/><Relationship Id="rId_hyperlink_961" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5275" TargetMode="External"/><Relationship Id="rId_hyperlink_962" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5526" TargetMode="External"/><Relationship Id="rId_hyperlink_963" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6314" TargetMode="External"/><Relationship Id="rId_hyperlink_964" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5220" TargetMode="External"/><Relationship Id="rId_hyperlink_965" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5213" TargetMode="External"/><Relationship Id="rId_hyperlink_966" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5221" TargetMode="External"/><Relationship Id="rId_hyperlink_967" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5222" TargetMode="External"/><Relationship Id="rId_hyperlink_968" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5223" TargetMode="External"/><Relationship Id="rId_hyperlink_969" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5224" TargetMode="External"/><Relationship Id="rId_hyperlink_970" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5225" TargetMode="External"/><Relationship Id="rId_hyperlink_971" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5226" TargetMode="External"/><Relationship Id="rId_hyperlink_972" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5227" TargetMode="External"/><Relationship Id="rId_hyperlink_973" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5228" TargetMode="External"/><Relationship Id="rId_hyperlink_974" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5229" TargetMode="External"/><Relationship Id="rId_hyperlink_975" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5188" TargetMode="External"/><Relationship Id="rId_hyperlink_976" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5212" TargetMode="External"/><Relationship Id="rId_hyperlink_977" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4368" TargetMode="External"/><Relationship Id="rId_hyperlink_978" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5185" TargetMode="External"/><Relationship Id="rId_hyperlink_979" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5184" TargetMode="External"/><Relationship Id="rId_hyperlink_980" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5187" TargetMode="External"/><Relationship Id="rId_hyperlink_981" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5199" TargetMode="External"/><Relationship Id="rId_hyperlink_982" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5348" TargetMode="External"/><Relationship Id="rId_hyperlink_983" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5093" TargetMode="External"/><Relationship Id="rId_hyperlink_984" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5095" TargetMode="External"/><Relationship Id="rId_hyperlink_985" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5096" TargetMode="External"/><Relationship Id="rId_hyperlink_986" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5117" TargetMode="External"/><Relationship Id="rId_hyperlink_987" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5162" TargetMode="External"/><Relationship Id="rId_hyperlink_988" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5180" TargetMode="External"/><Relationship Id="rId_hyperlink_989" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5182" TargetMode="External"/><Relationship Id="rId_hyperlink_990" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5183" TargetMode="External"/><Relationship Id="rId_hyperlink_991" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5050" TargetMode="External"/><Relationship Id="rId_hyperlink_992" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5133" TargetMode="External"/><Relationship Id="rId_hyperlink_993" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5134" TargetMode="External"/><Relationship Id="rId_hyperlink_994" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5139" TargetMode="External"/><Relationship Id="rId_hyperlink_995" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5074" TargetMode="External"/><Relationship Id="rId_hyperlink_996" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4886" TargetMode="External"/><Relationship Id="rId_hyperlink_997" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5038" TargetMode="External"/><Relationship Id="rId_hyperlink_998" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5059" TargetMode="External"/><Relationship Id="rId_hyperlink_999" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5060" TargetMode="External"/><Relationship Id="rId_hyperlink_1000" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5061" TargetMode="External"/><Relationship Id="rId_hyperlink_1001" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4940" TargetMode="External"/><Relationship Id="rId_hyperlink_1002" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4266" TargetMode="External"/><Relationship Id="rId_hyperlink_1003" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4132" TargetMode="External"/><Relationship Id="rId_hyperlink_1004" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5056" TargetMode="External"/><Relationship Id="rId_hyperlink_1005" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/3731" TargetMode="External"/><Relationship Id="rId_hyperlink_1006" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/3838" TargetMode="External"/><Relationship Id="rId_hyperlink_1007" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/3966" TargetMode="External"/><Relationship Id="rId_hyperlink_1008" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4653" TargetMode="External"/><Relationship Id="rId_hyperlink_1009" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7141" TargetMode="External"/><Relationship Id="rId_hyperlink_1010" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5338" TargetMode="External"/><Relationship Id="rId_hyperlink_1011" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5648" TargetMode="External"/><Relationship Id="rId_hyperlink_1012" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5649" TargetMode="External"/><Relationship Id="rId_hyperlink_1013" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5650" TargetMode="External"/><Relationship Id="rId_hyperlink_1014" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5651" TargetMode="External"/><Relationship Id="rId_hyperlink_1015" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5652" TargetMode="External"/><Relationship Id="rId_hyperlink_1016" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5658" TargetMode="External"/><Relationship Id="rId_hyperlink_1017" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5659" TargetMode="External"/><Relationship Id="rId_hyperlink_1018" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5660" TargetMode="External"/><Relationship Id="rId_hyperlink_1019" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5661" TargetMode="External"/><Relationship Id="rId_hyperlink_1020" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5339" TargetMode="External"/><Relationship Id="rId_hyperlink_1021" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7276" TargetMode="External"/><Relationship Id="rId_hyperlink_1022" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7277" TargetMode="External"/><Relationship Id="rId_hyperlink_1023" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7278" TargetMode="External"/><Relationship Id="rId_hyperlink_1024" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7279" TargetMode="External"/><Relationship Id="rId_hyperlink_1025" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7280" TargetMode="External"/><Relationship Id="rId_hyperlink_1026" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7281" TargetMode="External"/><Relationship Id="rId_hyperlink_1027" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7282" TargetMode="External"/><Relationship Id="rId_hyperlink_1028" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7283" TargetMode="External"/><Relationship Id="rId_hyperlink_1029" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7284" TargetMode="External"/><Relationship Id="rId_hyperlink_1030" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7285" TargetMode="External"/><Relationship Id="rId_hyperlink_1031" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7286" TargetMode="External"/><Relationship Id="rId_hyperlink_1032" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7287" TargetMode="External"/><Relationship Id="rId_hyperlink_1033" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7288" TargetMode="External"/><Relationship Id="rId_hyperlink_1034" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7289" TargetMode="External"/><Relationship Id="rId_hyperlink_1035" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7290" TargetMode="External"/><Relationship Id="rId_hyperlink_1036" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7291" TargetMode="External"/><Relationship Id="rId_hyperlink_1037" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7292" TargetMode="External"/><Relationship Id="rId_hyperlink_1038" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7293" TargetMode="External"/><Relationship Id="rId_hyperlink_1039" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7294" TargetMode="External"/><Relationship Id="rId_hyperlink_1040" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7295" TargetMode="External"/><Relationship Id="rId_hyperlink_1041" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7296" TargetMode="External"/><Relationship Id="rId_hyperlink_1042" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7297" TargetMode="External"/><Relationship Id="rId_hyperlink_1043" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7298" TargetMode="External"/><Relationship Id="rId_hyperlink_1044" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7299" TargetMode="External"/><Relationship Id="rId_hyperlink_1045" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7300" TargetMode="External"/><Relationship Id="rId_hyperlink_1046" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7301" TargetMode="External"/><Relationship Id="rId_hyperlink_1047" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7302" TargetMode="External"/><Relationship Id="rId_hyperlink_1048" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7303" TargetMode="External"/><Relationship Id="rId_hyperlink_1049" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7304" TargetMode="External"/><Relationship Id="rId_hyperlink_1050" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7305" TargetMode="External"/><Relationship Id="rId_hyperlink_1051" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7306" TargetMode="External"/><Relationship Id="rId_hyperlink_1052" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7307" TargetMode="External"/><Relationship Id="rId_hyperlink_1053" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7308" TargetMode="External"/><Relationship Id="rId_hyperlink_1054" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7309" TargetMode="External"/><Relationship Id="rId_hyperlink_1055" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7310" TargetMode="External"/><Relationship Id="rId_hyperlink_1056" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7311" TargetMode="External"/><Relationship Id="rId_hyperlink_1057" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7312" TargetMode="External"/><Relationship Id="rId_hyperlink_1058" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7313" TargetMode="External"/><Relationship Id="rId_hyperlink_1059" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7314" TargetMode="External"/><Relationship Id="rId_hyperlink_1060" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7315" TargetMode="External"/><Relationship Id="rId_hyperlink_1061" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7316" TargetMode="External"/><Relationship Id="rId_hyperlink_1062" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7317" TargetMode="External"/><Relationship Id="rId_hyperlink_1063" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7318" TargetMode="External"/><Relationship Id="rId_hyperlink_1064" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7319" TargetMode="External"/><Relationship Id="rId_hyperlink_1065" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7320" TargetMode="External"/><Relationship Id="rId_hyperlink_1066" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7321" TargetMode="External"/><Relationship Id="rId_hyperlink_1067" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7322" TargetMode="External"/><Relationship Id="rId_hyperlink_1068" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7323" TargetMode="External"/><Relationship Id="rId_hyperlink_1069" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7324" TargetMode="External"/><Relationship Id="rId_hyperlink_1070" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7325" TargetMode="External"/><Relationship Id="rId_hyperlink_1071" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7326" TargetMode="External"/><Relationship Id="rId_hyperlink_1072" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7327" TargetMode="External"/><Relationship Id="rId_hyperlink_1073" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7328" TargetMode="External"/><Relationship Id="rId_hyperlink_1074" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7329" TargetMode="External"/><Relationship Id="rId_hyperlink_1075" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7330" TargetMode="External"/><Relationship Id="rId_hyperlink_1076" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7331" TargetMode="External"/><Relationship Id="rId_hyperlink_1077" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7332" TargetMode="External"/><Relationship Id="rId_hyperlink_1078" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7333" TargetMode="External"/><Relationship Id="rId_hyperlink_1079" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7334" TargetMode="External"/><Relationship Id="rId_hyperlink_1080" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7335" TargetMode="External"/><Relationship Id="rId_hyperlink_1081" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7336" TargetMode="External"/><Relationship Id="rId_hyperlink_1082" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7337" TargetMode="External"/><Relationship Id="rId_hyperlink_1083" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7338" TargetMode="External"/><Relationship Id="rId_hyperlink_1084" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7339" TargetMode="External"/><Relationship Id="rId_hyperlink_1085" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7340" TargetMode="External"/><Relationship Id="rId_hyperlink_1086" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7341" TargetMode="External"/><Relationship Id="rId_hyperlink_1087" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7342" TargetMode="External"/><Relationship Id="rId_hyperlink_1088" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7343" TargetMode="External"/><Relationship Id="rId_hyperlink_1089" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7344" TargetMode="External"/><Relationship Id="rId_hyperlink_1090" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7345" TargetMode="External"/><Relationship Id="rId_hyperlink_1091" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7346" TargetMode="External"/><Relationship Id="rId_hyperlink_1092" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7347" TargetMode="External"/><Relationship Id="rId_hyperlink_1093" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7348" TargetMode="External"/><Relationship Id="rId_hyperlink_1094" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7349" TargetMode="External"/><Relationship Id="rId_hyperlink_1095" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7350" TargetMode="External"/><Relationship Id="rId_hyperlink_1096" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7351" TargetMode="External"/><Relationship Id="rId_hyperlink_1097" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7352" TargetMode="External"/><Relationship Id="rId_hyperlink_1098" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7353" TargetMode="External"/><Relationship Id="rId_hyperlink_1099" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7354" TargetMode="External"/><Relationship Id="rId_hyperlink_1100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7355" TargetMode="External"/><Relationship Id="rId_hyperlink_1101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7356" TargetMode="External"/><Relationship Id="rId_hyperlink_1102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7357" TargetMode="External"/><Relationship Id="rId_hyperlink_1103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7358" TargetMode="External"/><Relationship Id="rId_hyperlink_1104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7359" TargetMode="External"/><Relationship Id="rId_hyperlink_1105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7360" TargetMode="External"/><Relationship Id="rId_hyperlink_1106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7361" TargetMode="External"/><Relationship Id="rId_hyperlink_1107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7362" TargetMode="External"/><Relationship Id="rId_hyperlink_1108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7363" TargetMode="External"/><Relationship Id="rId_hyperlink_1109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7364" TargetMode="External"/><Relationship Id="rId_hyperlink_1110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7365" TargetMode="External"/><Relationship Id="rId_hyperlink_1111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7366" TargetMode="External"/><Relationship Id="rId_hyperlink_1112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7367" TargetMode="External"/><Relationship Id="rId_hyperlink_1113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7368" TargetMode="External"/><Relationship Id="rId_hyperlink_1114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7369" TargetMode="External"/><Relationship Id="rId_hyperlink_1115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7370" TargetMode="External"/><Relationship Id="rId_hyperlink_1116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4031" TargetMode="External"/><Relationship Id="rId_hyperlink_1117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4297" TargetMode="External"/><Relationship Id="rId_hyperlink_1118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4610" TargetMode="External"/><Relationship Id="rId_hyperlink_1119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4056" TargetMode="External"/><Relationship Id="rId_hyperlink_1120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4580" TargetMode="External"/><Relationship Id="rId_hyperlink_1121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4492" TargetMode="External"/><Relationship Id="rId_hyperlink_1122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4395" TargetMode="External"/><Relationship Id="rId_hyperlink_1123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4189" TargetMode="External"/><Relationship Id="rId_hyperlink_1124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4367" TargetMode="External"/><Relationship Id="rId_hyperlink_1125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5732" TargetMode="External"/><Relationship Id="rId_hyperlink_1126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5733" TargetMode="External"/><Relationship Id="rId_hyperlink_1127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5734" TargetMode="External"/><Relationship Id="rId_hyperlink_1128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5735" TargetMode="External"/><Relationship Id="rId_hyperlink_1129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5736" TargetMode="External"/><Relationship Id="rId_hyperlink_1130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5737" TargetMode="External"/><Relationship Id="rId_hyperlink_1131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5738" TargetMode="External"/><Relationship Id="rId_hyperlink_1132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5739" TargetMode="External"/><Relationship Id="rId_hyperlink_1133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5740" TargetMode="External"/><Relationship Id="rId_hyperlink_1134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5741" TargetMode="External"/><Relationship Id="rId_hyperlink_1135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5742" TargetMode="External"/><Relationship Id="rId_hyperlink_1136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5743" TargetMode="External"/><Relationship Id="rId_hyperlink_1137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5744" TargetMode="External"/><Relationship Id="rId_hyperlink_1138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5746" TargetMode="External"/><Relationship Id="rId_hyperlink_1139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5747" TargetMode="External"/><Relationship Id="rId_hyperlink_1140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5748" TargetMode="External"/><Relationship Id="rId_hyperlink_1141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5749" TargetMode="External"/><Relationship Id="rId_hyperlink_1142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5750" TargetMode="External"/><Relationship Id="rId_hyperlink_1143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5751" TargetMode="External"/><Relationship Id="rId_hyperlink_1144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5752" TargetMode="External"/><Relationship Id="rId_hyperlink_1145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5753" TargetMode="External"/><Relationship Id="rId_hyperlink_1146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5754" TargetMode="External"/><Relationship Id="rId_hyperlink_1147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5755" TargetMode="External"/><Relationship Id="rId_hyperlink_1148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5756" TargetMode="External"/><Relationship Id="rId_hyperlink_1149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5757" TargetMode="External"/><Relationship Id="rId_hyperlink_1150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5758" TargetMode="External"/><Relationship Id="rId_hyperlink_1151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5759" TargetMode="External"/><Relationship Id="rId_hyperlink_1152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5760" TargetMode="External"/><Relationship Id="rId_hyperlink_1153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5761" TargetMode="External"/><Relationship Id="rId_hyperlink_1154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5762" TargetMode="External"/><Relationship Id="rId_hyperlink_1155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5763" TargetMode="External"/><Relationship Id="rId_hyperlink_1156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5764" TargetMode="External"/><Relationship Id="rId_hyperlink_1157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5765" TargetMode="External"/><Relationship Id="rId_hyperlink_1158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5766" TargetMode="External"/><Relationship Id="rId_hyperlink_1159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5767" TargetMode="External"/><Relationship Id="rId_hyperlink_1160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5768" TargetMode="External"/><Relationship Id="rId_hyperlink_1161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5769" TargetMode="External"/><Relationship Id="rId_hyperlink_1162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5770" TargetMode="External"/><Relationship Id="rId_hyperlink_1163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5771" TargetMode="External"/><Relationship Id="rId_hyperlink_1164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5772" TargetMode="External"/><Relationship Id="rId_hyperlink_1165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5773" TargetMode="External"/><Relationship Id="rId_hyperlink_1166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5774" TargetMode="External"/><Relationship Id="rId_hyperlink_1167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5775" TargetMode="External"/><Relationship Id="rId_hyperlink_1168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5776" TargetMode="External"/><Relationship Id="rId_hyperlink_1169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5777" TargetMode="External"/><Relationship Id="rId_hyperlink_1170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5778" TargetMode="External"/><Relationship Id="rId_hyperlink_1171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5779" TargetMode="External"/><Relationship Id="rId_hyperlink_1172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5780" TargetMode="External"/><Relationship Id="rId_hyperlink_1173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5781" TargetMode="External"/><Relationship Id="rId_hyperlink_1174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5782" TargetMode="External"/><Relationship Id="rId_hyperlink_1175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5783" TargetMode="External"/><Relationship Id="rId_hyperlink_1176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5784" TargetMode="External"/><Relationship Id="rId_hyperlink_1177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5785" TargetMode="External"/><Relationship Id="rId_hyperlink_1178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5786" TargetMode="External"/><Relationship Id="rId_hyperlink_1179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5787" TargetMode="External"/><Relationship Id="rId_hyperlink_1180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5788" TargetMode="External"/><Relationship Id="rId_hyperlink_1181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5789" TargetMode="External"/><Relationship Id="rId_hyperlink_1182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5790" TargetMode="External"/><Relationship Id="rId_hyperlink_1183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5791" TargetMode="External"/><Relationship Id="rId_hyperlink_1184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5792" TargetMode="External"/><Relationship Id="rId_hyperlink_1185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5793" TargetMode="External"/><Relationship Id="rId_hyperlink_1186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6388" TargetMode="External"/><Relationship Id="rId_hyperlink_1187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5745" TargetMode="External"/><Relationship Id="rId_hyperlink_1188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/3921" TargetMode="External"/><Relationship Id="rId_hyperlink_1189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4248" TargetMode="External"/><Relationship Id="rId_hyperlink_1190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/8090" TargetMode="External"/><Relationship Id="rId_hyperlink_1191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4364" TargetMode="External"/><Relationship Id="rId_hyperlink_1192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4365" TargetMode="External"/><Relationship Id="rId_hyperlink_1193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4293" TargetMode="External"/><Relationship Id="rId_hyperlink_1194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5623" TargetMode="External"/><Relationship Id="rId_hyperlink_1195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5624" TargetMode="External"/><Relationship Id="rId_hyperlink_1196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5625" TargetMode="External"/><Relationship Id="rId_hyperlink_1197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5626" TargetMode="External"/><Relationship Id="rId_hyperlink_1198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5628" TargetMode="External"/><Relationship Id="rId_hyperlink_1199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5629" TargetMode="External"/><Relationship Id="rId_hyperlink_1200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5630" TargetMode="External"/><Relationship Id="rId_hyperlink_1201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5631" TargetMode="External"/><Relationship Id="rId_hyperlink_1202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5667" TargetMode="External"/><Relationship Id="rId_hyperlink_1203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5699" TargetMode="External"/><Relationship Id="rId_hyperlink_1204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5700" TargetMode="External"/><Relationship Id="rId_hyperlink_1205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5701" TargetMode="External"/><Relationship Id="rId_hyperlink_1206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5702" TargetMode="External"/><Relationship Id="rId_hyperlink_1207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5703" TargetMode="External"/><Relationship Id="rId_hyperlink_1208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5704" TargetMode="External"/><Relationship Id="rId_hyperlink_1209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5705" TargetMode="External"/><Relationship Id="rId_hyperlink_1210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5706" TargetMode="External"/><Relationship Id="rId_hyperlink_1211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5707" TargetMode="External"/><Relationship Id="rId_hyperlink_1212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5708" TargetMode="External"/><Relationship Id="rId_hyperlink_1213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5709" TargetMode="External"/><Relationship Id="rId_hyperlink_1214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5710" TargetMode="External"/><Relationship Id="rId_hyperlink_1215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5711" TargetMode="External"/><Relationship Id="rId_hyperlink_1216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5712" TargetMode="External"/><Relationship Id="rId_hyperlink_1217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5713" TargetMode="External"/><Relationship Id="rId_hyperlink_1218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5714" TargetMode="External"/><Relationship Id="rId_hyperlink_1219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5715" TargetMode="External"/><Relationship Id="rId_hyperlink_1220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5716" TargetMode="External"/><Relationship Id="rId_hyperlink_1221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5717" TargetMode="External"/><Relationship Id="rId_hyperlink_1222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5718" TargetMode="External"/><Relationship Id="rId_hyperlink_1223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5719" TargetMode="External"/><Relationship Id="rId_hyperlink_1224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5189" TargetMode="External"/><Relationship Id="rId_hyperlink_1225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4634" TargetMode="External"/><Relationship Id="rId_hyperlink_1226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/3039" TargetMode="External"/><Relationship Id="rId_hyperlink_1227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5393" TargetMode="External"/><Relationship Id="rId_hyperlink_1228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5653" TargetMode="External"/><Relationship Id="rId_hyperlink_1229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5654" TargetMode="External"/><Relationship Id="rId_hyperlink_1230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5655" TargetMode="External"/><Relationship Id="rId_hyperlink_1231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5656" TargetMode="External"/><Relationship Id="rId_hyperlink_1232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5657" TargetMode="External"/><Relationship Id="rId_hyperlink_1233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4119" TargetMode="External"/><Relationship Id="rId_hyperlink_1234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/3305" TargetMode="External"/><Relationship Id="rId_hyperlink_1235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/3883" TargetMode="External"/><Relationship Id="rId_hyperlink_1236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4150" TargetMode="External"/><Relationship Id="rId_hyperlink_1237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4413" TargetMode="External"/><Relationship Id="rId_hyperlink_1238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/3920" TargetMode="External"/><Relationship Id="rId_hyperlink_1239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/3735" TargetMode="External"/><Relationship Id="rId_hyperlink_1240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/3938" TargetMode="External"/><Relationship Id="rId_hyperlink_1241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/3939" TargetMode="External"/><Relationship Id="rId_hyperlink_1242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/3946" TargetMode="External"/><Relationship Id="rId_hyperlink_1243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4200" TargetMode="External"/><Relationship Id="rId_hyperlink_1244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/3956" TargetMode="External"/><Relationship Id="rId_hyperlink_1245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4453" TargetMode="External"/><Relationship Id="rId_hyperlink_1246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4454" TargetMode="External"/><Relationship Id="rId_hyperlink_1247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/3967" TargetMode="External"/><Relationship Id="rId_hyperlink_1248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/3968" TargetMode="External"/><Relationship Id="rId_hyperlink_1249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5397" TargetMode="External"/><Relationship Id="rId_hyperlink_1250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/3969" TargetMode="External"/><Relationship Id="rId_hyperlink_1251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/3970" TargetMode="External"/><Relationship Id="rId_hyperlink_1252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/3971" TargetMode="External"/><Relationship Id="rId_hyperlink_1253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/3882" TargetMode="External"/><Relationship Id="rId_hyperlink_1254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4249" TargetMode="External"/><Relationship Id="rId_hyperlink_1255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4271" TargetMode="External"/><Relationship Id="rId_hyperlink_1256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4294" TargetMode="External"/><Relationship Id="rId_hyperlink_1257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4301" TargetMode="External"/><Relationship Id="rId_hyperlink_1258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5595" TargetMode="External"/><Relationship Id="rId_hyperlink_1259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5597" TargetMode="External"/><Relationship Id="rId_hyperlink_1260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5598" TargetMode="External"/><Relationship Id="rId_hyperlink_1261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5599" TargetMode="External"/><Relationship Id="rId_hyperlink_1262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4061" TargetMode="External"/><Relationship Id="rId_hyperlink_1263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5600" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:D1251"/>
+  <dimension ref="A1:D1265"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="D1251" sqref="D1251"/>
+      <selection activeCell="D1265" sqref="D1265"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="13" customWidth="true" style="3"/>
     <col min="2" max="2" width="60" customWidth="true" style="0"/>
     <col min="3" max="3" width="12" customWidth="true" style="5"/>
     <col min="4" max="4" width="28" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="3" t="s">
         <v>4</v>
       </c>
       <c r="B1" s="6" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="3" t="s">
         <v>6</v>
       </c>
       <c r="B2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B3" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C3" s="4" t="s">
         <v>2</v>
       </c>
       <c r="D3" s="1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" s="3">
-        <v>8105</v>
+        <v>5334</v>
       </c>
       <c r="B4" t="s">
         <v>8</v>
       </c>
       <c r="C4" s="5">
-        <v>45.0</v>
+        <v>26.0</v>
       </c>
       <c r="D4" s="6" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" s="3">
-        <v>8069</v>
+        <v>7211</v>
       </c>
       <c r="B5" t="s">
         <v>10</v>
       </c>
       <c r="C5" s="5">
-        <v>18.0</v>
+        <v>36.0</v>
       </c>
       <c r="D5" s="6" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" s="3">
-        <v>8070</v>
+        <v>6939</v>
       </c>
       <c r="B6" t="s">
         <v>12</v>
       </c>
       <c r="C6" s="5">
-        <v>22.0</v>
+        <v>5.65</v>
       </c>
       <c r="D6" s="6" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" s="3">
-        <v>8071</v>
+        <v>6538</v>
       </c>
       <c r="B7" t="s">
         <v>14</v>
       </c>
       <c r="C7" s="5">
-        <v>29.0</v>
+        <v>5.95</v>
       </c>
       <c r="D7" s="6" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" s="3">
-        <v>8072</v>
+        <v>6030</v>
       </c>
       <c r="B8" t="s">
         <v>16</v>
       </c>
       <c r="C8" s="5">
-        <v>36.0</v>
+        <v>4.55</v>
       </c>
       <c r="D8" s="6" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" s="3">
-        <v>8073</v>
+        <v>8099</v>
       </c>
       <c r="B9" t="s">
         <v>18</v>
       </c>
       <c r="C9" s="5">
-        <v>43.0</v>
+        <v>3.75</v>
       </c>
       <c r="D9" s="6" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" s="3">
-        <v>8074</v>
+        <v>8100</v>
       </c>
       <c r="B10" t="s">
         <v>20</v>
       </c>
       <c r="C10" s="5">
-        <v>15.0</v>
+        <v>4.75</v>
       </c>
       <c r="D10" s="6" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" s="3">
-        <v>8075</v>
+        <v>8101</v>
       </c>
       <c r="B11" t="s">
         <v>22</v>
       </c>
       <c r="C11" s="5">
-        <v>17.0</v>
+        <v>5.75</v>
       </c>
       <c r="D11" s="6" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" s="3">
-        <v>8076</v>
+        <v>8102</v>
       </c>
       <c r="B12" t="s">
         <v>24</v>
       </c>
       <c r="C12" s="5">
-        <v>23.0</v>
+        <v>5.85</v>
       </c>
       <c r="D12" s="6" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" s="3">
-        <v>8077</v>
+        <v>8103</v>
       </c>
       <c r="B13" t="s">
         <v>26</v>
       </c>
       <c r="C13" s="5">
-        <v>29.0</v>
+        <v>5.95</v>
       </c>
       <c r="D13" s="6" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" s="3">
-        <v>8078</v>
+        <v>6029</v>
       </c>
       <c r="B14" t="s">
         <v>28</v>
       </c>
       <c r="C14" s="5">
-        <v>35.0</v>
+        <v>3.95</v>
       </c>
       <c r="D14" s="6" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" s="3">
-        <v>8079</v>
+        <v>6031</v>
       </c>
       <c r="B15" t="s">
         <v>30</v>
       </c>
       <c r="C15" s="5">
-        <v>14.0</v>
+        <v>4.25</v>
       </c>
       <c r="D15" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" s="3">
-        <v>8080</v>
+        <v>6032</v>
       </c>
       <c r="B16" t="s">
         <v>32</v>
       </c>
       <c r="C16" s="5">
-        <v>17.0</v>
+        <v>3.85</v>
       </c>
       <c r="D16" s="6" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" s="3">
-        <v>8081</v>
+        <v>6034</v>
       </c>
       <c r="B17" t="s">
         <v>34</v>
       </c>
       <c r="C17" s="5">
-        <v>22.0</v>
+        <v>5.45</v>
       </c>
       <c r="D17" s="6" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" s="3">
-        <v>8082</v>
+        <v>8105</v>
       </c>
       <c r="B18" t="s">
         <v>36</v>
       </c>
       <c r="C18" s="5">
-        <v>28.0</v>
+        <v>45.0</v>
       </c>
       <c r="D18" s="6" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" s="3">
-        <v>8083</v>
+        <v>8069</v>
       </c>
       <c r="B19" t="s">
         <v>38</v>
       </c>
       <c r="C19" s="5">
-        <v>33.0</v>
+        <v>20.0</v>
       </c>
       <c r="D19" s="6" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" s="3">
-        <v>7904</v>
+        <v>8070</v>
       </c>
       <c r="B20" t="s">
         <v>40</v>
       </c>
       <c r="C20" s="5">
-        <v>75.0</v>
+        <v>25.0</v>
       </c>
       <c r="D20" s="6" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" s="3">
-        <v>7906</v>
+        <v>8071</v>
       </c>
       <c r="B21" t="s">
         <v>42</v>
       </c>
       <c r="C21" s="5">
-        <v>45.0</v>
+        <v>35.0</v>
       </c>
       <c r="D21" s="6" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" s="3">
-        <v>7907</v>
+        <v>8072</v>
       </c>
       <c r="B22" t="s">
         <v>44</v>
       </c>
       <c r="C22" s="5">
-        <v>48.0</v>
+        <v>42.0</v>
       </c>
       <c r="D22" s="6" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" s="3">
-        <v>7903</v>
+        <v>8073</v>
       </c>
       <c r="B23" t="s">
         <v>46</v>
       </c>
       <c r="C23" s="5">
-        <v>55.0</v>
+        <v>48.0</v>
       </c>
       <c r="D23" s="6" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" s="3">
-        <v>7908</v>
+        <v>8074</v>
       </c>
       <c r="B24" t="s">
         <v>48</v>
       </c>
       <c r="C24" s="5">
-        <v>68.0</v>
+        <v>15.0</v>
       </c>
       <c r="D24" s="6" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" s="3">
-        <v>7905</v>
+        <v>8075</v>
       </c>
       <c r="B25" t="s">
         <v>50</v>
       </c>
       <c r="C25" s="5">
-        <v>90.0</v>
+        <v>21.0</v>
       </c>
       <c r="D25" s="6" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" s="3">
-        <v>7706</v>
+        <v>8076</v>
       </c>
       <c r="B26" t="s">
         <v>52</v>
       </c>
       <c r="C26" s="5">
-        <v>5.0</v>
+        <v>28.0</v>
       </c>
       <c r="D26" s="6" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" s="3">
-        <v>7830</v>
+        <v>8077</v>
       </c>
       <c r="B27" t="s">
         <v>54</v>
       </c>
       <c r="C27" s="5">
-        <v>1950.0</v>
+        <v>35.0</v>
       </c>
       <c r="D27" s="6" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" s="3">
-        <v>7840</v>
+        <v>8078</v>
       </c>
       <c r="B28" t="s">
         <v>56</v>
       </c>
       <c r="C28" s="5">
-        <v>1450.0</v>
+        <v>42.0</v>
       </c>
       <c r="D28" s="6" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" s="3">
-        <v>7660</v>
+        <v>8079</v>
       </c>
       <c r="B29" t="s">
         <v>58</v>
       </c>
       <c r="C29" s="5">
-        <v>4.0</v>
+        <v>14.0</v>
       </c>
       <c r="D29" s="6" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" s="3">
-        <v>7661</v>
+        <v>8080</v>
       </c>
       <c r="B30" t="s">
         <v>60</v>
       </c>
       <c r="C30" s="5">
-        <v>6.0</v>
+        <v>21.0</v>
       </c>
       <c r="D30" s="6" t="s">
         <v>61</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" s="3">
-        <v>7662</v>
+        <v>8081</v>
       </c>
       <c r="B31" t="s">
         <v>62</v>
       </c>
       <c r="C31" s="5">
-        <v>6.0</v>
+        <v>28.0</v>
       </c>
       <c r="D31" s="6" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" s="3">
-        <v>7663</v>
+        <v>8082</v>
       </c>
       <c r="B32" t="s">
         <v>64</v>
       </c>
       <c r="C32" s="5">
-        <v>6.0</v>
+        <v>35.0</v>
       </c>
       <c r="D32" s="6" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" s="3">
-        <v>7664</v>
+        <v>8083</v>
       </c>
       <c r="B33" t="s">
         <v>66</v>
       </c>
       <c r="C33" s="5">
-        <v>7.0</v>
+        <v>42.0</v>
       </c>
       <c r="D33" s="6" t="s">
         <v>67</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" s="3">
-        <v>7665</v>
+        <v>7904</v>
       </c>
       <c r="B34" t="s">
         <v>68</v>
       </c>
       <c r="C34" s="5">
-        <v>5.0</v>
+        <v>75.0</v>
       </c>
       <c r="D34" s="6" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" s="3">
-        <v>7696</v>
+        <v>7906</v>
       </c>
       <c r="B35" t="s">
         <v>70</v>
       </c>
       <c r="C35" s="5">
-        <v>2.0</v>
+        <v>45.0</v>
       </c>
       <c r="D35" s="6" t="s">
         <v>71</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" s="3">
-        <v>7697</v>
+        <v>7907</v>
       </c>
       <c r="B36" t="s">
         <v>72</v>
       </c>
       <c r="C36" s="5">
-        <v>6.0</v>
+        <v>48.0</v>
       </c>
       <c r="D36" s="6" t="s">
         <v>73</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" s="3">
-        <v>7698</v>
+        <v>7903</v>
       </c>
       <c r="B37" t="s">
         <v>74</v>
       </c>
       <c r="C37" s="5">
-        <v>3.0</v>
+        <v>55.0</v>
       </c>
       <c r="D37" s="6" t="s">
         <v>75</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" s="3">
-        <v>7699</v>
+        <v>7908</v>
       </c>
       <c r="B38" t="s">
         <v>76</v>
       </c>
       <c r="C38" s="5">
-        <v>3.0</v>
+        <v>68.0</v>
       </c>
       <c r="D38" s="6" t="s">
         <v>77</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" s="3">
-        <v>7695</v>
+        <v>7905</v>
       </c>
       <c r="B39" t="s">
         <v>78</v>
       </c>
       <c r="C39" s="5">
-        <v>4.0</v>
+        <v>90.0</v>
       </c>
       <c r="D39" s="6" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" s="3">
-        <v>7700</v>
+        <v>7706</v>
       </c>
       <c r="B40" t="s">
         <v>80</v>
       </c>
       <c r="C40" s="5">
-        <v>4.0</v>
+        <v>5.0</v>
       </c>
       <c r="D40" s="6" t="s">
         <v>81</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" s="3">
-        <v>7701</v>
+        <v>7830</v>
       </c>
       <c r="B41" t="s">
         <v>82</v>
       </c>
       <c r="C41" s="5">
-        <v>2.0</v>
+        <v>1950.0</v>
       </c>
       <c r="D41" s="6" t="s">
         <v>83</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" s="3">
-        <v>7702</v>
+        <v>7840</v>
       </c>
       <c r="B42" t="s">
         <v>84</v>
       </c>
       <c r="C42" s="5">
-        <v>4.0</v>
+        <v>1450.0</v>
       </c>
       <c r="D42" s="6" t="s">
         <v>85</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" s="3">
-        <v>7703</v>
+        <v>7660</v>
       </c>
       <c r="B43" t="s">
         <v>86</v>
       </c>
       <c r="C43" s="5">
-        <v>5.0</v>
+        <v>4.0</v>
       </c>
       <c r="D43" s="6" t="s">
         <v>87</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" s="3">
-        <v>7704</v>
+        <v>7661</v>
       </c>
       <c r="B44" t="s">
         <v>88</v>
       </c>
       <c r="C44" s="5">
-        <v>3.0</v>
+        <v>6.0</v>
       </c>
       <c r="D44" s="6" t="s">
         <v>89</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" s="3">
-        <v>7705</v>
+        <v>7662</v>
       </c>
       <c r="B45" t="s">
         <v>90</v>
       </c>
       <c r="C45" s="5">
-        <v>5.0</v>
+        <v>6.0</v>
       </c>
       <c r="D45" s="6" t="s">
         <v>91</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" s="3">
-        <v>7707</v>
+        <v>7663</v>
       </c>
       <c r="B46" t="s">
         <v>92</v>
       </c>
       <c r="C46" s="5">
-        <v>3.0</v>
+        <v>6.0</v>
       </c>
       <c r="D46" s="6" t="s">
         <v>93</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" s="3">
-        <v>7720</v>
+        <v>7664</v>
       </c>
       <c r="B47" t="s">
         <v>94</v>
       </c>
       <c r="C47" s="5">
-        <v>43.0</v>
+        <v>7.0</v>
       </c>
       <c r="D47" s="6" t="s">
         <v>95</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" s="3">
-        <v>7721</v>
+        <v>7665</v>
       </c>
       <c r="B48" t="s">
         <v>96</v>
       </c>
       <c r="C48" s="5">
-        <v>49.0</v>
+        <v>5.0</v>
       </c>
       <c r="D48" s="6" t="s">
         <v>97</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" s="3">
-        <v>7722</v>
+        <v>7696</v>
       </c>
       <c r="B49" t="s">
         <v>98</v>
       </c>
       <c r="C49" s="5">
-        <v>61.0</v>
+        <v>2.0</v>
       </c>
       <c r="D49" s="6" t="s">
         <v>99</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" s="3">
-        <v>7723</v>
+        <v>7697</v>
       </c>
       <c r="B50" t="s">
         <v>100</v>
       </c>
       <c r="C50" s="5">
-        <v>73.0</v>
+        <v>6.0</v>
       </c>
       <c r="D50" s="6" t="s">
         <v>101</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" s="3">
-        <v>7724</v>
+        <v>7698</v>
       </c>
       <c r="B51" t="s">
         <v>102</v>
       </c>
       <c r="C51" s="5">
-        <v>85.0</v>
+        <v>3.0</v>
       </c>
       <c r="D51" s="6" t="s">
         <v>103</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" s="3">
-        <v>7725</v>
+        <v>7699</v>
       </c>
       <c r="B52" t="s">
         <v>104</v>
       </c>
       <c r="C52" s="5">
-        <v>103.0</v>
+        <v>3.0</v>
       </c>
       <c r="D52" s="6" t="s">
         <v>105</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" s="3">
-        <v>7726</v>
+        <v>7695</v>
       </c>
       <c r="B53" t="s">
         <v>106</v>
       </c>
       <c r="C53" s="5">
-        <v>134.0</v>
+        <v>4.0</v>
       </c>
       <c r="D53" s="6" t="s">
         <v>107</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" s="3">
-        <v>7727</v>
+        <v>7700</v>
       </c>
       <c r="B54" t="s">
         <v>108</v>
       </c>
       <c r="C54" s="5">
-        <v>183.0</v>
+        <v>4.0</v>
       </c>
       <c r="D54" s="6" t="s">
         <v>109</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" s="3">
-        <v>7728</v>
+        <v>7701</v>
       </c>
       <c r="B55" t="s">
         <v>110</v>
       </c>
       <c r="C55" s="5">
-        <v>37.0</v>
+        <v>2.0</v>
       </c>
       <c r="D55" s="6" t="s">
         <v>111</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" s="3">
-        <v>7729</v>
+        <v>7702</v>
       </c>
       <c r="B56" t="s">
         <v>112</v>
       </c>
       <c r="C56" s="5">
-        <v>43.0</v>
+        <v>4.0</v>
       </c>
       <c r="D56" s="6" t="s">
         <v>113</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" s="3">
-        <v>7730</v>
+        <v>7703</v>
       </c>
       <c r="B57" t="s">
         <v>114</v>
       </c>
       <c r="C57" s="5">
-        <v>55.0</v>
+        <v>5.0</v>
       </c>
       <c r="D57" s="6" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" s="3">
-        <v>7731</v>
+        <v>7704</v>
       </c>
       <c r="B58" t="s">
         <v>116</v>
       </c>
       <c r="C58" s="5">
-        <v>61.0</v>
+        <v>3.0</v>
       </c>
       <c r="D58" s="6" t="s">
         <v>117</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" s="3">
-        <v>7732</v>
+        <v>7705</v>
       </c>
       <c r="B59" t="s">
         <v>118</v>
       </c>
       <c r="C59" s="5">
-        <v>73.0</v>
+        <v>5.0</v>
       </c>
       <c r="D59" s="6" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" s="3">
-        <v>7733</v>
+        <v>7707</v>
       </c>
       <c r="B60" t="s">
         <v>120</v>
       </c>
       <c r="C60" s="5">
-        <v>85.0</v>
+        <v>3.0</v>
       </c>
       <c r="D60" s="6" t="s">
         <v>121</v>
       </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" s="3">
-        <v>7734</v>
+        <v>7720</v>
       </c>
       <c r="B61" t="s">
         <v>122</v>
       </c>
       <c r="C61" s="5">
-        <v>110.0</v>
+        <v>43.0</v>
       </c>
       <c r="D61" s="6" t="s">
         <v>123</v>
       </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" s="3">
-        <v>7735</v>
+        <v>7721</v>
       </c>
       <c r="B62" t="s">
         <v>124</v>
       </c>
       <c r="C62" s="5">
-        <v>146.0</v>
+        <v>49.0</v>
       </c>
       <c r="D62" s="6" t="s">
         <v>125</v>
       </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63" s="3">
-        <v>7708</v>
+        <v>7722</v>
       </c>
       <c r="B63" t="s">
         <v>126</v>
       </c>
       <c r="C63" s="5">
-        <v>164.0</v>
+        <v>61.0</v>
       </c>
       <c r="D63" s="6" t="s">
         <v>127</v>
       </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64" s="3">
-        <v>7709</v>
+        <v>7723</v>
       </c>
       <c r="B64" t="s">
         <v>128</v>
       </c>
       <c r="C64" s="5">
-        <v>170.0</v>
+        <v>73.0</v>
       </c>
       <c r="D64" s="6" t="s">
         <v>129</v>
       </c>
     </row>
     <row r="65" spans="1:4">
       <c r="A65" s="3">
-        <v>7710</v>
+        <v>7724</v>
       </c>
       <c r="B65" t="s">
         <v>130</v>
       </c>
       <c r="C65" s="5">
-        <v>207.0</v>
+        <v>85.0</v>
       </c>
       <c r="D65" s="6" t="s">
         <v>131</v>
       </c>
     </row>
     <row r="66" spans="1:4">
       <c r="A66" s="3">
-        <v>7711</v>
+        <v>7725</v>
       </c>
       <c r="B66" t="s">
         <v>132</v>
       </c>
       <c r="C66" s="5">
-        <v>243.0</v>
+        <v>103.0</v>
       </c>
       <c r="D66" s="6" t="s">
         <v>133</v>
       </c>
     </row>
     <row r="67" spans="1:4">
       <c r="A67" s="3">
-        <v>7712</v>
+        <v>7726</v>
       </c>
       <c r="B67" t="s">
         <v>134</v>
       </c>
       <c r="C67" s="5">
-        <v>335.0</v>
+        <v>134.0</v>
       </c>
       <c r="D67" s="6" t="s">
         <v>135</v>
       </c>
     </row>
     <row r="68" spans="1:4">
       <c r="A68" s="3">
-        <v>7713</v>
+        <v>7727</v>
       </c>
       <c r="B68" t="s">
         <v>136</v>
       </c>
       <c r="C68" s="5">
-        <v>402.0</v>
+        <v>183.0</v>
       </c>
       <c r="D68" s="6" t="s">
         <v>137</v>
       </c>
     </row>
     <row r="69" spans="1:4">
       <c r="A69" s="3">
-        <v>7714</v>
+        <v>7728</v>
       </c>
       <c r="B69" t="s">
         <v>138</v>
       </c>
       <c r="C69" s="5">
-        <v>164.0</v>
+        <v>37.0</v>
       </c>
       <c r="D69" s="6" t="s">
         <v>139</v>
       </c>
     </row>
     <row r="70" spans="1:4">
       <c r="A70" s="3">
-        <v>7715</v>
+        <v>7729</v>
       </c>
       <c r="B70" t="s">
         <v>140</v>
       </c>
       <c r="C70" s="5">
-        <v>170.0</v>
+        <v>43.0</v>
       </c>
       <c r="D70" s="6" t="s">
         <v>141</v>
       </c>
     </row>
     <row r="71" spans="1:4">
       <c r="A71" s="3">
-        <v>7716</v>
+        <v>7730</v>
       </c>
       <c r="B71" t="s">
         <v>142</v>
       </c>
       <c r="C71" s="5">
-        <v>207.0</v>
+        <v>55.0</v>
       </c>
       <c r="D71" s="6" t="s">
         <v>143</v>
       </c>
     </row>
     <row r="72" spans="1:4">
       <c r="A72" s="3">
-        <v>7717</v>
+        <v>7731</v>
       </c>
       <c r="B72" t="s">
         <v>144</v>
       </c>
       <c r="C72" s="5">
-        <v>243.0</v>
+        <v>61.0</v>
       </c>
       <c r="D72" s="6" t="s">
         <v>145</v>
       </c>
     </row>
     <row r="73" spans="1:4">
       <c r="A73" s="3">
-        <v>7718</v>
+        <v>7732</v>
       </c>
       <c r="B73" t="s">
         <v>146</v>
       </c>
       <c r="C73" s="5">
-        <v>335.0</v>
+        <v>73.0</v>
       </c>
       <c r="D73" s="6" t="s">
         <v>147</v>
       </c>
     </row>
     <row r="74" spans="1:4">
       <c r="A74" s="3">
-        <v>7719</v>
+        <v>7733</v>
       </c>
       <c r="B74" t="s">
         <v>148</v>
       </c>
       <c r="C74" s="5">
-        <v>402.0</v>
+        <v>85.0</v>
       </c>
       <c r="D74" s="6" t="s">
         <v>149</v>
       </c>
     </row>
     <row r="75" spans="1:4">
       <c r="A75" s="3">
-        <v>7836</v>
+        <v>7734</v>
       </c>
       <c r="B75" t="s">
         <v>150</v>
       </c>
       <c r="C75" s="5">
-        <v>12.0</v>
+        <v>110.0</v>
       </c>
       <c r="D75" s="6" t="s">
         <v>151</v>
       </c>
     </row>
     <row r="76" spans="1:4">
       <c r="A76" s="3">
-        <v>7837</v>
+        <v>7735</v>
       </c>
       <c r="B76" t="s">
         <v>152</v>
       </c>
       <c r="C76" s="5">
-        <v>12.0</v>
+        <v>146.0</v>
       </c>
       <c r="D76" s="6" t="s">
         <v>153</v>
       </c>
     </row>
     <row r="77" spans="1:4">
       <c r="A77" s="3">
-        <v>7838</v>
+        <v>7708</v>
       </c>
       <c r="B77" t="s">
         <v>154</v>
       </c>
       <c r="C77" s="5">
-        <v>12.0</v>
+        <v>164.0</v>
       </c>
       <c r="D77" s="6" t="s">
         <v>155</v>
       </c>
     </row>
     <row r="78" spans="1:4">
       <c r="A78" s="3">
-        <v>7839</v>
+        <v>7709</v>
       </c>
       <c r="B78" t="s">
         <v>156</v>
       </c>
       <c r="C78" s="5">
-        <v>15.0</v>
+        <v>170.0</v>
       </c>
       <c r="D78" s="6" t="s">
         <v>157</v>
       </c>
     </row>
     <row r="79" spans="1:4">
       <c r="A79" s="3">
-        <v>7841</v>
+        <v>7710</v>
       </c>
       <c r="B79" t="s">
         <v>158</v>
       </c>
       <c r="C79" s="5">
-        <v>15.0</v>
+        <v>207.0</v>
       </c>
       <c r="D79" s="6" t="s">
         <v>159</v>
       </c>
     </row>
     <row r="80" spans="1:4">
       <c r="A80" s="3">
-        <v>7842</v>
+        <v>7711</v>
       </c>
       <c r="B80" t="s">
         <v>160</v>
       </c>
       <c r="C80" s="5">
-        <v>15.0</v>
+        <v>243.0</v>
       </c>
       <c r="D80" s="6" t="s">
         <v>161</v>
       </c>
     </row>
     <row r="81" spans="1:4">
       <c r="A81" s="3">
-        <v>7834</v>
+        <v>7712</v>
       </c>
       <c r="B81" t="s">
         <v>162</v>
       </c>
       <c r="C81" s="5">
-        <v>55.0</v>
+        <v>335.0</v>
       </c>
       <c r="D81" s="6" t="s">
         <v>163</v>
       </c>
     </row>
     <row r="82" spans="1:4">
       <c r="A82" s="3">
-        <v>7832</v>
+        <v>7713</v>
       </c>
       <c r="B82" t="s">
         <v>164</v>
       </c>
       <c r="C82" s="5">
-        <v>52.0</v>
+        <v>402.0</v>
       </c>
       <c r="D82" s="6" t="s">
         <v>165</v>
       </c>
     </row>
     <row r="83" spans="1:4">
       <c r="A83" s="3">
-        <v>7833</v>
+        <v>7714</v>
       </c>
       <c r="B83" t="s">
         <v>166</v>
       </c>
       <c r="C83" s="5">
-        <v>45.0</v>
+        <v>164.0</v>
       </c>
       <c r="D83" s="6" t="s">
         <v>167</v>
       </c>
     </row>
     <row r="84" spans="1:4">
       <c r="A84" s="3">
-        <v>7826</v>
+        <v>7715</v>
       </c>
       <c r="B84" t="s">
         <v>168</v>
       </c>
       <c r="C84" s="5">
-        <v>15.0</v>
+        <v>170.0</v>
       </c>
       <c r="D84" s="6" t="s">
         <v>169</v>
       </c>
     </row>
     <row r="85" spans="1:4">
       <c r="A85" s="3">
-        <v>7828</v>
+        <v>7716</v>
       </c>
       <c r="B85" t="s">
         <v>170</v>
       </c>
       <c r="C85" s="5">
-        <v>20.0</v>
+        <v>207.0</v>
       </c>
       <c r="D85" s="6" t="s">
         <v>171</v>
       </c>
     </row>
     <row r="86" spans="1:4">
       <c r="A86" s="3">
-        <v>7829</v>
+        <v>7717</v>
       </c>
       <c r="B86" t="s">
         <v>172</v>
       </c>
       <c r="C86" s="5">
-        <v>20.0</v>
+        <v>243.0</v>
       </c>
       <c r="D86" s="6" t="s">
         <v>173</v>
       </c>
     </row>
     <row r="87" spans="1:4">
       <c r="A87" s="3">
-        <v>7831</v>
+        <v>7718</v>
       </c>
       <c r="B87" t="s">
         <v>174</v>
       </c>
       <c r="C87" s="5">
-        <v>55.0</v>
+        <v>335.0</v>
       </c>
       <c r="D87" s="6" t="s">
         <v>175</v>
       </c>
     </row>
     <row r="88" spans="1:4">
       <c r="A88" s="3">
-        <v>7835</v>
+        <v>7719</v>
       </c>
       <c r="B88" t="s">
         <v>176</v>
       </c>
       <c r="C88" s="5">
-        <v>4.75</v>
+        <v>402.0</v>
       </c>
       <c r="D88" s="6" t="s">
         <v>177</v>
       </c>
     </row>
     <row r="89" spans="1:4">
       <c r="A89" s="3">
-        <v>7894</v>
+        <v>7836</v>
       </c>
       <c r="B89" t="s">
         <v>178</v>
       </c>
       <c r="C89" s="5">
-        <v>22.0</v>
+        <v>12.0</v>
       </c>
       <c r="D89" s="6" t="s">
         <v>179</v>
       </c>
     </row>
     <row r="90" spans="1:4">
       <c r="A90" s="3">
-        <v>7895</v>
+        <v>7837</v>
       </c>
       <c r="B90" t="s">
         <v>180</v>
       </c>
       <c r="C90" s="5">
-        <v>33.0</v>
+        <v>12.0</v>
       </c>
       <c r="D90" s="6" t="s">
         <v>181</v>
       </c>
     </row>
     <row r="91" spans="1:4">
       <c r="A91" s="3">
-        <v>7896</v>
+        <v>7838</v>
       </c>
       <c r="B91" t="s">
         <v>182</v>
       </c>
       <c r="C91" s="5">
-        <v>55.0</v>
+        <v>12.0</v>
       </c>
       <c r="D91" s="6" t="s">
         <v>183</v>
       </c>
     </row>
     <row r="92" spans="1:4">
       <c r="A92" s="3">
-        <v>7897</v>
+        <v>7839</v>
       </c>
       <c r="B92" t="s">
         <v>184</v>
       </c>
       <c r="C92" s="5">
-        <v>66.0</v>
+        <v>15.0</v>
       </c>
       <c r="D92" s="6" t="s">
         <v>185</v>
       </c>
     </row>
     <row r="93" spans="1:4">
       <c r="A93" s="3">
-        <v>7898</v>
+        <v>7841</v>
       </c>
       <c r="B93" t="s">
         <v>186</v>
       </c>
       <c r="C93" s="5">
-        <v>88.0</v>
+        <v>15.0</v>
       </c>
       <c r="D93" s="6" t="s">
         <v>187</v>
       </c>
     </row>
     <row r="94" spans="1:4">
       <c r="A94" s="3">
-        <v>7891</v>
+        <v>7842</v>
       </c>
       <c r="B94" t="s">
         <v>188</v>
       </c>
       <c r="C94" s="5">
-        <v>385.0</v>
+        <v>15.0</v>
       </c>
       <c r="D94" s="6" t="s">
         <v>189</v>
       </c>
     </row>
     <row r="95" spans="1:4">
       <c r="A95" s="3">
-        <v>7892</v>
+        <v>7834</v>
       </c>
       <c r="B95" t="s">
         <v>190</v>
       </c>
       <c r="C95" s="5">
-        <v>445.0</v>
+        <v>55.0</v>
       </c>
       <c r="D95" s="6" t="s">
         <v>191</v>
       </c>
     </row>
     <row r="96" spans="1:4">
       <c r="A96" s="3">
-        <v>7893</v>
+        <v>7832</v>
       </c>
       <c r="B96" t="s">
         <v>192</v>
       </c>
       <c r="C96" s="5">
-        <v>465.0</v>
+        <v>52.0</v>
       </c>
       <c r="D96" s="6" t="s">
         <v>193</v>
       </c>
     </row>
     <row r="97" spans="1:4">
       <c r="A97" s="3">
-        <v>7879</v>
+        <v>7833</v>
       </c>
       <c r="B97" t="s">
         <v>194</v>
       </c>
       <c r="C97" s="5">
-        <v>11.0</v>
+        <v>45.0</v>
       </c>
       <c r="D97" s="6" t="s">
         <v>195</v>
       </c>
     </row>
     <row r="98" spans="1:4">
       <c r="A98" s="3">
-        <v>7880</v>
+        <v>7826</v>
       </c>
       <c r="B98" t="s">
         <v>196</v>
       </c>
       <c r="C98" s="5">
-        <v>16.0</v>
+        <v>15.0</v>
       </c>
       <c r="D98" s="6" t="s">
         <v>197</v>
       </c>
     </row>
     <row r="99" spans="1:4">
       <c r="A99" s="3">
-        <v>7881</v>
+        <v>7828</v>
       </c>
       <c r="B99" t="s">
         <v>198</v>
       </c>
       <c r="C99" s="5">
-        <v>21.0</v>
+        <v>20.0</v>
       </c>
       <c r="D99" s="6" t="s">
         <v>199</v>
       </c>
     </row>
     <row r="100" spans="1:4">
       <c r="A100" s="3">
-        <v>7882</v>
+        <v>7829</v>
       </c>
       <c r="B100" t="s">
         <v>200</v>
       </c>
       <c r="C100" s="5">
-        <v>11.0</v>
+        <v>20.0</v>
       </c>
       <c r="D100" s="6" t="s">
         <v>201</v>
       </c>
     </row>
     <row r="101" spans="1:4">
       <c r="A101" s="3">
-        <v>7883</v>
+        <v>7831</v>
       </c>
       <c r="B101" t="s">
         <v>202</v>
       </c>
       <c r="C101" s="5">
-        <v>16.0</v>
+        <v>55.0</v>
       </c>
       <c r="D101" s="6" t="s">
         <v>203</v>
       </c>
     </row>
     <row r="102" spans="1:4">
       <c r="A102" s="3">
-        <v>7884</v>
+        <v>7835</v>
       </c>
       <c r="B102" t="s">
         <v>204</v>
       </c>
       <c r="C102" s="5">
-        <v>21.0</v>
+        <v>4.75</v>
       </c>
       <c r="D102" s="6" t="s">
         <v>205</v>
       </c>
     </row>
     <row r="103" spans="1:4">
       <c r="A103" s="3">
-        <v>7885</v>
+        <v>7894</v>
       </c>
       <c r="B103" t="s">
         <v>206</v>
       </c>
       <c r="C103" s="5">
-        <v>13.0</v>
+        <v>22.0</v>
       </c>
       <c r="D103" s="6" t="s">
         <v>207</v>
       </c>
     </row>
     <row r="104" spans="1:4">
       <c r="A104" s="3">
-        <v>7886</v>
+        <v>7895</v>
       </c>
       <c r="B104" t="s">
         <v>208</v>
       </c>
       <c r="C104" s="5">
-        <v>20.0</v>
+        <v>33.0</v>
       </c>
       <c r="D104" s="6" t="s">
         <v>209</v>
       </c>
     </row>
     <row r="105" spans="1:4">
       <c r="A105" s="3">
-        <v>7887</v>
+        <v>7896</v>
       </c>
       <c r="B105" t="s">
         <v>210</v>
       </c>
       <c r="C105" s="5">
-        <v>26.0</v>
+        <v>55.0</v>
       </c>
       <c r="D105" s="6" t="s">
         <v>211</v>
       </c>
     </row>
     <row r="106" spans="1:4">
       <c r="A106" s="3">
-        <v>7888</v>
+        <v>7897</v>
       </c>
       <c r="B106" t="s">
         <v>212</v>
       </c>
       <c r="C106" s="5">
-        <v>16.0</v>
+        <v>66.0</v>
       </c>
       <c r="D106" s="6" t="s">
         <v>213</v>
       </c>
     </row>
     <row r="107" spans="1:4">
       <c r="A107" s="3">
-        <v>7889</v>
+        <v>7898</v>
       </c>
       <c r="B107" t="s">
         <v>214</v>
       </c>
       <c r="C107" s="5">
-        <v>24.0</v>
+        <v>88.0</v>
       </c>
       <c r="D107" s="6" t="s">
         <v>215</v>
       </c>
     </row>
     <row r="108" spans="1:4">
       <c r="A108" s="3">
-        <v>7890</v>
+        <v>7891</v>
       </c>
       <c r="B108" t="s">
         <v>216</v>
       </c>
       <c r="C108" s="5">
-        <v>31.0</v>
+        <v>385.0</v>
       </c>
       <c r="D108" s="6" t="s">
         <v>217</v>
       </c>
     </row>
     <row r="109" spans="1:4">
       <c r="A109" s="3">
-        <v>7658</v>
+        <v>7892</v>
       </c>
       <c r="B109" t="s">
         <v>218</v>
       </c>
       <c r="C109" s="5">
-        <v>12.0</v>
+        <v>445.0</v>
       </c>
       <c r="D109" s="6" t="s">
         <v>219</v>
       </c>
     </row>
     <row r="110" spans="1:4">
       <c r="A110" s="3">
-        <v>7659</v>
+        <v>7893</v>
       </c>
       <c r="B110" t="s">
         <v>220</v>
       </c>
       <c r="C110" s="5">
-        <v>30.0</v>
+        <v>465.0</v>
       </c>
       <c r="D110" s="6" t="s">
         <v>221</v>
       </c>
     </row>
     <row r="111" spans="1:4">
       <c r="A111" s="3">
-        <v>7650</v>
+        <v>7879</v>
       </c>
       <c r="B111" t="s">
         <v>222</v>
       </c>
       <c r="C111" s="5">
-        <v>35.0</v>
+        <v>11.0</v>
       </c>
       <c r="D111" s="6" t="s">
         <v>223</v>
       </c>
     </row>
     <row r="112" spans="1:4">
       <c r="A112" s="3">
-        <v>7651</v>
+        <v>7880</v>
       </c>
       <c r="B112" t="s">
         <v>224</v>
       </c>
       <c r="C112" s="5">
-        <v>40.0</v>
+        <v>16.0</v>
       </c>
       <c r="D112" s="6" t="s">
         <v>225</v>
       </c>
     </row>
     <row r="113" spans="1:4">
       <c r="A113" s="3">
-        <v>7652</v>
+        <v>7881</v>
       </c>
       <c r="B113" t="s">
         <v>226</v>
       </c>
       <c r="C113" s="5">
-        <v>50.0</v>
+        <v>21.0</v>
       </c>
       <c r="D113" s="6" t="s">
         <v>227</v>
       </c>
     </row>
     <row r="114" spans="1:4">
       <c r="A114" s="3">
-        <v>7653</v>
+        <v>7882</v>
       </c>
       <c r="B114" t="s">
         <v>228</v>
       </c>
       <c r="C114" s="5">
-        <v>48.0</v>
+        <v>11.0</v>
       </c>
       <c r="D114" s="6" t="s">
         <v>229</v>
       </c>
     </row>
     <row r="115" spans="1:4">
       <c r="A115" s="3">
-        <v>7654</v>
+        <v>7883</v>
       </c>
       <c r="B115" t="s">
         <v>230</v>
       </c>
       <c r="C115" s="5">
-        <v>40.0</v>
+        <v>16.0</v>
       </c>
       <c r="D115" s="6" t="s">
         <v>231</v>
       </c>
     </row>
     <row r="116" spans="1:4">
       <c r="A116" s="3">
-        <v>7655</v>
+        <v>7884</v>
       </c>
       <c r="B116" t="s">
         <v>232</v>
       </c>
       <c r="C116" s="5">
-        <v>85.0</v>
+        <v>21.0</v>
       </c>
       <c r="D116" s="6" t="s">
         <v>233</v>
       </c>
     </row>
     <row r="117" spans="1:4">
       <c r="A117" s="3">
-        <v>7656</v>
+        <v>7885</v>
       </c>
       <c r="B117" t="s">
         <v>234</v>
       </c>
       <c r="C117" s="5">
-        <v>12.0</v>
+        <v>13.0</v>
       </c>
       <c r="D117" s="6" t="s">
         <v>235</v>
       </c>
     </row>
     <row r="118" spans="1:4">
       <c r="A118" s="3">
-        <v>7657</v>
+        <v>7886</v>
       </c>
       <c r="B118" t="s">
         <v>236</v>
       </c>
       <c r="C118" s="5">
-        <v>12.0</v>
+        <v>20.0</v>
       </c>
       <c r="D118" s="6" t="s">
         <v>237</v>
       </c>
     </row>
     <row r="119" spans="1:4">
       <c r="A119" s="3">
-        <v>7648</v>
+        <v>7887</v>
       </c>
       <c r="B119" t="s">
         <v>238</v>
       </c>
       <c r="C119" s="5">
-        <v>8.25</v>
+        <v>26.0</v>
       </c>
       <c r="D119" s="6" t="s">
         <v>239</v>
       </c>
     </row>
     <row r="120" spans="1:4">
       <c r="A120" s="3">
-        <v>7649</v>
+        <v>7888</v>
       </c>
       <c r="B120" t="s">
         <v>240</v>
       </c>
       <c r="C120" s="5">
-        <v>8.45</v>
+        <v>16.0</v>
       </c>
       <c r="D120" s="6" t="s">
         <v>241</v>
       </c>
     </row>
     <row r="121" spans="1:4">
       <c r="A121" s="3">
-        <v>7667</v>
+        <v>7889</v>
       </c>
       <c r="B121" t="s">
         <v>242</v>
       </c>
       <c r="C121" s="5">
-        <v>25.0</v>
+        <v>24.0</v>
       </c>
       <c r="D121" s="6" t="s">
         <v>243</v>
       </c>
     </row>
     <row r="122" spans="1:4">
       <c r="A122" s="3">
-        <v>7668</v>
+        <v>7890</v>
       </c>
       <c r="B122" t="s">
         <v>244</v>
       </c>
       <c r="C122" s="5">
-        <v>27.0</v>
+        <v>31.0</v>
       </c>
       <c r="D122" s="6" t="s">
         <v>245</v>
       </c>
     </row>
     <row r="123" spans="1:4">
       <c r="A123" s="3">
-        <v>7669</v>
+        <v>7658</v>
       </c>
       <c r="B123" t="s">
         <v>246</v>
       </c>
       <c r="C123" s="5">
-        <v>28.0</v>
+        <v>12.0</v>
       </c>
       <c r="D123" s="6" t="s">
         <v>247</v>
       </c>
     </row>
     <row r="124" spans="1:4">
       <c r="A124" s="3">
-        <v>7671</v>
+        <v>7659</v>
       </c>
       <c r="B124" t="s">
         <v>248</v>
       </c>
       <c r="C124" s="5">
-        <v>22.0</v>
+        <v>30.0</v>
       </c>
       <c r="D124" s="6" t="s">
         <v>249</v>
       </c>
     </row>
     <row r="125" spans="1:4">
       <c r="A125" s="3">
-        <v>7672</v>
+        <v>7650</v>
       </c>
       <c r="B125" t="s">
         <v>250</v>
       </c>
       <c r="C125" s="5">
-        <v>12.0</v>
+        <v>35.0</v>
       </c>
       <c r="D125" s="6" t="s">
         <v>251</v>
       </c>
     </row>
     <row r="126" spans="1:4">
       <c r="A126" s="3">
-        <v>7670</v>
+        <v>7651</v>
       </c>
       <c r="B126" t="s">
         <v>252</v>
       </c>
       <c r="C126" s="5">
-        <v>55.0</v>
+        <v>40.0</v>
       </c>
       <c r="D126" s="6" t="s">
         <v>253</v>
       </c>
     </row>
     <row r="127" spans="1:4">
       <c r="A127" s="3">
-        <v>8084</v>
+        <v>7652</v>
       </c>
       <c r="B127" t="s">
         <v>254</v>
       </c>
       <c r="C127" s="5">
-        <v>48.0</v>
+        <v>50.0</v>
       </c>
       <c r="D127" s="6" t="s">
         <v>255</v>
       </c>
     </row>
     <row r="128" spans="1:4">
       <c r="A128" s="3">
-        <v>7666</v>
+        <v>7653</v>
       </c>
       <c r="B128" t="s">
         <v>256</v>
       </c>
       <c r="C128" s="5">
-        <v>13.0</v>
+        <v>48.0</v>
       </c>
       <c r="D128" s="6" t="s">
         <v>257</v>
       </c>
     </row>
     <row r="129" spans="1:4">
       <c r="A129" s="3">
-        <v>7874</v>
+        <v>7654</v>
       </c>
       <c r="B129" t="s">
         <v>258</v>
       </c>
       <c r="C129" s="5">
-        <v>11.3</v>
+        <v>40.0</v>
       </c>
       <c r="D129" s="6" t="s">
         <v>259</v>
       </c>
     </row>
     <row r="130" spans="1:4">
       <c r="A130" s="3">
-        <v>7875</v>
+        <v>7655</v>
       </c>
       <c r="B130" t="s">
         <v>260</v>
       </c>
       <c r="C130" s="5">
-        <v>11.6</v>
+        <v>85.0</v>
       </c>
       <c r="D130" s="6" t="s">
         <v>261</v>
       </c>
     </row>
     <row r="131" spans="1:4">
       <c r="A131" s="3">
-        <v>7876</v>
+        <v>7656</v>
       </c>
       <c r="B131" t="s">
         <v>262</v>
       </c>
       <c r="C131" s="5">
-        <v>12.1</v>
+        <v>12.0</v>
       </c>
       <c r="D131" s="6" t="s">
         <v>263</v>
       </c>
     </row>
     <row r="132" spans="1:4">
       <c r="A132" s="3">
-        <v>7877</v>
+        <v>7657</v>
       </c>
       <c r="B132" t="s">
         <v>264</v>
       </c>
       <c r="C132" s="5">
-        <v>23.1</v>
+        <v>12.0</v>
       </c>
       <c r="D132" s="6" t="s">
         <v>265</v>
       </c>
     </row>
     <row r="133" spans="1:4">
       <c r="A133" s="3">
-        <v>7863</v>
+        <v>7648</v>
       </c>
       <c r="B133" t="s">
         <v>266</v>
       </c>
       <c r="C133" s="5">
-        <v>23.1</v>
+        <v>8.25</v>
       </c>
       <c r="D133" s="6" t="s">
         <v>267</v>
       </c>
     </row>
     <row r="134" spans="1:4">
       <c r="A134" s="3">
-        <v>7864</v>
+        <v>7649</v>
       </c>
       <c r="B134" t="s">
         <v>268</v>
       </c>
       <c r="C134" s="5">
-        <v>29.4</v>
+        <v>8.45</v>
       </c>
       <c r="D134" s="6" t="s">
         <v>269</v>
       </c>
     </row>
     <row r="135" spans="1:4">
       <c r="A135" s="3">
-        <v>7865</v>
+        <v>7667</v>
       </c>
       <c r="B135" t="s">
         <v>270</v>
       </c>
       <c r="C135" s="5">
-        <v>30.9</v>
+        <v>25.0</v>
       </c>
       <c r="D135" s="6" t="s">
         <v>271</v>
       </c>
     </row>
     <row r="136" spans="1:4">
       <c r="A136" s="3">
-        <v>7866</v>
+        <v>7668</v>
       </c>
       <c r="B136" t="s">
         <v>272</v>
       </c>
       <c r="C136" s="5">
-        <v>37.1</v>
+        <v>27.0</v>
       </c>
       <c r="D136" s="6" t="s">
         <v>273</v>
       </c>
     </row>
     <row r="137" spans="1:4">
       <c r="A137" s="3">
-        <v>7867</v>
+        <v>7669</v>
       </c>
       <c r="B137" t="s">
         <v>274</v>
       </c>
       <c r="C137" s="5">
-        <v>5.0</v>
+        <v>28.0</v>
       </c>
       <c r="D137" s="6" t="s">
         <v>275</v>
       </c>
     </row>
     <row r="138" spans="1:4">
       <c r="A138" s="3">
-        <v>7868</v>
+        <v>7671</v>
       </c>
       <c r="B138" t="s">
         <v>276</v>
       </c>
       <c r="C138" s="5">
-        <v>5.8</v>
+        <v>22.0</v>
       </c>
       <c r="D138" s="6" t="s">
         <v>277</v>
       </c>
     </row>
     <row r="139" spans="1:4">
       <c r="A139" s="3">
-        <v>7869</v>
+        <v>7672</v>
       </c>
       <c r="B139" t="s">
         <v>278</v>
       </c>
       <c r="C139" s="5">
-        <v>6.6</v>
+        <v>12.0</v>
       </c>
       <c r="D139" s="6" t="s">
         <v>279</v>
       </c>
     </row>
     <row r="140" spans="1:4">
       <c r="A140" s="3">
-        <v>7870</v>
+        <v>7670</v>
       </c>
       <c r="B140" t="s">
         <v>280</v>
       </c>
       <c r="C140" s="5">
-        <v>7.5</v>
+        <v>55.0</v>
       </c>
       <c r="D140" s="6" t="s">
         <v>281</v>
       </c>
     </row>
     <row r="141" spans="1:4">
       <c r="A141" s="3">
-        <v>7871</v>
+        <v>8084</v>
       </c>
       <c r="B141" t="s">
         <v>282</v>
       </c>
       <c r="C141" s="5">
-        <v>8.3</v>
+        <v>48.0</v>
       </c>
       <c r="D141" s="6" t="s">
         <v>283</v>
       </c>
     </row>
     <row r="142" spans="1:4">
       <c r="A142" s="3">
-        <v>7872</v>
+        <v>7666</v>
       </c>
       <c r="B142" t="s">
         <v>284</v>
       </c>
       <c r="C142" s="5">
-        <v>9.9</v>
+        <v>13.0</v>
       </c>
       <c r="D142" s="6" t="s">
         <v>285</v>
       </c>
     </row>
     <row r="143" spans="1:4">
       <c r="A143" s="3">
-        <v>7873</v>
+        <v>7874</v>
       </c>
       <c r="B143" t="s">
         <v>286</v>
       </c>
       <c r="C143" s="5">
-        <v>10.8</v>
+        <v>12.0</v>
       </c>
       <c r="D143" s="6" t="s">
         <v>287</v>
       </c>
     </row>
     <row r="144" spans="1:4">
       <c r="A144" s="3">
-        <v>7859</v>
+        <v>7875</v>
       </c>
       <c r="B144" t="s">
         <v>288</v>
       </c>
       <c r="C144" s="5">
-        <v>12.4</v>
+        <v>11.6</v>
       </c>
       <c r="D144" s="6" t="s">
         <v>289</v>
       </c>
     </row>
     <row r="145" spans="1:4">
       <c r="A145" s="3">
-        <v>7860</v>
+        <v>7876</v>
       </c>
       <c r="B145" t="s">
         <v>290</v>
       </c>
       <c r="C145" s="5">
-        <v>13.1</v>
+        <v>12.1</v>
       </c>
       <c r="D145" s="6" t="s">
         <v>291</v>
       </c>
     </row>
     <row r="146" spans="1:4">
       <c r="A146" s="3">
-        <v>7861</v>
+        <v>7877</v>
       </c>
       <c r="B146" t="s">
         <v>292</v>
       </c>
       <c r="C146" s="5">
-        <v>15.4</v>
+        <v>23.1</v>
       </c>
       <c r="D146" s="6" t="s">
         <v>293</v>
       </c>
     </row>
     <row r="147" spans="1:4">
       <c r="A147" s="3">
-        <v>7862</v>
+        <v>7863</v>
       </c>
       <c r="B147" t="s">
         <v>294</v>
       </c>
       <c r="C147" s="5">
-        <v>19.3</v>
+        <v>23.1</v>
       </c>
       <c r="D147" s="6" t="s">
         <v>295</v>
       </c>
     </row>
     <row r="148" spans="1:4">
       <c r="A148" s="3">
-        <v>7850</v>
+        <v>7864</v>
       </c>
       <c r="B148" t="s">
         <v>296</v>
       </c>
       <c r="C148" s="5">
-        <v>6.6</v>
+        <v>29.4</v>
       </c>
       <c r="D148" s="6" t="s">
         <v>297</v>
       </c>
     </row>
     <row r="149" spans="1:4">
       <c r="A149" s="3">
-        <v>7851</v>
+        <v>7865</v>
       </c>
       <c r="B149" t="s">
         <v>298</v>
       </c>
       <c r="C149" s="5">
-        <v>7.6</v>
+        <v>30.9</v>
       </c>
       <c r="D149" s="6" t="s">
         <v>299</v>
       </c>
     </row>
     <row r="150" spans="1:4">
       <c r="A150" s="3">
-        <v>7852</v>
+        <v>7866</v>
       </c>
       <c r="B150" t="s">
         <v>300</v>
       </c>
       <c r="C150" s="5">
-        <v>8.3</v>
+        <v>37.1</v>
       </c>
       <c r="D150" s="6" t="s">
         <v>301</v>
       </c>
     </row>
     <row r="151" spans="1:4">
       <c r="A151" s="3">
-        <v>7853</v>
+        <v>7867</v>
       </c>
       <c r="B151" t="s">
         <v>302</v>
       </c>
       <c r="C151" s="5">
-        <v>9.0</v>
+        <v>5.0</v>
       </c>
       <c r="D151" s="6" t="s">
         <v>303</v>
       </c>
     </row>
     <row r="152" spans="1:4">
       <c r="A152" s="3">
-        <v>7854</v>
+        <v>7868</v>
       </c>
       <c r="B152" t="s">
         <v>304</v>
       </c>
       <c r="C152" s="5">
-        <v>9.6</v>
+        <v>5.8</v>
       </c>
       <c r="D152" s="6" t="s">
         <v>305</v>
       </c>
     </row>
     <row r="153" spans="1:4">
       <c r="A153" s="3">
-        <v>7855</v>
+        <v>7869</v>
       </c>
       <c r="B153" t="s">
         <v>306</v>
       </c>
       <c r="C153" s="5">
-        <v>10.4</v>
+        <v>7.0</v>
       </c>
       <c r="D153" s="6" t="s">
         <v>307</v>
       </c>
     </row>
     <row r="154" spans="1:4">
       <c r="A154" s="3">
-        <v>7856</v>
+        <v>7870</v>
       </c>
       <c r="B154" t="s">
         <v>308</v>
       </c>
       <c r="C154" s="5">
-        <v>10.8</v>
+        <v>7.5</v>
       </c>
       <c r="D154" s="6" t="s">
         <v>309</v>
       </c>
     </row>
     <row r="155" spans="1:4">
       <c r="A155" s="3">
-        <v>7857</v>
+        <v>7871</v>
       </c>
       <c r="B155" t="s">
         <v>310</v>
       </c>
       <c r="C155" s="5">
-        <v>11.0</v>
+        <v>8.3</v>
       </c>
       <c r="D155" s="6" t="s">
         <v>311</v>
       </c>
     </row>
     <row r="156" spans="1:4">
       <c r="A156" s="3">
-        <v>7858</v>
+        <v>7872</v>
       </c>
       <c r="B156" t="s">
         <v>312</v>
       </c>
       <c r="C156" s="5">
-        <v>11.6</v>
+        <v>9.9</v>
       </c>
       <c r="D156" s="6" t="s">
         <v>313</v>
       </c>
     </row>
     <row r="157" spans="1:4">
       <c r="A157" s="3">
-        <v>7843</v>
+        <v>7873</v>
       </c>
       <c r="B157" t="s">
         <v>314</v>
       </c>
       <c r="C157" s="5">
-        <v>3.5</v>
+        <v>10.8</v>
       </c>
       <c r="D157" s="6" t="s">
         <v>315</v>
       </c>
     </row>
     <row r="158" spans="1:4">
       <c r="A158" s="3">
-        <v>7844</v>
+        <v>7859</v>
       </c>
       <c r="B158" t="s">
         <v>316</v>
       </c>
       <c r="C158" s="5">
-        <v>3.9</v>
+        <v>12.4</v>
       </c>
       <c r="D158" s="6" t="s">
         <v>317</v>
       </c>
     </row>
     <row r="159" spans="1:4">
       <c r="A159" s="3">
-        <v>7845</v>
+        <v>7860</v>
       </c>
       <c r="B159" t="s">
         <v>318</v>
       </c>
       <c r="C159" s="5">
-        <v>4.1</v>
+        <v>13.1</v>
       </c>
       <c r="D159" s="6" t="s">
         <v>319</v>
       </c>
     </row>
     <row r="160" spans="1:4">
       <c r="A160" s="3">
-        <v>7846</v>
+        <v>7861</v>
       </c>
       <c r="B160" t="s">
         <v>320</v>
       </c>
       <c r="C160" s="5">
-        <v>4.6</v>
+        <v>15.4</v>
       </c>
       <c r="D160" s="6" t="s">
         <v>321</v>
       </c>
     </row>
     <row r="161" spans="1:4">
       <c r="A161" s="3">
-        <v>7847</v>
+        <v>7862</v>
       </c>
       <c r="B161" t="s">
         <v>322</v>
       </c>
       <c r="C161" s="5">
-        <v>5.0</v>
+        <v>19.3</v>
       </c>
       <c r="D161" s="6" t="s">
         <v>323</v>
       </c>
     </row>
     <row r="162" spans="1:4">
       <c r="A162" s="3">
-        <v>7848</v>
+        <v>7850</v>
       </c>
       <c r="B162" t="s">
         <v>324</v>
       </c>
       <c r="C162" s="5">
-        <v>5.4</v>
+        <v>6.6</v>
       </c>
       <c r="D162" s="6" t="s">
         <v>325</v>
       </c>
     </row>
     <row r="163" spans="1:4">
       <c r="A163" s="3">
-        <v>7849</v>
+        <v>7851</v>
       </c>
       <c r="B163" t="s">
         <v>326</v>
       </c>
       <c r="C163" s="5">
-        <v>5.8</v>
+        <v>7.6</v>
       </c>
       <c r="D163" s="6" t="s">
         <v>327</v>
       </c>
     </row>
     <row r="164" spans="1:4">
       <c r="A164" s="3">
-        <v>7814</v>
+        <v>7852</v>
       </c>
       <c r="B164" t="s">
         <v>328</v>
       </c>
       <c r="C164" s="5">
-        <v>135.0</v>
+        <v>8.3</v>
       </c>
       <c r="D164" s="6" t="s">
         <v>329</v>
       </c>
     </row>
     <row r="165" spans="1:4">
       <c r="A165" s="3">
-        <v>7818</v>
+        <v>7853</v>
       </c>
       <c r="B165" t="s">
         <v>330</v>
       </c>
       <c r="C165" s="5">
-        <v>14.25</v>
+        <v>9.0</v>
       </c>
       <c r="D165" s="6" t="s">
         <v>331</v>
       </c>
     </row>
     <row r="166" spans="1:4">
       <c r="A166" s="3">
-        <v>7819</v>
+        <v>7854</v>
       </c>
       <c r="B166" t="s">
         <v>332</v>
       </c>
       <c r="C166" s="5">
-        <v>14.25</v>
+        <v>9.6</v>
       </c>
       <c r="D166" s="6" t="s">
         <v>333</v>
       </c>
     </row>
     <row r="167" spans="1:4">
       <c r="A167" s="3">
-        <v>7820</v>
+        <v>7855</v>
       </c>
       <c r="B167" t="s">
         <v>334</v>
       </c>
       <c r="C167" s="5">
-        <v>14.25</v>
+        <v>10.4</v>
       </c>
       <c r="D167" s="6" t="s">
         <v>335</v>
       </c>
     </row>
     <row r="168" spans="1:4">
       <c r="A168" s="3">
-        <v>7821</v>
+        <v>7856</v>
       </c>
       <c r="B168" t="s">
         <v>336</v>
       </c>
       <c r="C168" s="5">
-        <v>14.25</v>
+        <v>10.8</v>
       </c>
       <c r="D168" s="6" t="s">
         <v>337</v>
       </c>
     </row>
     <row r="169" spans="1:4">
       <c r="A169" s="3">
-        <v>7822</v>
+        <v>7857</v>
       </c>
       <c r="B169" t="s">
         <v>338</v>
       </c>
       <c r="C169" s="5">
-        <v>14.25</v>
+        <v>11.0</v>
       </c>
       <c r="D169" s="6" t="s">
         <v>339</v>
       </c>
     </row>
     <row r="170" spans="1:4">
       <c r="A170" s="3">
-        <v>7237</v>
+        <v>7858</v>
       </c>
       <c r="B170" t="s">
         <v>340</v>
       </c>
       <c r="C170" s="5">
-        <v>45.0</v>
+        <v>11.6</v>
       </c>
       <c r="D170" s="6" t="s">
         <v>341</v>
       </c>
     </row>
     <row r="171" spans="1:4">
       <c r="A171" s="3">
-        <v>7634</v>
+        <v>7843</v>
       </c>
       <c r="B171" t="s">
         <v>342</v>
       </c>
       <c r="C171" s="5">
-        <v>165.0</v>
+        <v>3.5</v>
       </c>
       <c r="D171" s="6" t="s">
         <v>343</v>
       </c>
     </row>
     <row r="172" spans="1:4">
       <c r="A172" s="3">
-        <v>7631</v>
+        <v>7844</v>
       </c>
       <c r="B172" t="s">
         <v>344</v>
       </c>
       <c r="C172" s="5">
-        <v>130.0</v>
+        <v>3.9</v>
       </c>
       <c r="D172" s="6" t="s">
         <v>345</v>
       </c>
     </row>
     <row r="173" spans="1:4">
       <c r="A173" s="3">
-        <v>7632</v>
+        <v>7845</v>
       </c>
       <c r="B173" t="s">
         <v>346</v>
       </c>
       <c r="C173" s="5">
-        <v>125.0</v>
+        <v>4.1</v>
       </c>
       <c r="D173" s="6" t="s">
         <v>347</v>
       </c>
     </row>
     <row r="174" spans="1:4">
       <c r="A174" s="3">
-        <v>7491</v>
+        <v>7846</v>
       </c>
       <c r="B174" t="s">
         <v>348</v>
       </c>
       <c r="C174" s="5">
-        <v>18.0</v>
+        <v>4.6</v>
       </c>
       <c r="D174" s="6" t="s">
         <v>349</v>
       </c>
     </row>
     <row r="175" spans="1:4">
       <c r="A175" s="3">
-        <v>7492</v>
+        <v>7847</v>
       </c>
       <c r="B175" t="s">
         <v>350</v>
       </c>
       <c r="C175" s="5">
-        <v>18.0</v>
+        <v>5.0</v>
       </c>
       <c r="D175" s="6" t="s">
         <v>351</v>
       </c>
     </row>
     <row r="176" spans="1:4">
       <c r="A176" s="3">
-        <v>7493</v>
+        <v>7848</v>
       </c>
       <c r="B176" t="s">
         <v>352</v>
       </c>
       <c r="C176" s="5">
-        <v>25.0</v>
+        <v>5.4</v>
       </c>
       <c r="D176" s="6" t="s">
         <v>353</v>
       </c>
     </row>
     <row r="177" spans="1:4">
       <c r="A177" s="3">
-        <v>7494</v>
+        <v>7849</v>
       </c>
       <c r="B177" t="s">
         <v>354</v>
       </c>
       <c r="C177" s="5">
-        <v>22.0</v>
+        <v>5.8</v>
       </c>
       <c r="D177" s="6" t="s">
         <v>355</v>
       </c>
     </row>
     <row r="178" spans="1:4">
       <c r="A178" s="3">
-        <v>7490</v>
+        <v>7814</v>
       </c>
       <c r="B178" t="s">
         <v>356</v>
       </c>
       <c r="C178" s="5">
-        <v>18.0</v>
+        <v>135.0</v>
       </c>
       <c r="D178" s="6" t="s">
         <v>357</v>
       </c>
     </row>
     <row r="179" spans="1:4">
       <c r="A179" s="3">
-        <v>7488</v>
+        <v>7818</v>
       </c>
       <c r="B179" t="s">
         <v>358</v>
       </c>
       <c r="C179" s="5">
-        <v>20.0</v>
+        <v>14.25</v>
       </c>
       <c r="D179" s="6" t="s">
         <v>359</v>
       </c>
     </row>
     <row r="180" spans="1:4">
       <c r="A180" s="3">
-        <v>7489</v>
+        <v>7819</v>
       </c>
       <c r="B180" t="s">
         <v>360</v>
       </c>
       <c r="C180" s="5">
-        <v>30.0</v>
+        <v>14.25</v>
       </c>
       <c r="D180" s="6" t="s">
         <v>361</v>
       </c>
     </row>
     <row r="181" spans="1:4">
       <c r="A181" s="3">
-        <v>7478</v>
+        <v>7820</v>
       </c>
       <c r="B181" t="s">
         <v>362</v>
       </c>
       <c r="C181" s="5">
-        <v>15.0</v>
+        <v>14.25</v>
       </c>
       <c r="D181" s="6" t="s">
         <v>363</v>
       </c>
     </row>
     <row r="182" spans="1:4">
       <c r="A182" s="3">
-        <v>7475</v>
+        <v>7821</v>
       </c>
       <c r="B182" t="s">
         <v>364</v>
       </c>
       <c r="C182" s="5">
-        <v>18.0</v>
+        <v>14.25</v>
       </c>
       <c r="D182" s="6" t="s">
         <v>365</v>
       </c>
     </row>
     <row r="183" spans="1:4">
       <c r="A183" s="3">
-        <v>7476</v>
+        <v>7822</v>
       </c>
       <c r="B183" t="s">
         <v>366</v>
       </c>
       <c r="C183" s="5">
-        <v>18.0</v>
+        <v>14.25</v>
       </c>
       <c r="D183" s="6" t="s">
         <v>367</v>
       </c>
     </row>
     <row r="184" spans="1:4">
       <c r="A184" s="3">
-        <v>7477</v>
+        <v>7237</v>
       </c>
       <c r="B184" t="s">
         <v>368</v>
       </c>
       <c r="C184" s="5">
-        <v>18.0</v>
+        <v>45.0</v>
       </c>
       <c r="D184" s="6" t="s">
         <v>369</v>
       </c>
     </row>
     <row r="185" spans="1:4">
       <c r="A185" s="3">
-        <v>7479</v>
+        <v>7634</v>
       </c>
       <c r="B185" t="s">
         <v>370</v>
       </c>
       <c r="C185" s="5">
-        <v>18.0</v>
+        <v>165.0</v>
       </c>
       <c r="D185" s="6" t="s">
         <v>371</v>
       </c>
     </row>
     <row r="186" spans="1:4">
       <c r="A186" s="3">
-        <v>7480</v>
+        <v>7631</v>
       </c>
       <c r="B186" t="s">
         <v>372</v>
       </c>
       <c r="C186" s="5">
-        <v>18.0</v>
+        <v>130.0</v>
       </c>
       <c r="D186" s="6" t="s">
         <v>373</v>
       </c>
     </row>
     <row r="187" spans="1:4">
       <c r="A187" s="3">
-        <v>7481</v>
+        <v>7632</v>
       </c>
       <c r="B187" t="s">
         <v>374</v>
       </c>
       <c r="C187" s="5">
-        <v>18.0</v>
+        <v>125.0</v>
       </c>
       <c r="D187" s="6" t="s">
         <v>375</v>
       </c>
     </row>
     <row r="188" spans="1:4">
       <c r="A188" s="3">
-        <v>7482</v>
+        <v>7491</v>
       </c>
       <c r="B188" t="s">
         <v>376</v>
       </c>
       <c r="C188" s="5">
         <v>18.0</v>
       </c>
       <c r="D188" s="6" t="s">
         <v>377</v>
       </c>
     </row>
     <row r="189" spans="1:4">
       <c r="A189" s="3">
-        <v>7483</v>
+        <v>7492</v>
       </c>
       <c r="B189" t="s">
         <v>378</v>
       </c>
       <c r="C189" s="5">
         <v>18.0</v>
       </c>
       <c r="D189" s="6" t="s">
         <v>379</v>
       </c>
     </row>
     <row r="190" spans="1:4">
       <c r="A190" s="3">
-        <v>7484</v>
+        <v>7493</v>
       </c>
       <c r="B190" t="s">
         <v>380</v>
       </c>
       <c r="C190" s="5">
-        <v>18.0</v>
+        <v>25.0</v>
       </c>
       <c r="D190" s="6" t="s">
         <v>381</v>
       </c>
     </row>
     <row r="191" spans="1:4">
       <c r="A191" s="3">
-        <v>7485</v>
+        <v>7494</v>
       </c>
       <c r="B191" t="s">
         <v>382</v>
       </c>
       <c r="C191" s="5">
-        <v>18.0</v>
+        <v>22.0</v>
       </c>
       <c r="D191" s="6" t="s">
         <v>383</v>
       </c>
     </row>
     <row r="192" spans="1:4">
       <c r="A192" s="3">
-        <v>7486</v>
+        <v>7490</v>
       </c>
       <c r="B192" t="s">
         <v>384</v>
       </c>
       <c r="C192" s="5">
         <v>18.0</v>
       </c>
       <c r="D192" s="6" t="s">
         <v>385</v>
       </c>
     </row>
     <row r="193" spans="1:4">
       <c r="A193" s="3">
-        <v>7487</v>
+        <v>7488</v>
       </c>
       <c r="B193" t="s">
         <v>386</v>
       </c>
       <c r="C193" s="5">
-        <v>19.0</v>
+        <v>20.0</v>
       </c>
       <c r="D193" s="6" t="s">
         <v>387</v>
       </c>
     </row>
     <row r="194" spans="1:4">
       <c r="A194" s="3">
-        <v>7269</v>
+        <v>7489</v>
       </c>
       <c r="B194" t="s">
         <v>388</v>
       </c>
       <c r="C194" s="5">
-        <v>15.0</v>
+        <v>30.0</v>
       </c>
       <c r="D194" s="6" t="s">
         <v>389</v>
       </c>
     </row>
     <row r="195" spans="1:4">
       <c r="A195" s="3">
-        <v>7270</v>
+        <v>7478</v>
       </c>
       <c r="B195" t="s">
         <v>390</v>
       </c>
       <c r="C195" s="5">
         <v>15.0</v>
       </c>
       <c r="D195" s="6" t="s">
         <v>391</v>
       </c>
     </row>
     <row r="196" spans="1:4">
       <c r="A196" s="3">
-        <v>7273</v>
+        <v>7475</v>
       </c>
       <c r="B196" t="s">
         <v>392</v>
       </c>
       <c r="C196" s="5">
-        <v>75.0</v>
+        <v>18.0</v>
       </c>
       <c r="D196" s="6" t="s">
         <v>393</v>
       </c>
     </row>
     <row r="197" spans="1:4">
       <c r="A197" s="3">
-        <v>7274</v>
+        <v>7476</v>
       </c>
       <c r="B197" t="s">
         <v>394</v>
       </c>
       <c r="C197" s="5">
-        <v>65.0</v>
+        <v>18.0</v>
       </c>
       <c r="D197" s="6" t="s">
         <v>395</v>
       </c>
     </row>
     <row r="198" spans="1:4">
       <c r="A198" s="3">
-        <v>7275</v>
+        <v>7477</v>
       </c>
       <c r="B198" t="s">
         <v>396</v>
       </c>
       <c r="C198" s="5">
-        <v>35.0</v>
+        <v>18.0</v>
       </c>
       <c r="D198" s="6" t="s">
         <v>397</v>
       </c>
     </row>
     <row r="199" spans="1:4">
       <c r="A199" s="3">
-        <v>7267</v>
+        <v>7479</v>
       </c>
       <c r="B199" t="s">
         <v>398</v>
       </c>
       <c r="C199" s="5">
-        <v>12.0</v>
+        <v>18.0</v>
       </c>
       <c r="D199" s="6" t="s">
         <v>399</v>
       </c>
     </row>
     <row r="200" spans="1:4">
       <c r="A200" s="3">
-        <v>7268</v>
+        <v>7480</v>
       </c>
       <c r="B200" t="s">
         <v>400</v>
       </c>
       <c r="C200" s="5">
-        <v>15.0</v>
+        <v>18.0</v>
       </c>
       <c r="D200" s="6" t="s">
         <v>401</v>
       </c>
     </row>
     <row r="201" spans="1:4">
       <c r="A201" s="3">
-        <v>7265</v>
+        <v>7481</v>
       </c>
       <c r="B201" t="s">
         <v>402</v>
       </c>
       <c r="C201" s="5">
-        <v>12.0</v>
+        <v>18.0</v>
       </c>
       <c r="D201" s="6" t="s">
         <v>403</v>
       </c>
     </row>
     <row r="202" spans="1:4">
       <c r="A202" s="3">
-        <v>7266</v>
+        <v>7482</v>
       </c>
       <c r="B202" t="s">
         <v>404</v>
       </c>
       <c r="C202" s="5">
-        <v>12.0</v>
+        <v>18.0</v>
       </c>
       <c r="D202" s="6" t="s">
         <v>405</v>
       </c>
     </row>
     <row r="203" spans="1:4">
       <c r="A203" s="3">
-        <v>7254</v>
+        <v>7483</v>
       </c>
       <c r="B203" t="s">
         <v>406</v>
       </c>
       <c r="C203" s="5">
-        <v>14.0</v>
+        <v>18.0</v>
       </c>
       <c r="D203" s="6" t="s">
         <v>407</v>
       </c>
     </row>
     <row r="204" spans="1:4">
       <c r="A204" s="3">
-        <v>7257</v>
+        <v>7484</v>
       </c>
       <c r="B204" t="s">
         <v>408</v>
       </c>
       <c r="C204" s="5">
-        <v>20.0</v>
+        <v>18.0</v>
       </c>
       <c r="D204" s="6" t="s">
         <v>409</v>
       </c>
     </row>
     <row r="205" spans="1:4">
       <c r="A205" s="3">
-        <v>7258</v>
+        <v>7485</v>
       </c>
       <c r="B205" t="s">
         <v>410</v>
       </c>
       <c r="C205" s="5">
-        <v>10.0</v>
+        <v>18.0</v>
       </c>
       <c r="D205" s="6" t="s">
         <v>411</v>
       </c>
     </row>
     <row r="206" spans="1:4">
       <c r="A206" s="3">
-        <v>7259</v>
+        <v>7486</v>
       </c>
       <c r="B206" t="s">
         <v>412</v>
       </c>
       <c r="C206" s="5">
-        <v>11.0</v>
+        <v>18.0</v>
       </c>
       <c r="D206" s="6" t="s">
         <v>413</v>
       </c>
     </row>
     <row r="207" spans="1:4">
       <c r="A207" s="3">
-        <v>7260</v>
+        <v>7487</v>
       </c>
       <c r="B207" t="s">
         <v>414</v>
       </c>
       <c r="C207" s="5">
-        <v>12.0</v>
+        <v>19.0</v>
       </c>
       <c r="D207" s="6" t="s">
         <v>415</v>
       </c>
     </row>
     <row r="208" spans="1:4">
       <c r="A208" s="3">
-        <v>7261</v>
+        <v>7269</v>
       </c>
       <c r="B208" t="s">
         <v>416</v>
       </c>
       <c r="C208" s="5">
-        <v>13.0</v>
+        <v>15.0</v>
       </c>
       <c r="D208" s="6" t="s">
         <v>417</v>
       </c>
     </row>
     <row r="209" spans="1:4">
       <c r="A209" s="3">
-        <v>7262</v>
+        <v>7270</v>
       </c>
       <c r="B209" t="s">
         <v>418</v>
       </c>
       <c r="C209" s="5">
-        <v>14.0</v>
+        <v>15.0</v>
       </c>
       <c r="D209" s="6" t="s">
         <v>419</v>
       </c>
     </row>
     <row r="210" spans="1:4">
       <c r="A210" s="3">
-        <v>7263</v>
+        <v>7273</v>
       </c>
       <c r="B210" t="s">
         <v>420</v>
       </c>
       <c r="C210" s="5">
-        <v>45.0</v>
+        <v>75.0</v>
       </c>
       <c r="D210" s="6" t="s">
         <v>421</v>
       </c>
     </row>
     <row r="211" spans="1:4">
       <c r="A211" s="3">
-        <v>7264</v>
+        <v>7274</v>
       </c>
       <c r="B211" t="s">
         <v>422</v>
       </c>
       <c r="C211" s="5">
-        <v>14.75</v>
+        <v>65.0</v>
       </c>
       <c r="D211" s="6" t="s">
         <v>423</v>
       </c>
     </row>
     <row r="212" spans="1:4">
       <c r="A212" s="3">
-        <v>7245</v>
+        <v>7275</v>
       </c>
       <c r="B212" t="s">
         <v>424</v>
       </c>
       <c r="C212" s="5">
-        <v>15.0</v>
+        <v>35.0</v>
       </c>
       <c r="D212" s="6" t="s">
         <v>425</v>
       </c>
     </row>
     <row r="213" spans="1:4">
       <c r="A213" s="3">
-        <v>7246</v>
+        <v>7267</v>
       </c>
       <c r="B213" t="s">
         <v>426</v>
       </c>
       <c r="C213" s="5">
-        <v>75.0</v>
+        <v>12.0</v>
       </c>
       <c r="D213" s="6" t="s">
         <v>427</v>
       </c>
     </row>
     <row r="214" spans="1:4">
       <c r="A214" s="3">
-        <v>7247</v>
+        <v>7268</v>
       </c>
       <c r="B214" t="s">
         <v>428</v>
       </c>
       <c r="C214" s="5">
         <v>15.0</v>
       </c>
       <c r="D214" s="6" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="215" spans="1:4">
       <c r="A215" s="3">
-        <v>7248</v>
+        <v>7265</v>
       </c>
       <c r="B215" t="s">
         <v>430</v>
       </c>
       <c r="C215" s="5">
-        <v>15.0</v>
+        <v>12.0</v>
       </c>
       <c r="D215" s="6" t="s">
         <v>431</v>
       </c>
     </row>
     <row r="216" spans="1:4">
       <c r="A216" s="3">
-        <v>7249</v>
+        <v>7266</v>
       </c>
       <c r="B216" t="s">
         <v>432</v>
       </c>
       <c r="C216" s="5">
-        <v>15.0</v>
+        <v>12.0</v>
       </c>
       <c r="D216" s="6" t="s">
         <v>433</v>
       </c>
     </row>
     <row r="217" spans="1:4">
       <c r="A217" s="3">
-        <v>7250</v>
+        <v>7254</v>
       </c>
       <c r="B217" t="s">
         <v>434</v>
       </c>
       <c r="C217" s="5">
-        <v>10.0</v>
+        <v>14.0</v>
       </c>
       <c r="D217" s="6" t="s">
         <v>435</v>
       </c>
     </row>
     <row r="218" spans="1:4">
       <c r="A218" s="3">
-        <v>7251</v>
+        <v>7257</v>
       </c>
       <c r="B218" t="s">
         <v>436</v>
       </c>
       <c r="C218" s="5">
-        <v>11.0</v>
+        <v>20.0</v>
       </c>
       <c r="D218" s="6" t="s">
         <v>437</v>
       </c>
     </row>
     <row r="219" spans="1:4">
       <c r="A219" s="3">
-        <v>7252</v>
+        <v>7258</v>
       </c>
       <c r="B219" t="s">
         <v>438</v>
       </c>
       <c r="C219" s="5">
-        <v>12.0</v>
+        <v>10.0</v>
       </c>
       <c r="D219" s="6" t="s">
         <v>439</v>
       </c>
     </row>
     <row r="220" spans="1:4">
       <c r="A220" s="3">
-        <v>7253</v>
+        <v>7259</v>
       </c>
       <c r="B220" t="s">
         <v>440</v>
       </c>
       <c r="C220" s="5">
-        <v>13.0</v>
+        <v>11.0</v>
       </c>
       <c r="D220" s="6" t="s">
         <v>441</v>
       </c>
     </row>
     <row r="221" spans="1:4">
       <c r="A221" s="3">
-        <v>7452</v>
+        <v>7260</v>
       </c>
       <c r="B221" t="s">
         <v>442</v>
       </c>
       <c r="C221" s="5">
-        <v>3.85</v>
+        <v>12.0</v>
       </c>
       <c r="D221" s="6" t="s">
         <v>443</v>
       </c>
     </row>
     <row r="222" spans="1:4">
       <c r="A222" s="3">
-        <v>7453</v>
+        <v>7261</v>
       </c>
       <c r="B222" t="s">
         <v>444</v>
       </c>
       <c r="C222" s="5">
-        <v>4.25</v>
+        <v>13.0</v>
       </c>
       <c r="D222" s="6" t="s">
         <v>445</v>
       </c>
     </row>
     <row r="223" spans="1:4">
       <c r="A223" s="3">
-        <v>7454</v>
+        <v>7262</v>
       </c>
       <c r="B223" t="s">
         <v>446</v>
       </c>
       <c r="C223" s="5">
-        <v>5.25</v>
+        <v>14.0</v>
       </c>
       <c r="D223" s="6" t="s">
         <v>447</v>
       </c>
     </row>
     <row r="224" spans="1:4">
       <c r="A224" s="3">
-        <v>7421</v>
+        <v>7263</v>
       </c>
       <c r="B224" t="s">
         <v>448</v>
       </c>
       <c r="C224" s="5">
-        <v>228.0</v>
+        <v>45.0</v>
       </c>
       <c r="D224" s="6" t="s">
         <v>449</v>
       </c>
     </row>
     <row r="225" spans="1:4">
       <c r="A225" s="3">
-        <v>7422</v>
+        <v>7264</v>
       </c>
       <c r="B225" t="s">
         <v>450</v>
       </c>
       <c r="C225" s="5">
-        <v>22.0</v>
+        <v>14.75</v>
       </c>
       <c r="D225" s="6" t="s">
         <v>451</v>
       </c>
     </row>
     <row r="226" spans="1:4">
       <c r="A226" s="3">
-        <v>7423</v>
+        <v>7245</v>
       </c>
       <c r="B226" t="s">
         <v>452</v>
       </c>
       <c r="C226" s="5">
-        <v>10.0</v>
+        <v>15.0</v>
       </c>
       <c r="D226" s="6" t="s">
         <v>453</v>
       </c>
     </row>
     <row r="227" spans="1:4">
       <c r="A227" s="3">
-        <v>7424</v>
+        <v>7246</v>
       </c>
       <c r="B227" t="s">
         <v>454</v>
       </c>
       <c r="C227" s="5">
-        <v>48.0</v>
+        <v>75.0</v>
       </c>
       <c r="D227" s="6" t="s">
         <v>455</v>
       </c>
     </row>
     <row r="228" spans="1:4">
       <c r="A228" s="3">
-        <v>7451</v>
+        <v>7247</v>
       </c>
       <c r="B228" t="s">
         <v>456</v>
       </c>
       <c r="C228" s="5">
-        <v>3.75</v>
+        <v>15.0</v>
       </c>
       <c r="D228" s="6" t="s">
         <v>457</v>
       </c>
     </row>
     <row r="229" spans="1:4">
       <c r="A229" s="3">
-        <v>7432</v>
+        <v>7248</v>
       </c>
       <c r="B229" t="s">
         <v>458</v>
       </c>
       <c r="C229" s="5">
-        <v>24.0</v>
+        <v>15.0</v>
       </c>
       <c r="D229" s="6" t="s">
         <v>459</v>
       </c>
     </row>
     <row r="230" spans="1:4">
       <c r="A230" s="3">
-        <v>7433</v>
+        <v>7249</v>
       </c>
       <c r="B230" t="s">
         <v>460</v>
       </c>
       <c r="C230" s="5">
-        <v>45.0</v>
+        <v>15.0</v>
       </c>
       <c r="D230" s="6" t="s">
         <v>461</v>
       </c>
     </row>
     <row r="231" spans="1:4">
       <c r="A231" s="3">
-        <v>7255</v>
+        <v>7250</v>
       </c>
       <c r="B231" t="s">
         <v>462</v>
       </c>
       <c r="C231" s="5">
-        <v>75.0</v>
+        <v>10.0</v>
       </c>
       <c r="D231" s="6" t="s">
         <v>463</v>
       </c>
     </row>
     <row r="232" spans="1:4">
       <c r="A232" s="3">
-        <v>7256</v>
+        <v>7251</v>
       </c>
       <c r="B232" t="s">
         <v>464</v>
       </c>
       <c r="C232" s="5">
-        <v>75.0</v>
+        <v>11.0</v>
       </c>
       <c r="D232" s="6" t="s">
         <v>465</v>
       </c>
     </row>
     <row r="233" spans="1:4">
       <c r="A233" s="3">
-        <v>7425</v>
+        <v>7252</v>
       </c>
       <c r="B233" t="s">
         <v>466</v>
       </c>
       <c r="C233" s="5">
-        <v>15.0</v>
+        <v>12.0</v>
       </c>
       <c r="D233" s="6" t="s">
         <v>467</v>
       </c>
     </row>
     <row r="234" spans="1:4">
       <c r="A234" s="3">
-        <v>7434</v>
+        <v>7253</v>
       </c>
       <c r="B234" t="s">
         <v>468</v>
       </c>
       <c r="C234" s="5">
-        <v>55.0</v>
+        <v>13.0</v>
       </c>
       <c r="D234" s="6" t="s">
         <v>469</v>
       </c>
     </row>
     <row r="235" spans="1:4">
       <c r="A235" s="3">
-        <v>7435</v>
+        <v>7452</v>
       </c>
       <c r="B235" t="s">
         <v>470</v>
       </c>
       <c r="C235" s="5">
-        <v>55.0</v>
+        <v>3.85</v>
       </c>
       <c r="D235" s="6" t="s">
         <v>471</v>
       </c>
     </row>
     <row r="236" spans="1:4">
       <c r="A236" s="3">
-        <v>7426</v>
+        <v>7453</v>
       </c>
       <c r="B236" t="s">
         <v>472</v>
       </c>
       <c r="C236" s="5">
-        <v>45.0</v>
+        <v>4.25</v>
       </c>
       <c r="D236" s="6" t="s">
         <v>473</v>
       </c>
     </row>
     <row r="237" spans="1:4">
       <c r="A237" s="3">
-        <v>7427</v>
+        <v>7454</v>
       </c>
       <c r="B237" t="s">
         <v>474</v>
       </c>
       <c r="C237" s="5">
-        <v>48.0</v>
+        <v>5.25</v>
       </c>
       <c r="D237" s="6" t="s">
         <v>475</v>
       </c>
     </row>
     <row r="238" spans="1:4">
       <c r="A238" s="3">
-        <v>7428</v>
+        <v>7421</v>
       </c>
       <c r="B238" t="s">
         <v>476</v>
       </c>
       <c r="C238" s="5">
-        <v>55.0</v>
+        <v>228.0</v>
       </c>
       <c r="D238" s="6" t="s">
         <v>477</v>
       </c>
     </row>
     <row r="239" spans="1:4">
       <c r="A239" s="3">
-        <v>7431</v>
+        <v>7422</v>
       </c>
       <c r="B239" t="s">
         <v>478</v>
       </c>
       <c r="C239" s="5">
-        <v>55.0</v>
+        <v>22.0</v>
       </c>
       <c r="D239" s="6" t="s">
         <v>479</v>
       </c>
     </row>
     <row r="240" spans="1:4">
       <c r="A240" s="3">
-        <v>7472</v>
+        <v>7423</v>
       </c>
       <c r="B240" t="s">
         <v>480</v>
       </c>
       <c r="C240" s="5">
-        <v>15.0</v>
+        <v>10.0</v>
       </c>
       <c r="D240" s="6" t="s">
         <v>481</v>
       </c>
     </row>
     <row r="241" spans="1:4">
       <c r="A241" s="3">
-        <v>7473</v>
+        <v>7424</v>
       </c>
       <c r="B241" t="s">
         <v>482</v>
       </c>
       <c r="C241" s="5">
-        <v>18.0</v>
+        <v>48.0</v>
       </c>
       <c r="D241" s="6" t="s">
         <v>483</v>
       </c>
     </row>
     <row r="242" spans="1:4">
       <c r="A242" s="3">
-        <v>7460</v>
+        <v>7451</v>
       </c>
       <c r="B242" t="s">
         <v>484</v>
       </c>
       <c r="C242" s="5">
-        <v>45.0</v>
+        <v>3.75</v>
       </c>
       <c r="D242" s="6" t="s">
         <v>485</v>
       </c>
     </row>
     <row r="243" spans="1:4">
       <c r="A243" s="3">
-        <v>7471</v>
+        <v>7432</v>
       </c>
       <c r="B243" t="s">
         <v>486</v>
       </c>
       <c r="C243" s="5">
-        <v>35.0</v>
+        <v>24.0</v>
       </c>
       <c r="D243" s="6" t="s">
         <v>487</v>
       </c>
     </row>
     <row r="244" spans="1:4">
       <c r="A244" s="3">
-        <v>7474</v>
+        <v>7433</v>
       </c>
       <c r="B244" t="s">
         <v>488</v>
       </c>
       <c r="C244" s="5">
-        <v>15.0</v>
+        <v>45.0</v>
       </c>
       <c r="D244" s="6" t="s">
         <v>489</v>
       </c>
     </row>
     <row r="245" spans="1:4">
       <c r="A245" s="3">
-        <v>7462</v>
+        <v>7255</v>
       </c>
       <c r="B245" t="s">
         <v>490</v>
       </c>
       <c r="C245" s="5">
-        <v>11.25</v>
+        <v>75.0</v>
       </c>
       <c r="D245" s="6" t="s">
         <v>491</v>
       </c>
     </row>
     <row r="246" spans="1:4">
       <c r="A246" s="3">
-        <v>7463</v>
+        <v>7256</v>
       </c>
       <c r="B246" t="s">
         <v>492</v>
       </c>
       <c r="C246" s="5">
-        <v>11.25</v>
+        <v>75.0</v>
       </c>
       <c r="D246" s="6" t="s">
         <v>493</v>
       </c>
     </row>
     <row r="247" spans="1:4">
       <c r="A247" s="3">
-        <v>7455</v>
+        <v>7425</v>
       </c>
       <c r="B247" t="s">
         <v>494</v>
       </c>
       <c r="C247" s="5">
-        <v>1.85</v>
+        <v>15.0</v>
       </c>
       <c r="D247" s="6" t="s">
         <v>495</v>
       </c>
     </row>
     <row r="248" spans="1:4">
       <c r="A248" s="3">
-        <v>7456</v>
+        <v>7434</v>
       </c>
       <c r="B248" t="s">
         <v>496</v>
       </c>
       <c r="C248" s="5">
-        <v>1.85</v>
+        <v>55.0</v>
       </c>
       <c r="D248" s="6" t="s">
         <v>497</v>
       </c>
     </row>
     <row r="249" spans="1:4">
       <c r="A249" s="3">
-        <v>7457</v>
+        <v>7435</v>
       </c>
       <c r="B249" t="s">
         <v>498</v>
       </c>
       <c r="C249" s="5">
-        <v>1.85</v>
+        <v>55.0</v>
       </c>
       <c r="D249" s="6" t="s">
         <v>499</v>
       </c>
     </row>
     <row r="250" spans="1:4">
       <c r="A250" s="3">
-        <v>7458</v>
+        <v>7426</v>
       </c>
       <c r="B250" t="s">
         <v>500</v>
       </c>
       <c r="C250" s="5">
-        <v>1.85</v>
+        <v>45.0</v>
       </c>
       <c r="D250" s="6" t="s">
         <v>501</v>
       </c>
     </row>
     <row r="251" spans="1:4">
       <c r="A251" s="3">
-        <v>7436</v>
+        <v>7427</v>
       </c>
       <c r="B251" t="s">
         <v>502</v>
       </c>
       <c r="C251" s="5">
-        <v>3.65</v>
+        <v>48.0</v>
       </c>
       <c r="D251" s="6" t="s">
         <v>503</v>
       </c>
     </row>
     <row r="252" spans="1:4">
       <c r="A252" s="3">
-        <v>7411</v>
+        <v>7428</v>
       </c>
       <c r="B252" t="s">
         <v>504</v>
       </c>
       <c r="C252" s="5">
-        <v>175.0</v>
+        <v>55.0</v>
       </c>
       <c r="D252" s="6" t="s">
         <v>505</v>
       </c>
     </row>
     <row r="253" spans="1:4">
       <c r="A253" s="3">
-        <v>7412</v>
+        <v>7431</v>
       </c>
       <c r="B253" t="s">
         <v>506</v>
       </c>
       <c r="C253" s="5">
         <v>55.0</v>
       </c>
       <c r="D253" s="6" t="s">
         <v>507</v>
       </c>
     </row>
     <row r="254" spans="1:4">
       <c r="A254" s="3">
-        <v>7414</v>
+        <v>7472</v>
       </c>
       <c r="B254" t="s">
         <v>508</v>
       </c>
       <c r="C254" s="5">
-        <v>25.0</v>
+        <v>15.0</v>
       </c>
       <c r="D254" s="6" t="s">
         <v>509</v>
       </c>
     </row>
     <row r="255" spans="1:4">
       <c r="A255" s="3">
-        <v>7415</v>
+        <v>7473</v>
       </c>
       <c r="B255" t="s">
         <v>510</v>
       </c>
       <c r="C255" s="5">
-        <v>55.0</v>
+        <v>18.0</v>
       </c>
       <c r="D255" s="6" t="s">
         <v>511</v>
       </c>
     </row>
     <row r="256" spans="1:4">
       <c r="A256" s="3">
-        <v>7429</v>
+        <v>7460</v>
       </c>
       <c r="B256" t="s">
         <v>512</v>
       </c>
       <c r="C256" s="5">
-        <v>2.0</v>
+        <v>45.0</v>
       </c>
       <c r="D256" s="6" t="s">
         <v>513</v>
       </c>
     </row>
     <row r="257" spans="1:4">
       <c r="A257" s="3">
-        <v>7430</v>
+        <v>7471</v>
       </c>
       <c r="B257" t="s">
         <v>514</v>
       </c>
       <c r="C257" s="5">
-        <v>2.54</v>
+        <v>35.0</v>
       </c>
       <c r="D257" s="6" t="s">
         <v>515</v>
       </c>
     </row>
     <row r="258" spans="1:4">
       <c r="A258" s="3">
-        <v>7470</v>
+        <v>7474</v>
       </c>
       <c r="B258" t="s">
         <v>516</v>
       </c>
       <c r="C258" s="5">
         <v>15.0</v>
       </c>
       <c r="D258" s="6" t="s">
         <v>517</v>
       </c>
     </row>
     <row r="259" spans="1:4">
       <c r="A259" s="3">
-        <v>7386</v>
+        <v>7462</v>
       </c>
       <c r="B259" t="s">
         <v>518</v>
       </c>
       <c r="C259" s="5">
-        <v>36.0</v>
+        <v>11.25</v>
       </c>
       <c r="D259" s="6" t="s">
         <v>519</v>
       </c>
     </row>
     <row r="260" spans="1:4">
       <c r="A260" s="3">
-        <v>7387</v>
+        <v>7463</v>
       </c>
       <c r="B260" t="s">
         <v>520</v>
       </c>
       <c r="C260" s="5">
-        <v>36.0</v>
+        <v>11.25</v>
       </c>
       <c r="D260" s="6" t="s">
         <v>521</v>
       </c>
     </row>
     <row r="261" spans="1:4">
       <c r="A261" s="3">
-        <v>7388</v>
+        <v>7455</v>
       </c>
       <c r="B261" t="s">
         <v>522</v>
       </c>
       <c r="C261" s="5">
-        <v>41.0</v>
+        <v>1.85</v>
       </c>
       <c r="D261" s="6" t="s">
         <v>523</v>
       </c>
     </row>
     <row r="262" spans="1:4">
       <c r="A262" s="3">
-        <v>7389</v>
+        <v>7456</v>
       </c>
       <c r="B262" t="s">
         <v>524</v>
       </c>
       <c r="C262" s="5">
-        <v>45.0</v>
+        <v>1.85</v>
       </c>
       <c r="D262" s="6" t="s">
         <v>525</v>
       </c>
     </row>
     <row r="263" spans="1:4">
       <c r="A263" s="3">
-        <v>7390</v>
+        <v>7457</v>
       </c>
       <c r="B263" t="s">
         <v>526</v>
       </c>
       <c r="C263" s="5">
-        <v>48.0</v>
+        <v>1.85</v>
       </c>
       <c r="D263" s="6" t="s">
         <v>527</v>
       </c>
     </row>
     <row r="264" spans="1:4">
       <c r="A264" s="3">
-        <v>7391</v>
+        <v>7458</v>
       </c>
       <c r="B264" t="s">
         <v>528</v>
       </c>
       <c r="C264" s="5">
-        <v>54.0</v>
+        <v>1.85</v>
       </c>
       <c r="D264" s="6" t="s">
         <v>529</v>
       </c>
     </row>
     <row r="265" spans="1:4">
       <c r="A265" s="3">
-        <v>7392</v>
+        <v>7436</v>
       </c>
       <c r="B265" t="s">
         <v>530</v>
       </c>
       <c r="C265" s="5">
-        <v>135.0</v>
+        <v>3.65</v>
       </c>
       <c r="D265" s="6" t="s">
         <v>531</v>
       </c>
     </row>
     <row r="266" spans="1:4">
       <c r="A266" s="3">
-        <v>7393</v>
+        <v>7411</v>
       </c>
       <c r="B266" t="s">
         <v>532</v>
       </c>
       <c r="C266" s="5">
-        <v>145.0</v>
+        <v>175.0</v>
       </c>
       <c r="D266" s="6" t="s">
         <v>533</v>
       </c>
     </row>
     <row r="267" spans="1:4">
       <c r="A267" s="3">
-        <v>7394</v>
+        <v>7412</v>
       </c>
       <c r="B267" t="s">
         <v>534</v>
       </c>
       <c r="C267" s="5">
-        <v>155.0</v>
+        <v>55.0</v>
       </c>
       <c r="D267" s="6" t="s">
         <v>535</v>
       </c>
     </row>
     <row r="268" spans="1:4">
       <c r="A268" s="3">
-        <v>7395</v>
+        <v>7414</v>
       </c>
       <c r="B268" t="s">
         <v>536</v>
       </c>
       <c r="C268" s="5">
-        <v>165.0</v>
+        <v>25.0</v>
       </c>
       <c r="D268" s="6" t="s">
         <v>537</v>
       </c>
     </row>
     <row r="269" spans="1:4">
       <c r="A269" s="3">
-        <v>7396</v>
+        <v>7415</v>
       </c>
       <c r="B269" t="s">
         <v>538</v>
       </c>
       <c r="C269" s="5">
-        <v>175.0</v>
+        <v>55.0</v>
       </c>
       <c r="D269" s="6" t="s">
         <v>539</v>
       </c>
     </row>
     <row r="270" spans="1:4">
       <c r="A270" s="3">
-        <v>7397</v>
+        <v>7429</v>
       </c>
       <c r="B270" t="s">
         <v>540</v>
       </c>
       <c r="C270" s="5">
-        <v>45.0</v>
+        <v>2.0</v>
       </c>
       <c r="D270" s="6" t="s">
         <v>541</v>
       </c>
     </row>
     <row r="271" spans="1:4">
       <c r="A271" s="3">
-        <v>7398</v>
+        <v>7430</v>
       </c>
       <c r="B271" t="s">
         <v>542</v>
       </c>
       <c r="C271" s="5">
-        <v>55.0</v>
+        <v>2.6</v>
       </c>
       <c r="D271" s="6" t="s">
         <v>543</v>
       </c>
     </row>
     <row r="272" spans="1:4">
       <c r="A272" s="3">
-        <v>7399</v>
+        <v>7470</v>
       </c>
       <c r="B272" t="s">
         <v>544</v>
       </c>
       <c r="C272" s="5">
-        <v>90.0</v>
+        <v>15.0</v>
       </c>
       <c r="D272" s="6" t="s">
         <v>545</v>
       </c>
     </row>
     <row r="273" spans="1:4">
       <c r="A273" s="3">
-        <v>7400</v>
+        <v>7386</v>
       </c>
       <c r="B273" t="s">
         <v>546</v>
       </c>
       <c r="C273" s="5">
-        <v>96.0</v>
+        <v>36.0</v>
       </c>
       <c r="D273" s="6" t="s">
         <v>547</v>
       </c>
     </row>
     <row r="274" spans="1:4">
       <c r="A274" s="3">
-        <v>7401</v>
+        <v>7387</v>
       </c>
       <c r="B274" t="s">
         <v>548</v>
       </c>
       <c r="C274" s="5">
-        <v>108.0</v>
+        <v>36.0</v>
       </c>
       <c r="D274" s="6" t="s">
         <v>549</v>
       </c>
     </row>
     <row r="275" spans="1:4">
       <c r="A275" s="3">
-        <v>7402</v>
+        <v>7388</v>
       </c>
       <c r="B275" t="s">
         <v>550</v>
       </c>
       <c r="C275" s="5">
-        <v>120.0</v>
+        <v>41.0</v>
       </c>
       <c r="D275" s="6" t="s">
         <v>551</v>
       </c>
     </row>
     <row r="276" spans="1:4">
       <c r="A276" s="3">
-        <v>7403</v>
+        <v>7389</v>
       </c>
       <c r="B276" t="s">
         <v>552</v>
       </c>
       <c r="C276" s="5">
-        <v>150.0</v>
+        <v>45.0</v>
       </c>
       <c r="D276" s="6" t="s">
         <v>553</v>
       </c>
     </row>
     <row r="277" spans="1:4">
       <c r="A277" s="3">
-        <v>7404</v>
+        <v>7390</v>
       </c>
       <c r="B277" t="s">
         <v>554</v>
       </c>
       <c r="C277" s="5">
-        <v>162.0</v>
+        <v>48.0</v>
       </c>
       <c r="D277" s="6" t="s">
         <v>555</v>
       </c>
     </row>
     <row r="278" spans="1:4">
       <c r="A278" s="3">
-        <v>7371</v>
+        <v>7391</v>
       </c>
       <c r="B278" t="s">
         <v>556</v>
       </c>
       <c r="C278" s="5">
-        <v>18.0</v>
+        <v>54.0</v>
       </c>
       <c r="D278" s="6" t="s">
         <v>557</v>
       </c>
     </row>
     <row r="279" spans="1:4">
       <c r="A279" s="3">
-        <v>7372</v>
+        <v>7392</v>
       </c>
       <c r="B279" t="s">
         <v>558</v>
       </c>
       <c r="C279" s="5">
-        <v>18.0</v>
+        <v>135.0</v>
       </c>
       <c r="D279" s="6" t="s">
         <v>559</v>
       </c>
     </row>
     <row r="280" spans="1:4">
       <c r="A280" s="3">
-        <v>7373</v>
+        <v>7393</v>
       </c>
       <c r="B280" t="s">
         <v>560</v>
       </c>
       <c r="C280" s="5">
-        <v>18.0</v>
+        <v>145.0</v>
       </c>
       <c r="D280" s="6" t="s">
         <v>561</v>
       </c>
     </row>
     <row r="281" spans="1:4">
       <c r="A281" s="3">
-        <v>7374</v>
+        <v>7394</v>
       </c>
       <c r="B281" t="s">
         <v>562</v>
       </c>
       <c r="C281" s="5">
-        <v>18.0</v>
+        <v>155.0</v>
       </c>
       <c r="D281" s="6" t="s">
         <v>563</v>
       </c>
     </row>
     <row r="282" spans="1:4">
       <c r="A282" s="3">
-        <v>7375</v>
+        <v>7395</v>
       </c>
       <c r="B282" t="s">
         <v>564</v>
       </c>
       <c r="C282" s="5">
-        <v>20.0</v>
+        <v>165.0</v>
       </c>
       <c r="D282" s="6" t="s">
         <v>565</v>
       </c>
     </row>
     <row r="283" spans="1:4">
       <c r="A283" s="3">
-        <v>7376</v>
+        <v>7396</v>
       </c>
       <c r="B283" t="s">
         <v>566</v>
       </c>
       <c r="C283" s="5">
-        <v>22.0</v>
+        <v>175.0</v>
       </c>
       <c r="D283" s="6" t="s">
         <v>567</v>
       </c>
     </row>
     <row r="284" spans="1:4">
       <c r="A284" s="3">
-        <v>7377</v>
+        <v>7397</v>
       </c>
       <c r="B284" t="s">
         <v>568</v>
       </c>
       <c r="C284" s="5">
-        <v>24.0</v>
+        <v>45.0</v>
       </c>
       <c r="D284" s="6" t="s">
         <v>569</v>
       </c>
     </row>
     <row r="285" spans="1:4">
       <c r="A285" s="3">
-        <v>7378</v>
+        <v>7398</v>
       </c>
       <c r="B285" t="s">
         <v>570</v>
       </c>
       <c r="C285" s="5">
-        <v>30.0</v>
+        <v>55.0</v>
       </c>
       <c r="D285" s="6" t="s">
         <v>571</v>
       </c>
     </row>
     <row r="286" spans="1:4">
       <c r="A286" s="3">
-        <v>7379</v>
+        <v>7399</v>
       </c>
       <c r="B286" t="s">
         <v>572</v>
       </c>
       <c r="C286" s="5">
-        <v>24.0</v>
+        <v>90.0</v>
       </c>
       <c r="D286" s="6" t="s">
         <v>573</v>
       </c>
     </row>
     <row r="287" spans="1:4">
       <c r="A287" s="3">
-        <v>7380</v>
+        <v>7400</v>
       </c>
       <c r="B287" t="s">
         <v>574</v>
       </c>
       <c r="C287" s="5">
-        <v>26.0</v>
+        <v>96.0</v>
       </c>
       <c r="D287" s="6" t="s">
         <v>575</v>
       </c>
     </row>
     <row r="288" spans="1:4">
       <c r="A288" s="3">
-        <v>7381</v>
+        <v>7401</v>
       </c>
       <c r="B288" t="s">
         <v>576</v>
       </c>
       <c r="C288" s="5">
-        <v>29.0</v>
+        <v>108.0</v>
       </c>
       <c r="D288" s="6" t="s">
         <v>577</v>
       </c>
     </row>
     <row r="289" spans="1:4">
       <c r="A289" s="3">
-        <v>7382</v>
+        <v>7402</v>
       </c>
       <c r="B289" t="s">
         <v>578</v>
       </c>
       <c r="C289" s="5">
-        <v>31.0</v>
+        <v>120.0</v>
       </c>
       <c r="D289" s="6" t="s">
         <v>579</v>
       </c>
     </row>
     <row r="290" spans="1:4">
       <c r="A290" s="3">
-        <v>7383</v>
+        <v>7403</v>
       </c>
       <c r="B290" t="s">
         <v>580</v>
       </c>
       <c r="C290" s="5">
-        <v>33.0</v>
+        <v>150.0</v>
       </c>
       <c r="D290" s="6" t="s">
         <v>581</v>
       </c>
     </row>
     <row r="291" spans="1:4">
       <c r="A291" s="3">
-        <v>7384</v>
+        <v>7404</v>
       </c>
       <c r="B291" t="s">
         <v>582</v>
       </c>
       <c r="C291" s="5">
-        <v>36.0</v>
+        <v>162.0</v>
       </c>
       <c r="D291" s="6" t="s">
         <v>583</v>
       </c>
     </row>
     <row r="292" spans="1:4">
       <c r="A292" s="3">
-        <v>7405</v>
+        <v>7371</v>
       </c>
       <c r="B292" t="s">
         <v>584</v>
       </c>
       <c r="C292" s="5">
-        <v>168.0</v>
+        <v>18.0</v>
       </c>
       <c r="D292" s="6" t="s">
         <v>585</v>
       </c>
     </row>
     <row r="293" spans="1:4">
       <c r="A293" s="3">
-        <v>7406</v>
+        <v>7372</v>
       </c>
       <c r="B293" t="s">
         <v>586</v>
       </c>
       <c r="C293" s="5">
-        <v>171.0</v>
+        <v>18.0</v>
       </c>
       <c r="D293" s="6" t="s">
         <v>587</v>
       </c>
     </row>
     <row r="294" spans="1:4">
       <c r="A294" s="3">
-        <v>7407</v>
+        <v>7373</v>
       </c>
       <c r="B294" t="s">
         <v>588</v>
       </c>
       <c r="C294" s="5">
-        <v>180.0</v>
+        <v>18.0</v>
       </c>
       <c r="D294" s="6" t="s">
         <v>589</v>
       </c>
     </row>
     <row r="295" spans="1:4">
       <c r="A295" s="3">
-        <v>7408</v>
+        <v>7374</v>
       </c>
       <c r="B295" t="s">
         <v>590</v>
       </c>
       <c r="C295" s="5">
-        <v>210.0</v>
+        <v>18.0</v>
       </c>
       <c r="D295" s="6" t="s">
         <v>591</v>
       </c>
     </row>
     <row r="296" spans="1:4">
       <c r="A296" s="3">
-        <v>7409</v>
+        <v>7375</v>
       </c>
       <c r="B296" t="s">
         <v>592</v>
       </c>
       <c r="C296" s="5">
-        <v>228.0</v>
+        <v>20.0</v>
       </c>
       <c r="D296" s="6" t="s">
         <v>593</v>
       </c>
     </row>
     <row r="297" spans="1:4">
       <c r="A297" s="3">
-        <v>7410</v>
+        <v>7376</v>
       </c>
       <c r="B297" t="s">
         <v>594</v>
       </c>
       <c r="C297" s="5">
-        <v>240.0</v>
+        <v>22.0</v>
       </c>
       <c r="D297" s="6" t="s">
         <v>595</v>
       </c>
     </row>
     <row r="298" spans="1:4">
       <c r="A298" s="3">
-        <v>7416</v>
+        <v>7377</v>
       </c>
       <c r="B298" t="s">
         <v>596</v>
       </c>
       <c r="C298" s="5">
-        <v>12.0</v>
+        <v>24.0</v>
       </c>
       <c r="D298" s="6" t="s">
         <v>597</v>
       </c>
     </row>
     <row r="299" spans="1:4">
       <c r="A299" s="3">
-        <v>7417</v>
+        <v>7378</v>
       </c>
       <c r="B299" t="s">
         <v>598</v>
       </c>
       <c r="C299" s="5">
-        <v>11.0</v>
+        <v>30.0</v>
       </c>
       <c r="D299" s="6" t="s">
         <v>599</v>
       </c>
     </row>
     <row r="300" spans="1:4">
       <c r="A300" s="3">
-        <v>8104</v>
+        <v>7379</v>
       </c>
       <c r="B300" t="s">
         <v>600</v>
       </c>
       <c r="C300" s="5">
-        <v>180.0</v>
+        <v>24.0</v>
       </c>
       <c r="D300" s="6" t="s">
         <v>601</v>
       </c>
     </row>
     <row r="301" spans="1:4">
       <c r="A301" s="3">
-        <v>7214</v>
+        <v>7380</v>
       </c>
       <c r="B301" t="s">
         <v>602</v>
       </c>
       <c r="C301" s="5">
-        <v>32.0</v>
+        <v>26.0</v>
       </c>
       <c r="D301" s="6" t="s">
         <v>603</v>
       </c>
     </row>
     <row r="302" spans="1:4">
       <c r="A302" s="3">
-        <v>5692</v>
+        <v>7381</v>
       </c>
       <c r="B302" t="s">
         <v>604</v>
       </c>
       <c r="C302" s="5">
-        <v>25.0</v>
+        <v>29.0</v>
       </c>
       <c r="D302" s="6" t="s">
         <v>605</v>
       </c>
     </row>
     <row r="303" spans="1:4">
       <c r="A303" s="3">
-        <v>7187</v>
+        <v>7382</v>
       </c>
       <c r="B303" t="s">
         <v>606</v>
       </c>
       <c r="C303" s="5">
-        <v>425.0</v>
+        <v>31.0</v>
       </c>
       <c r="D303" s="6" t="s">
         <v>607</v>
       </c>
     </row>
     <row r="304" spans="1:4">
       <c r="A304" s="3">
-        <v>7178</v>
+        <v>7383</v>
       </c>
       <c r="B304" t="s">
         <v>608</v>
       </c>
       <c r="C304" s="5">
-        <v>10.0</v>
+        <v>33.0</v>
       </c>
       <c r="D304" s="6" t="s">
         <v>609</v>
       </c>
     </row>
     <row r="305" spans="1:4">
       <c r="A305" s="3">
-        <v>7179</v>
+        <v>7384</v>
       </c>
       <c r="B305" t="s">
         <v>610</v>
       </c>
       <c r="C305" s="5">
-        <v>15.0</v>
+        <v>36.0</v>
       </c>
       <c r="D305" s="6" t="s">
         <v>611</v>
       </c>
     </row>
     <row r="306" spans="1:4">
       <c r="A306" s="3">
-        <v>7180</v>
+        <v>7405</v>
       </c>
       <c r="B306" t="s">
         <v>612</v>
       </c>
       <c r="C306" s="5">
-        <v>12.0</v>
+        <v>168.0</v>
       </c>
       <c r="D306" s="6" t="s">
         <v>613</v>
       </c>
     </row>
     <row r="307" spans="1:4">
       <c r="A307" s="3">
-        <v>7181</v>
+        <v>7406</v>
       </c>
       <c r="B307" t="s">
         <v>614</v>
       </c>
       <c r="C307" s="5">
-        <v>26.0</v>
+        <v>171.0</v>
       </c>
       <c r="D307" s="6" t="s">
         <v>615</v>
       </c>
     </row>
     <row r="308" spans="1:4">
       <c r="A308" s="3">
-        <v>7182</v>
+        <v>7407</v>
       </c>
       <c r="B308" t="s">
         <v>616</v>
       </c>
       <c r="C308" s="5">
-        <v>12.0</v>
+        <v>180.0</v>
       </c>
       <c r="D308" s="6" t="s">
         <v>617</v>
       </c>
     </row>
     <row r="309" spans="1:4">
       <c r="A309" s="3">
-        <v>7184</v>
+        <v>7408</v>
       </c>
       <c r="B309" t="s">
         <v>618</v>
       </c>
       <c r="C309" s="5">
-        <v>12.0</v>
+        <v>210.0</v>
       </c>
       <c r="D309" s="6" t="s">
         <v>619</v>
       </c>
     </row>
     <row r="310" spans="1:4">
       <c r="A310" s="3">
-        <v>7185</v>
+        <v>7409</v>
       </c>
       <c r="B310" t="s">
         <v>620</v>
       </c>
       <c r="C310" s="5">
-        <v>45.0</v>
+        <v>228.0</v>
       </c>
       <c r="D310" s="6" t="s">
         <v>621</v>
       </c>
     </row>
     <row r="311" spans="1:4">
       <c r="A311" s="3">
-        <v>7186</v>
+        <v>7410</v>
       </c>
       <c r="B311" t="s">
         <v>622</v>
       </c>
       <c r="C311" s="5">
-        <v>10.0</v>
+        <v>240.0</v>
       </c>
       <c r="D311" s="6" t="s">
         <v>623</v>
       </c>
     </row>
     <row r="312" spans="1:4">
       <c r="A312" s="3">
-        <v>7174</v>
+        <v>7416</v>
       </c>
       <c r="B312" t="s">
         <v>624</v>
       </c>
       <c r="C312" s="5">
-        <v>30.0</v>
+        <v>12.0</v>
       </c>
       <c r="D312" s="6" t="s">
         <v>625</v>
       </c>
     </row>
     <row r="313" spans="1:4">
       <c r="A313" s="3">
-        <v>4375</v>
+        <v>7417</v>
       </c>
       <c r="B313" t="s">
         <v>626</v>
       </c>
       <c r="C313" s="5">
-        <v>120.0</v>
+        <v>11.0</v>
       </c>
       <c r="D313" s="6" t="s">
         <v>627</v>
       </c>
     </row>
     <row r="314" spans="1:4">
       <c r="A314" s="3">
-        <v>7028</v>
+        <v>8104</v>
       </c>
       <c r="B314" t="s">
         <v>628</v>
       </c>
       <c r="C314" s="5">
-        <v>175.0</v>
+        <v>180.0</v>
       </c>
       <c r="D314" s="6" t="s">
         <v>629</v>
       </c>
     </row>
     <row r="315" spans="1:4">
       <c r="A315" s="3">
-        <v>7032</v>
+        <v>7214</v>
       </c>
       <c r="B315" t="s">
         <v>630</v>
       </c>
       <c r="C315" s="5">
-        <v>85.0</v>
+        <v>32.0</v>
       </c>
       <c r="D315" s="6" t="s">
         <v>631</v>
       </c>
     </row>
     <row r="316" spans="1:4">
       <c r="A316" s="3">
-        <v>7144</v>
+        <v>5692</v>
       </c>
       <c r="B316" t="s">
         <v>632</v>
       </c>
       <c r="C316" s="5">
-        <v>125.0</v>
+        <v>25.0</v>
       </c>
       <c r="D316" s="6" t="s">
         <v>633</v>
       </c>
     </row>
     <row r="317" spans="1:4">
       <c r="A317" s="3">
-        <v>7140</v>
+        <v>7187</v>
       </c>
       <c r="B317" t="s">
         <v>634</v>
       </c>
       <c r="C317" s="5">
-        <v>30.0</v>
+        <v>425.0</v>
       </c>
       <c r="D317" s="6" t="s">
         <v>635</v>
       </c>
     </row>
     <row r="318" spans="1:4">
       <c r="A318" s="3">
-        <v>7163</v>
+        <v>7178</v>
       </c>
       <c r="B318" t="s">
         <v>636</v>
       </c>
       <c r="C318" s="5">
-        <v>12.0</v>
+        <v>10.0</v>
       </c>
       <c r="D318" s="6" t="s">
         <v>637</v>
       </c>
     </row>
     <row r="319" spans="1:4">
       <c r="A319" s="3">
-        <v>7164</v>
+        <v>7179</v>
       </c>
       <c r="B319" t="s">
         <v>638</v>
       </c>
       <c r="C319" s="5">
-        <v>18.0</v>
+        <v>15.0</v>
       </c>
       <c r="D319" s="6" t="s">
         <v>639</v>
       </c>
     </row>
     <row r="320" spans="1:4">
       <c r="A320" s="3">
-        <v>7149</v>
+        <v>7180</v>
       </c>
       <c r="B320" t="s">
         <v>640</v>
       </c>
       <c r="C320" s="5">
-        <v>33.0</v>
+        <v>12.0</v>
       </c>
       <c r="D320" s="6" t="s">
         <v>641</v>
       </c>
     </row>
     <row r="321" spans="1:4">
       <c r="A321" s="3">
-        <v>7150</v>
+        <v>7181</v>
       </c>
       <c r="B321" t="s">
         <v>642</v>
       </c>
       <c r="C321" s="5">
-        <v>42.0</v>
+        <v>26.0</v>
       </c>
       <c r="D321" s="6" t="s">
         <v>643</v>
       </c>
     </row>
     <row r="322" spans="1:4">
       <c r="A322" s="3">
-        <v>7152</v>
+        <v>7182</v>
       </c>
       <c r="B322" t="s">
         <v>644</v>
       </c>
       <c r="C322" s="5">
-        <v>14.0</v>
+        <v>12.0</v>
       </c>
       <c r="D322" s="6" t="s">
         <v>645</v>
       </c>
     </row>
     <row r="323" spans="1:4">
       <c r="A323" s="3">
-        <v>7153</v>
+        <v>7184</v>
       </c>
       <c r="B323" t="s">
         <v>646</v>
       </c>
       <c r="C323" s="5">
-        <v>20.0</v>
+        <v>12.0</v>
       </c>
       <c r="D323" s="6" t="s">
         <v>647</v>
       </c>
     </row>
     <row r="324" spans="1:4">
       <c r="A324" s="3">
-        <v>7154</v>
+        <v>7185</v>
       </c>
       <c r="B324" t="s">
         <v>648</v>
       </c>
       <c r="C324" s="5">
-        <v>26.0</v>
+        <v>45.0</v>
       </c>
       <c r="D324" s="6" t="s">
         <v>649</v>
       </c>
     </row>
     <row r="325" spans="1:4">
       <c r="A325" s="3">
-        <v>7155</v>
+        <v>7186</v>
       </c>
       <c r="B325" t="s">
         <v>650</v>
       </c>
       <c r="C325" s="5">
-        <v>40.0</v>
+        <v>10.0</v>
       </c>
       <c r="D325" s="6" t="s">
         <v>651</v>
       </c>
     </row>
     <row r="326" spans="1:4">
       <c r="A326" s="3">
-        <v>7156</v>
+        <v>7174</v>
       </c>
       <c r="B326" t="s">
         <v>652</v>
       </c>
       <c r="C326" s="5">
-        <v>46.0</v>
+        <v>30.0</v>
       </c>
       <c r="D326" s="6" t="s">
         <v>653</v>
       </c>
     </row>
     <row r="327" spans="1:4">
       <c r="A327" s="3">
-        <v>7158</v>
+        <v>4375</v>
       </c>
       <c r="B327" t="s">
         <v>654</v>
       </c>
       <c r="C327" s="5">
-        <v>33.0</v>
+        <v>120.0</v>
       </c>
       <c r="D327" s="6" t="s">
         <v>655</v>
       </c>
     </row>
     <row r="328" spans="1:4">
       <c r="A328" s="3">
-        <v>7159</v>
+        <v>7028</v>
       </c>
       <c r="B328" t="s">
         <v>656</v>
       </c>
       <c r="C328" s="5">
-        <v>44.0</v>
+        <v>175.0</v>
       </c>
       <c r="D328" s="6" t="s">
         <v>657</v>
       </c>
     </row>
     <row r="329" spans="1:4">
       <c r="A329" s="3">
-        <v>7160</v>
+        <v>7032</v>
       </c>
       <c r="B329" t="s">
         <v>658</v>
       </c>
       <c r="C329" s="5">
-        <v>66.0</v>
+        <v>85.0</v>
       </c>
       <c r="D329" s="6" t="s">
         <v>659</v>
       </c>
     </row>
     <row r="330" spans="1:4">
       <c r="A330" s="3">
-        <v>7161</v>
+        <v>7144</v>
       </c>
       <c r="B330" t="s">
         <v>660</v>
       </c>
       <c r="C330" s="5">
-        <v>88.0</v>
+        <v>125.0</v>
       </c>
       <c r="D330" s="6" t="s">
         <v>661</v>
       </c>
     </row>
     <row r="331" spans="1:4">
       <c r="A331" s="3">
-        <v>7162</v>
+        <v>7140</v>
       </c>
       <c r="B331" t="s">
         <v>662</v>
       </c>
       <c r="C331" s="5">
-        <v>110.0</v>
+        <v>30.0</v>
       </c>
       <c r="D331" s="6" t="s">
         <v>663</v>
       </c>
     </row>
     <row r="332" spans="1:4">
       <c r="A332" s="3">
-        <v>7145</v>
+        <v>7163</v>
       </c>
       <c r="B332" t="s">
         <v>664</v>
       </c>
       <c r="C332" s="5">
-        <v>10.0</v>
+        <v>12.0</v>
       </c>
       <c r="D332" s="6" t="s">
         <v>665</v>
       </c>
     </row>
     <row r="333" spans="1:4">
       <c r="A333" s="3">
-        <v>7146</v>
+        <v>7164</v>
       </c>
       <c r="B333" t="s">
         <v>666</v>
       </c>
       <c r="C333" s="5">
-        <v>14.0</v>
+        <v>18.0</v>
       </c>
       <c r="D333" s="6" t="s">
         <v>667</v>
       </c>
     </row>
     <row r="334" spans="1:4">
       <c r="A334" s="3">
-        <v>7147</v>
+        <v>7149</v>
       </c>
       <c r="B334" t="s">
         <v>668</v>
       </c>
       <c r="C334" s="5">
-        <v>18.0</v>
+        <v>33.0</v>
       </c>
       <c r="D334" s="6" t="s">
         <v>669</v>
       </c>
     </row>
     <row r="335" spans="1:4">
       <c r="A335" s="3">
-        <v>7148</v>
+        <v>7150</v>
       </c>
       <c r="B335" t="s">
         <v>670</v>
       </c>
       <c r="C335" s="5">
-        <v>27.0</v>
+        <v>42.0</v>
       </c>
       <c r="D335" s="6" t="s">
         <v>671</v>
       </c>
     </row>
     <row r="336" spans="1:4">
       <c r="A336" s="3">
-        <v>7151</v>
+        <v>7152</v>
       </c>
       <c r="B336" t="s">
         <v>672</v>
       </c>
       <c r="C336" s="5">
-        <v>10.0</v>
+        <v>16.0</v>
       </c>
       <c r="D336" s="6" t="s">
         <v>673</v>
       </c>
     </row>
     <row r="337" spans="1:4">
       <c r="A337" s="3">
-        <v>7157</v>
+        <v>7153</v>
       </c>
       <c r="B337" t="s">
         <v>674</v>
       </c>
       <c r="C337" s="5">
-        <v>22.0</v>
+        <v>20.0</v>
       </c>
       <c r="D337" s="6" t="s">
         <v>675</v>
       </c>
     </row>
     <row r="338" spans="1:4">
       <c r="A338" s="3">
-        <v>7171</v>
+        <v>7154</v>
       </c>
       <c r="B338" t="s">
         <v>676</v>
       </c>
       <c r="C338" s="5">
-        <v>55.0</v>
+        <v>26.0</v>
       </c>
       <c r="D338" s="6" t="s">
         <v>677</v>
       </c>
     </row>
     <row r="339" spans="1:4">
       <c r="A339" s="3">
-        <v>7172</v>
+        <v>7155</v>
       </c>
       <c r="B339" t="s">
         <v>678</v>
       </c>
       <c r="C339" s="5">
-        <v>23.0</v>
+        <v>40.0</v>
       </c>
       <c r="D339" s="6" t="s">
         <v>679</v>
       </c>
     </row>
     <row r="340" spans="1:4">
       <c r="A340" s="3">
-        <v>7138</v>
+        <v>7156</v>
       </c>
       <c r="B340" t="s">
         <v>680</v>
       </c>
       <c r="C340" s="5">
-        <v>24.0</v>
+        <v>46.0</v>
       </c>
       <c r="D340" s="6" t="s">
         <v>681</v>
       </c>
     </row>
     <row r="341" spans="1:4">
       <c r="A341" s="3">
-        <v>7197</v>
+        <v>7158</v>
       </c>
       <c r="B341" t="s">
         <v>682</v>
       </c>
       <c r="C341" s="5">
-        <v>22.0</v>
+        <v>33.0</v>
       </c>
       <c r="D341" s="6" t="s">
         <v>683</v>
       </c>
     </row>
     <row r="342" spans="1:4">
       <c r="A342" s="3">
-        <v>7133</v>
+        <v>7159</v>
       </c>
       <c r="B342" t="s">
         <v>684</v>
       </c>
       <c r="C342" s="5">
-        <v>18.0</v>
+        <v>44.0</v>
       </c>
       <c r="D342" s="6" t="s">
         <v>685</v>
       </c>
     </row>
     <row r="343" spans="1:4">
       <c r="A343" s="3">
-        <v>7134</v>
+        <v>7160</v>
       </c>
       <c r="B343" t="s">
         <v>686</v>
       </c>
       <c r="C343" s="5">
-        <v>20.0</v>
+        <v>66.0</v>
       </c>
       <c r="D343" s="6" t="s">
         <v>687</v>
       </c>
     </row>
     <row r="344" spans="1:4">
       <c r="A344" s="3">
-        <v>7135</v>
+        <v>7161</v>
       </c>
       <c r="B344" t="s">
         <v>688</v>
       </c>
       <c r="C344" s="5">
-        <v>22.0</v>
+        <v>88.0</v>
       </c>
       <c r="D344" s="6" t="s">
         <v>689</v>
       </c>
     </row>
     <row r="345" spans="1:4">
       <c r="A345" s="3">
-        <v>7136</v>
+        <v>7162</v>
       </c>
       <c r="B345" t="s">
         <v>690</v>
       </c>
       <c r="C345" s="5">
-        <v>27.0</v>
+        <v>110.0</v>
       </c>
       <c r="D345" s="6" t="s">
         <v>691</v>
       </c>
     </row>
     <row r="346" spans="1:4">
       <c r="A346" s="3">
-        <v>7125</v>
+        <v>7145</v>
       </c>
       <c r="B346" t="s">
         <v>692</v>
       </c>
       <c r="C346" s="5">
-        <v>6.0</v>
+        <v>10.0</v>
       </c>
       <c r="D346" s="6" t="s">
         <v>693</v>
       </c>
     </row>
     <row r="347" spans="1:4">
       <c r="A347" s="3">
-        <v>7126</v>
+        <v>7146</v>
       </c>
       <c r="B347" t="s">
         <v>694</v>
       </c>
       <c r="C347" s="5">
-        <v>7.0</v>
+        <v>14.0</v>
       </c>
       <c r="D347" s="6" t="s">
         <v>695</v>
       </c>
     </row>
     <row r="348" spans="1:4">
       <c r="A348" s="3">
-        <v>7127</v>
+        <v>7147</v>
       </c>
       <c r="B348" t="s">
         <v>696</v>
       </c>
       <c r="C348" s="5">
-        <v>8.0</v>
+        <v>18.0</v>
       </c>
       <c r="D348" s="6" t="s">
         <v>697</v>
       </c>
     </row>
     <row r="349" spans="1:4">
       <c r="A349" s="3">
-        <v>7110</v>
+        <v>7148</v>
       </c>
       <c r="B349" t="s">
         <v>698</v>
       </c>
       <c r="C349" s="5">
-        <v>15.0</v>
+        <v>27.0</v>
       </c>
       <c r="D349" s="6" t="s">
         <v>699</v>
       </c>
     </row>
     <row r="350" spans="1:4">
       <c r="A350" s="3">
-        <v>7111</v>
+        <v>7151</v>
       </c>
       <c r="B350" t="s">
         <v>700</v>
       </c>
       <c r="C350" s="5">
-        <v>16.0</v>
+        <v>10.0</v>
       </c>
       <c r="D350" s="6" t="s">
         <v>701</v>
       </c>
     </row>
     <row r="351" spans="1:4">
       <c r="A351" s="3">
-        <v>4332</v>
+        <v>7157</v>
       </c>
       <c r="B351" t="s">
         <v>702</v>
       </c>
       <c r="C351" s="5">
-        <v>26.0</v>
+        <v>22.0</v>
       </c>
       <c r="D351" s="6" t="s">
         <v>703</v>
       </c>
     </row>
     <row r="352" spans="1:4">
       <c r="A352" s="3">
-        <v>3974</v>
+        <v>7171</v>
       </c>
       <c r="B352" t="s">
         <v>704</v>
       </c>
       <c r="C352" s="5">
-        <v>15.0</v>
+        <v>55.0</v>
       </c>
       <c r="D352" s="6" t="s">
         <v>705</v>
       </c>
     </row>
     <row r="353" spans="1:4">
       <c r="A353" s="3">
-        <v>3990</v>
+        <v>7172</v>
       </c>
       <c r="B353" t="s">
         <v>706</v>
       </c>
       <c r="C353" s="5">
-        <v>18.0</v>
+        <v>23.0</v>
       </c>
       <c r="D353" s="6" t="s">
         <v>707</v>
       </c>
     </row>
     <row r="354" spans="1:4">
       <c r="A354" s="3">
-        <v>7108</v>
+        <v>7138</v>
       </c>
       <c r="B354" t="s">
         <v>708</v>
       </c>
       <c r="C354" s="5">
-        <v>45.0</v>
+        <v>24.0</v>
       </c>
       <c r="D354" s="6" t="s">
         <v>709</v>
       </c>
     </row>
     <row r="355" spans="1:4">
       <c r="A355" s="3">
-        <v>7094</v>
+        <v>7197</v>
       </c>
       <c r="B355" t="s">
         <v>710</v>
       </c>
       <c r="C355" s="5">
-        <v>10.0</v>
+        <v>22.0</v>
       </c>
       <c r="D355" s="6" t="s">
         <v>711</v>
       </c>
     </row>
     <row r="356" spans="1:4">
       <c r="A356" s="3">
-        <v>7095</v>
+        <v>7133</v>
       </c>
       <c r="B356" t="s">
         <v>712</v>
       </c>
       <c r="C356" s="5">
         <v>18.0</v>
       </c>
       <c r="D356" s="6" t="s">
         <v>713</v>
       </c>
     </row>
     <row r="357" spans="1:4">
       <c r="A357" s="3">
-        <v>7096</v>
+        <v>7134</v>
       </c>
       <c r="B357" t="s">
         <v>714</v>
       </c>
       <c r="C357" s="5">
-        <v>24.0</v>
+        <v>20.0</v>
       </c>
       <c r="D357" s="6" t="s">
         <v>715</v>
       </c>
     </row>
     <row r="358" spans="1:4">
       <c r="A358" s="3">
-        <v>7097</v>
+        <v>7135</v>
       </c>
       <c r="B358" t="s">
         <v>716</v>
       </c>
       <c r="C358" s="5">
-        <v>12.0</v>
+        <v>22.0</v>
       </c>
       <c r="D358" s="6" t="s">
         <v>717</v>
       </c>
     </row>
     <row r="359" spans="1:4">
       <c r="A359" s="3">
-        <v>7098</v>
+        <v>7136</v>
       </c>
       <c r="B359" t="s">
         <v>718</v>
       </c>
       <c r="C359" s="5">
-        <v>18.0</v>
+        <v>27.0</v>
       </c>
       <c r="D359" s="6" t="s">
         <v>719</v>
       </c>
     </row>
     <row r="360" spans="1:4">
       <c r="A360" s="3">
-        <v>7099</v>
+        <v>7125</v>
       </c>
       <c r="B360" t="s">
         <v>720</v>
       </c>
       <c r="C360" s="5">
-        <v>24.0</v>
+        <v>6.0</v>
       </c>
       <c r="D360" s="6" t="s">
         <v>721</v>
       </c>
     </row>
     <row r="361" spans="1:4">
       <c r="A361" s="3">
-        <v>7100</v>
+        <v>7126</v>
       </c>
       <c r="B361" t="s">
         <v>722</v>
       </c>
       <c r="C361" s="5">
-        <v>30.0</v>
+        <v>7.0</v>
       </c>
       <c r="D361" s="6" t="s">
         <v>723</v>
       </c>
     </row>
     <row r="362" spans="1:4">
       <c r="A362" s="3">
-        <v>7101</v>
+        <v>7127</v>
       </c>
       <c r="B362" t="s">
         <v>724</v>
       </c>
       <c r="C362" s="5">
-        <v>36.0</v>
+        <v>8.0</v>
       </c>
       <c r="D362" s="6" t="s">
         <v>725</v>
       </c>
     </row>
     <row r="363" spans="1:4">
       <c r="A363" s="3">
-        <v>7102</v>
+        <v>7110</v>
       </c>
       <c r="B363" t="s">
         <v>726</v>
       </c>
       <c r="C363" s="5">
-        <v>40.0</v>
+        <v>15.0</v>
       </c>
       <c r="D363" s="6" t="s">
         <v>727</v>
       </c>
     </row>
     <row r="364" spans="1:4">
       <c r="A364" s="3">
-        <v>7103</v>
+        <v>7111</v>
       </c>
       <c r="B364" t="s">
         <v>728</v>
       </c>
       <c r="C364" s="5">
-        <v>48.0</v>
+        <v>16.0</v>
       </c>
       <c r="D364" s="6" t="s">
         <v>729</v>
       </c>
     </row>
     <row r="365" spans="1:4">
       <c r="A365" s="3">
-        <v>7104</v>
+        <v>4332</v>
       </c>
       <c r="B365" t="s">
         <v>730</v>
       </c>
       <c r="C365" s="5">
-        <v>54.0</v>
+        <v>26.0</v>
       </c>
       <c r="D365" s="6" t="s">
         <v>731</v>
       </c>
     </row>
     <row r="366" spans="1:4">
       <c r="A366" s="3">
-        <v>7105</v>
+        <v>3974</v>
       </c>
       <c r="B366" t="s">
         <v>732</v>
       </c>
       <c r="C366" s="5">
-        <v>60.0</v>
+        <v>15.0</v>
       </c>
       <c r="D366" s="6" t="s">
         <v>733</v>
       </c>
     </row>
     <row r="367" spans="1:4">
       <c r="A367" s="3">
-        <v>7091</v>
+        <v>3990</v>
       </c>
       <c r="B367" t="s">
         <v>734</v>
       </c>
       <c r="C367" s="5">
-        <v>4.35</v>
+        <v>18.0</v>
       </c>
       <c r="D367" s="6" t="s">
         <v>735</v>
       </c>
     </row>
     <row r="368" spans="1:4">
       <c r="A368" s="3">
-        <v>7092</v>
+        <v>7108</v>
       </c>
       <c r="B368" t="s">
         <v>736</v>
       </c>
       <c r="C368" s="5">
-        <v>4.45</v>
+        <v>45.0</v>
       </c>
       <c r="D368" s="6" t="s">
         <v>737</v>
       </c>
     </row>
     <row r="369" spans="1:4">
       <c r="A369" s="3">
-        <v>7093</v>
+        <v>7094</v>
       </c>
       <c r="B369" t="s">
         <v>738</v>
       </c>
       <c r="C369" s="5">
-        <v>4.65</v>
+        <v>10.0</v>
       </c>
       <c r="D369" s="6" t="s">
         <v>739</v>
       </c>
     </row>
     <row r="370" spans="1:4">
       <c r="A370" s="3">
-        <v>7071</v>
+        <v>7095</v>
       </c>
       <c r="B370" t="s">
         <v>740</v>
       </c>
       <c r="C370" s="5">
         <v>18.0</v>
       </c>
       <c r="D370" s="6" t="s">
         <v>741</v>
       </c>
     </row>
     <row r="371" spans="1:4">
       <c r="A371" s="3">
-        <v>7070</v>
+        <v>7096</v>
       </c>
       <c r="B371" t="s">
         <v>742</v>
       </c>
       <c r="C371" s="5">
-        <v>14.25</v>
+        <v>24.0</v>
       </c>
       <c r="D371" s="6" t="s">
         <v>743</v>
       </c>
     </row>
     <row r="372" spans="1:4">
       <c r="A372" s="3">
-        <v>7066</v>
+        <v>7097</v>
       </c>
       <c r="B372" t="s">
         <v>744</v>
       </c>
       <c r="C372" s="5">
-        <v>18.0</v>
+        <v>12.0</v>
       </c>
       <c r="D372" s="6" t="s">
         <v>745</v>
       </c>
     </row>
     <row r="373" spans="1:4">
       <c r="A373" s="3">
-        <v>7067</v>
+        <v>7098</v>
       </c>
       <c r="B373" t="s">
         <v>746</v>
       </c>
       <c r="C373" s="5">
-        <v>20.0</v>
+        <v>18.0</v>
       </c>
       <c r="D373" s="6" t="s">
         <v>747</v>
       </c>
     </row>
     <row r="374" spans="1:4">
       <c r="A374" s="3">
-        <v>7068</v>
+        <v>7099</v>
       </c>
       <c r="B374" t="s">
         <v>748</v>
       </c>
       <c r="C374" s="5">
-        <v>22.0</v>
+        <v>24.0</v>
       </c>
       <c r="D374" s="6" t="s">
         <v>749</v>
       </c>
     </row>
     <row r="375" spans="1:4">
       <c r="A375" s="3">
-        <v>7069</v>
+        <v>7100</v>
       </c>
       <c r="B375" t="s">
         <v>750</v>
       </c>
       <c r="C375" s="5">
-        <v>18.0</v>
+        <v>30.0</v>
       </c>
       <c r="D375" s="6" t="s">
         <v>751</v>
       </c>
     </row>
     <row r="376" spans="1:4">
       <c r="A376" s="3">
-        <v>7064</v>
+        <v>7101</v>
       </c>
       <c r="B376" t="s">
         <v>752</v>
       </c>
       <c r="C376" s="5">
-        <v>16.25</v>
+        <v>36.0</v>
       </c>
       <c r="D376" s="6" t="s">
         <v>753</v>
       </c>
     </row>
     <row r="377" spans="1:4">
       <c r="A377" s="3">
-        <v>7065</v>
+        <v>7102</v>
       </c>
       <c r="B377" t="s">
         <v>754</v>
       </c>
       <c r="C377" s="5">
-        <v>22.0</v>
+        <v>40.0</v>
       </c>
       <c r="D377" s="6" t="s">
         <v>755</v>
       </c>
     </row>
     <row r="378" spans="1:4">
       <c r="A378" s="3">
-        <v>7063</v>
+        <v>7103</v>
       </c>
       <c r="B378" t="s">
         <v>756</v>
       </c>
       <c r="C378" s="5">
-        <v>25.0</v>
+        <v>48.0</v>
       </c>
       <c r="D378" s="6" t="s">
         <v>757</v>
       </c>
     </row>
     <row r="379" spans="1:4">
       <c r="A379" s="3">
-        <v>6399</v>
+        <v>7104</v>
       </c>
       <c r="B379" t="s">
         <v>758</v>
       </c>
       <c r="C379" s="5">
-        <v>24.74</v>
+        <v>54.0</v>
       </c>
       <c r="D379" s="6" t="s">
         <v>759</v>
       </c>
     </row>
     <row r="380" spans="1:4">
       <c r="A380" s="3">
-        <v>6400</v>
+        <v>7105</v>
       </c>
       <c r="B380" t="s">
         <v>760</v>
       </c>
       <c r="C380" s="5">
-        <v>24.75</v>
+        <v>60.0</v>
       </c>
       <c r="D380" s="6" t="s">
         <v>761</v>
       </c>
     </row>
     <row r="381" spans="1:4">
       <c r="A381" s="3">
-        <v>7031</v>
+        <v>7091</v>
       </c>
       <c r="B381" t="s">
         <v>762</v>
       </c>
       <c r="C381" s="5">
-        <v>18.88</v>
+        <v>4.35</v>
       </c>
       <c r="D381" s="6" t="s">
         <v>763</v>
       </c>
     </row>
     <row r="382" spans="1:4">
       <c r="A382" s="3">
-        <v>7027</v>
+        <v>7092</v>
       </c>
       <c r="B382" t="s">
         <v>764</v>
       </c>
       <c r="C382" s="5">
-        <v>14.16</v>
+        <v>4.45</v>
       </c>
       <c r="D382" s="6" t="s">
         <v>765</v>
       </c>
     </row>
     <row r="383" spans="1:4">
       <c r="A383" s="3">
-        <v>7029</v>
+        <v>7093</v>
       </c>
       <c r="B383" t="s">
         <v>766</v>
       </c>
       <c r="C383" s="5">
-        <v>16.52</v>
+        <v>4.65</v>
       </c>
       <c r="D383" s="6" t="s">
         <v>767</v>
       </c>
     </row>
     <row r="384" spans="1:4">
       <c r="A384" s="3">
-        <v>7030</v>
+        <v>7071</v>
       </c>
       <c r="B384" t="s">
         <v>768</v>
       </c>
       <c r="C384" s="5">
-        <v>17.7</v>
+        <v>18.0</v>
       </c>
       <c r="D384" s="6" t="s">
         <v>769</v>
       </c>
     </row>
     <row r="385" spans="1:4">
       <c r="A385" s="3">
-        <v>7017</v>
+        <v>7070</v>
       </c>
       <c r="B385" t="s">
         <v>770</v>
       </c>
       <c r="C385" s="5">
-        <v>17.6</v>
+        <v>14.25</v>
       </c>
       <c r="D385" s="6" t="s">
         <v>771</v>
       </c>
     </row>
     <row r="386" spans="1:4">
       <c r="A386" s="3">
-        <v>7018</v>
+        <v>7066</v>
       </c>
       <c r="B386" t="s">
         <v>772</v>
       </c>
       <c r="C386" s="5">
-        <v>25.96</v>
+        <v>18.0</v>
       </c>
       <c r="D386" s="6" t="s">
         <v>773</v>
       </c>
     </row>
     <row r="387" spans="1:4">
       <c r="A387" s="3">
-        <v>7019</v>
+        <v>7067</v>
       </c>
       <c r="B387" t="s">
         <v>774</v>
       </c>
       <c r="C387" s="5">
-        <v>28.32</v>
+        <v>20.0</v>
       </c>
       <c r="D387" s="6" t="s">
         <v>775</v>
       </c>
     </row>
     <row r="388" spans="1:4">
       <c r="A388" s="3">
-        <v>7020</v>
+        <v>7068</v>
       </c>
       <c r="B388" t="s">
         <v>776</v>
       </c>
       <c r="C388" s="5">
-        <v>30.68</v>
+        <v>22.0</v>
       </c>
       <c r="D388" s="6" t="s">
         <v>777</v>
       </c>
     </row>
     <row r="389" spans="1:4">
       <c r="A389" s="3">
-        <v>7021</v>
+        <v>7069</v>
       </c>
       <c r="B389" t="s">
         <v>778</v>
       </c>
       <c r="C389" s="5">
-        <v>33.039999999999999</v>
+        <v>18.0</v>
       </c>
       <c r="D389" s="6" t="s">
         <v>779</v>
       </c>
     </row>
     <row r="390" spans="1:4">
       <c r="A390" s="3">
-        <v>7022</v>
+        <v>7064</v>
       </c>
       <c r="B390" t="s">
         <v>780</v>
       </c>
       <c r="C390" s="5">
-        <v>35.4</v>
+        <v>16.25</v>
       </c>
       <c r="D390" s="6" t="s">
         <v>781</v>
       </c>
     </row>
     <row r="391" spans="1:4">
       <c r="A391" s="3">
-        <v>7023</v>
+        <v>7065</v>
       </c>
       <c r="B391" t="s">
         <v>782</v>
       </c>
       <c r="C391" s="5">
-        <v>37.76</v>
+        <v>22.0</v>
       </c>
       <c r="D391" s="6" t="s">
         <v>783</v>
       </c>
     </row>
     <row r="392" spans="1:4">
       <c r="A392" s="3">
-        <v>7024</v>
+        <v>7063</v>
       </c>
       <c r="B392" t="s">
         <v>784</v>
       </c>
       <c r="C392" s="5">
-        <v>42.48</v>
+        <v>25.0</v>
       </c>
       <c r="D392" s="6" t="s">
         <v>785</v>
       </c>
     </row>
     <row r="393" spans="1:4">
       <c r="A393" s="3">
-        <v>7025</v>
+        <v>6399</v>
       </c>
       <c r="B393" t="s">
         <v>786</v>
       </c>
       <c r="C393" s="5">
-        <v>47.2</v>
+        <v>24.74</v>
       </c>
       <c r="D393" s="6" t="s">
         <v>787</v>
       </c>
     </row>
     <row r="394" spans="1:4">
       <c r="A394" s="3">
-        <v>7026</v>
+        <v>6400</v>
       </c>
       <c r="B394" t="s">
         <v>788</v>
       </c>
       <c r="C394" s="5">
-        <v>12.98</v>
+        <v>24.75</v>
       </c>
       <c r="D394" s="6" t="s">
         <v>789</v>
       </c>
     </row>
     <row r="395" spans="1:4">
       <c r="A395" s="3">
-        <v>7010</v>
+        <v>7031</v>
       </c>
       <c r="B395" t="s">
         <v>790</v>
       </c>
       <c r="C395" s="5">
-        <v>9.68</v>
+        <v>18.88</v>
       </c>
       <c r="D395" s="6" t="s">
         <v>791</v>
       </c>
     </row>
     <row r="396" spans="1:4">
       <c r="A396" s="3">
-        <v>7011</v>
+        <v>7027</v>
       </c>
       <c r="B396" t="s">
         <v>792</v>
       </c>
       <c r="C396" s="5">
-        <v>10.56</v>
+        <v>14.16</v>
       </c>
       <c r="D396" s="6" t="s">
         <v>793</v>
       </c>
     </row>
     <row r="397" spans="1:4">
       <c r="A397" s="3">
-        <v>7012</v>
+        <v>7029</v>
       </c>
       <c r="B397" t="s">
         <v>794</v>
       </c>
       <c r="C397" s="5">
-        <v>11.44</v>
+        <v>16.52</v>
       </c>
       <c r="D397" s="6" t="s">
         <v>795</v>
       </c>
     </row>
     <row r="398" spans="1:4">
       <c r="A398" s="3">
-        <v>7013</v>
+        <v>7030</v>
       </c>
       <c r="B398" t="s">
         <v>796</v>
       </c>
       <c r="C398" s="5">
-        <v>12.32</v>
+        <v>17.7</v>
       </c>
       <c r="D398" s="6" t="s">
         <v>797</v>
       </c>
     </row>
     <row r="399" spans="1:4">
       <c r="A399" s="3">
-        <v>7014</v>
+        <v>7017</v>
       </c>
       <c r="B399" t="s">
         <v>798</v>
       </c>
       <c r="C399" s="5">
-        <v>13.2</v>
+        <v>17.6</v>
       </c>
       <c r="D399" s="6" t="s">
         <v>799</v>
       </c>
     </row>
     <row r="400" spans="1:4">
       <c r="A400" s="3">
-        <v>7015</v>
+        <v>7018</v>
       </c>
       <c r="B400" t="s">
         <v>800</v>
       </c>
       <c r="C400" s="5">
-        <v>14.08</v>
+        <v>25.96</v>
       </c>
       <c r="D400" s="6" t="s">
         <v>801</v>
       </c>
     </row>
     <row r="401" spans="1:4">
       <c r="A401" s="3">
-        <v>7016</v>
+        <v>7019</v>
       </c>
       <c r="B401" t="s">
         <v>802</v>
       </c>
       <c r="C401" s="5">
-        <v>15.84</v>
+        <v>28.32</v>
       </c>
       <c r="D401" s="6" t="s">
         <v>803</v>
       </c>
     </row>
     <row r="402" spans="1:4">
       <c r="A402" s="3">
-        <v>5236</v>
+        <v>7020</v>
       </c>
       <c r="B402" t="s">
         <v>804</v>
       </c>
       <c r="C402" s="5">
-        <v>925.0</v>
+        <v>30.68</v>
       </c>
       <c r="D402" s="6" t="s">
         <v>805</v>
       </c>
     </row>
     <row r="403" spans="1:4">
       <c r="A403" s="3">
-        <v>5237</v>
+        <v>7021</v>
       </c>
       <c r="B403" t="s">
         <v>806</v>
       </c>
       <c r="C403" s="5">
-        <v>925.0</v>
+        <v>33.039999999999999</v>
       </c>
       <c r="D403" s="6" t="s">
         <v>807</v>
       </c>
     </row>
     <row r="404" spans="1:4">
       <c r="A404" s="3">
-        <v>7035</v>
+        <v>7022</v>
       </c>
       <c r="B404" t="s">
         <v>808</v>
       </c>
       <c r="C404" s="5">
-        <v>6.0</v>
+        <v>35.4</v>
       </c>
       <c r="D404" s="6" t="s">
         <v>809</v>
       </c>
     </row>
     <row r="405" spans="1:4">
       <c r="A405" s="3">
-        <v>7036</v>
+        <v>7023</v>
       </c>
       <c r="B405" t="s">
         <v>810</v>
       </c>
       <c r="C405" s="5">
-        <v>8.0</v>
+        <v>37.76</v>
       </c>
       <c r="D405" s="6" t="s">
         <v>811</v>
       </c>
     </row>
     <row r="406" spans="1:4">
       <c r="A406" s="3">
-        <v>7037</v>
+        <v>7024</v>
       </c>
       <c r="B406" t="s">
         <v>812</v>
       </c>
       <c r="C406" s="5">
-        <v>5.0</v>
+        <v>48.0</v>
       </c>
       <c r="D406" s="6" t="s">
         <v>813</v>
       </c>
     </row>
     <row r="407" spans="1:4">
       <c r="A407" s="3">
-        <v>7038</v>
+        <v>7025</v>
       </c>
       <c r="B407" t="s">
         <v>814</v>
       </c>
       <c r="C407" s="5">
-        <v>7.5</v>
+        <v>47.2</v>
       </c>
       <c r="D407" s="6" t="s">
         <v>815</v>
       </c>
     </row>
     <row r="408" spans="1:4">
       <c r="A408" s="3">
-        <v>7039</v>
+        <v>7026</v>
       </c>
       <c r="B408" t="s">
         <v>816</v>
       </c>
       <c r="C408" s="5">
-        <v>10.0</v>
+        <v>12.98</v>
       </c>
       <c r="D408" s="6" t="s">
         <v>817</v>
       </c>
     </row>
     <row r="409" spans="1:4">
       <c r="A409" s="3">
-        <v>5142</v>
+        <v>7010</v>
       </c>
       <c r="B409" t="s">
         <v>818</v>
       </c>
       <c r="C409" s="5">
-        <v>3.0</v>
+        <v>9.68</v>
       </c>
       <c r="D409" s="6" t="s">
         <v>819</v>
       </c>
     </row>
     <row r="410" spans="1:4">
       <c r="A410" s="3">
-        <v>5143</v>
+        <v>7011</v>
       </c>
       <c r="B410" t="s">
         <v>820</v>
       </c>
       <c r="C410" s="5">
-        <v>4.5</v>
+        <v>10.56</v>
       </c>
       <c r="D410" s="6" t="s">
         <v>821</v>
       </c>
     </row>
     <row r="411" spans="1:4">
       <c r="A411" s="3">
-        <v>5152</v>
+        <v>7012</v>
       </c>
       <c r="B411" t="s">
         <v>822</v>
       </c>
       <c r="C411" s="5">
-        <v>20.0</v>
+        <v>11.44</v>
       </c>
       <c r="D411" s="6" t="s">
         <v>823</v>
       </c>
     </row>
     <row r="412" spans="1:4">
       <c r="A412" s="3">
-        <v>5153</v>
+        <v>7013</v>
       </c>
       <c r="B412" t="s">
         <v>824</v>
       </c>
       <c r="C412" s="5">
-        <v>30.0</v>
+        <v>12.32</v>
       </c>
       <c r="D412" s="6" t="s">
         <v>825</v>
       </c>
     </row>
     <row r="413" spans="1:4">
       <c r="A413" s="3">
-        <v>5154</v>
+        <v>7014</v>
       </c>
       <c r="B413" t="s">
         <v>826</v>
       </c>
       <c r="C413" s="5">
-        <v>40.0</v>
+        <v>13.2</v>
       </c>
       <c r="D413" s="6" t="s">
         <v>827</v>
       </c>
     </row>
     <row r="414" spans="1:4">
       <c r="A414" s="3">
-        <v>5155</v>
+        <v>7015</v>
       </c>
       <c r="B414" t="s">
         <v>828</v>
       </c>
       <c r="C414" s="5">
-        <v>6.0</v>
+        <v>14.08</v>
       </c>
       <c r="D414" s="6" t="s">
         <v>829</v>
       </c>
     </row>
     <row r="415" spans="1:4">
       <c r="A415" s="3">
-        <v>7034</v>
+        <v>7016</v>
       </c>
       <c r="B415" t="s">
         <v>830</v>
       </c>
       <c r="C415" s="5">
-        <v>4.0</v>
+        <v>15.84</v>
       </c>
       <c r="D415" s="6" t="s">
         <v>831</v>
       </c>
     </row>
     <row r="416" spans="1:4">
       <c r="A416" s="3">
-        <v>5141</v>
+        <v>5236</v>
       </c>
       <c r="B416" t="s">
         <v>832</v>
       </c>
       <c r="C416" s="5">
-        <v>1.35</v>
+        <v>925.0</v>
       </c>
       <c r="D416" s="6" t="s">
         <v>833</v>
       </c>
     </row>
     <row r="417" spans="1:4">
       <c r="A417" s="3">
-        <v>6401</v>
+        <v>5237</v>
       </c>
       <c r="B417" t="s">
         <v>834</v>
       </c>
       <c r="C417" s="5">
-        <v>4.8</v>
+        <v>925.0</v>
       </c>
       <c r="D417" s="6" t="s">
         <v>835</v>
       </c>
     </row>
     <row r="418" spans="1:4">
       <c r="A418" s="3">
-        <v>6402</v>
+        <v>7035</v>
       </c>
       <c r="B418" t="s">
         <v>836</v>
       </c>
       <c r="C418" s="5">
-        <v>9.6</v>
+        <v>6.0</v>
       </c>
       <c r="D418" s="6" t="s">
         <v>837</v>
       </c>
     </row>
     <row r="419" spans="1:4">
       <c r="A419" s="3">
-        <v>6938</v>
+        <v>7036</v>
       </c>
       <c r="B419" t="s">
         <v>838</v>
       </c>
       <c r="C419" s="5">
-        <v>14.75</v>
+        <v>8.0</v>
       </c>
       <c r="D419" s="6" t="s">
         <v>839</v>
       </c>
     </row>
     <row r="420" spans="1:4">
       <c r="A420" s="3">
-        <v>6826</v>
+        <v>7037</v>
       </c>
       <c r="B420" t="s">
         <v>840</v>
       </c>
       <c r="C420" s="5">
-        <v>36.0</v>
+        <v>5.0</v>
       </c>
       <c r="D420" s="6" t="s">
         <v>841</v>
       </c>
     </row>
     <row r="421" spans="1:4">
       <c r="A421" s="3">
-        <v>6827</v>
+        <v>7038</v>
       </c>
       <c r="B421" t="s">
         <v>842</v>
       </c>
       <c r="C421" s="5">
-        <v>38.0</v>
+        <v>7.5</v>
       </c>
       <c r="D421" s="6" t="s">
         <v>843</v>
       </c>
     </row>
     <row r="422" spans="1:4">
       <c r="A422" s="3">
-        <v>6828</v>
+        <v>7039</v>
       </c>
       <c r="B422" t="s">
         <v>844</v>
       </c>
       <c r="C422" s="5">
-        <v>40.0</v>
+        <v>10.0</v>
       </c>
       <c r="D422" s="6" t="s">
         <v>845</v>
       </c>
     </row>
     <row r="423" spans="1:4">
       <c r="A423" s="3">
-        <v>6829</v>
+        <v>5142</v>
       </c>
       <c r="B423" t="s">
         <v>846</v>
       </c>
       <c r="C423" s="5">
-        <v>42.0</v>
+        <v>3.0</v>
       </c>
       <c r="D423" s="6" t="s">
         <v>847</v>
       </c>
     </row>
     <row r="424" spans="1:4">
       <c r="A424" s="3">
-        <v>6815</v>
+        <v>5143</v>
       </c>
       <c r="B424" t="s">
         <v>848</v>
       </c>
       <c r="C424" s="5">
-        <v>15.0</v>
+        <v>4.5</v>
       </c>
       <c r="D424" s="6" t="s">
         <v>849</v>
       </c>
     </row>
     <row r="425" spans="1:4">
       <c r="A425" s="3">
-        <v>6816</v>
+        <v>5152</v>
       </c>
       <c r="B425" t="s">
         <v>850</v>
       </c>
       <c r="C425" s="5">
-        <v>16.0</v>
+        <v>20.0</v>
       </c>
       <c r="D425" s="6" t="s">
         <v>851</v>
       </c>
     </row>
     <row r="426" spans="1:4">
       <c r="A426" s="3">
-        <v>6817</v>
+        <v>5153</v>
       </c>
       <c r="B426" t="s">
         <v>852</v>
       </c>
       <c r="C426" s="5">
-        <v>17.0</v>
+        <v>30.0</v>
       </c>
       <c r="D426" s="6" t="s">
         <v>853</v>
       </c>
     </row>
     <row r="427" spans="1:4">
       <c r="A427" s="3">
-        <v>6818</v>
+        <v>5154</v>
       </c>
       <c r="B427" t="s">
         <v>854</v>
       </c>
       <c r="C427" s="5">
-        <v>18.0</v>
+        <v>40.0</v>
       </c>
       <c r="D427" s="6" t="s">
         <v>855</v>
       </c>
     </row>
     <row r="428" spans="1:4">
       <c r="A428" s="3">
-        <v>6819</v>
+        <v>5155</v>
       </c>
       <c r="B428" t="s">
         <v>856</v>
       </c>
       <c r="C428" s="5">
-        <v>20.0</v>
+        <v>6.0</v>
       </c>
       <c r="D428" s="6" t="s">
         <v>857</v>
       </c>
     </row>
     <row r="429" spans="1:4">
       <c r="A429" s="3">
-        <v>6820</v>
+        <v>7034</v>
       </c>
       <c r="B429" t="s">
         <v>858</v>
       </c>
       <c r="C429" s="5">
-        <v>24.0</v>
+        <v>4.0</v>
       </c>
       <c r="D429" s="6" t="s">
         <v>859</v>
       </c>
     </row>
     <row r="430" spans="1:4">
       <c r="A430" s="3">
-        <v>6821</v>
+        <v>5141</v>
       </c>
       <c r="B430" t="s">
         <v>860</v>
       </c>
       <c r="C430" s="5">
-        <v>26.0</v>
+        <v>1.35</v>
       </c>
       <c r="D430" s="6" t="s">
         <v>861</v>
       </c>
     </row>
     <row r="431" spans="1:4">
       <c r="A431" s="3">
-        <v>6822</v>
+        <v>6401</v>
       </c>
       <c r="B431" t="s">
         <v>862</v>
       </c>
       <c r="C431" s="5">
-        <v>28.0</v>
+        <v>4.8</v>
       </c>
       <c r="D431" s="6" t="s">
         <v>863</v>
       </c>
     </row>
     <row r="432" spans="1:4">
       <c r="A432" s="3">
-        <v>6823</v>
+        <v>6402</v>
       </c>
       <c r="B432" t="s">
         <v>864</v>
       </c>
       <c r="C432" s="5">
-        <v>30.0</v>
+        <v>9.6</v>
       </c>
       <c r="D432" s="6" t="s">
         <v>865</v>
       </c>
     </row>
     <row r="433" spans="1:4">
       <c r="A433" s="3">
-        <v>6824</v>
+        <v>6938</v>
       </c>
       <c r="B433" t="s">
         <v>866</v>
       </c>
       <c r="C433" s="5">
-        <v>32.0</v>
+        <v>14.75</v>
       </c>
       <c r="D433" s="6" t="s">
         <v>867</v>
       </c>
     </row>
     <row r="434" spans="1:4">
       <c r="A434" s="3">
-        <v>6825</v>
+        <v>6826</v>
       </c>
       <c r="B434" t="s">
         <v>868</v>
       </c>
       <c r="C434" s="5">
-        <v>34.0</v>
+        <v>36.0</v>
       </c>
       <c r="D434" s="6" t="s">
         <v>869</v>
       </c>
     </row>
     <row r="435" spans="1:4">
       <c r="A435" s="3">
-        <v>6809</v>
+        <v>6827</v>
       </c>
       <c r="B435" t="s">
         <v>870</v>
       </c>
       <c r="C435" s="5">
-        <v>30.0</v>
+        <v>38.0</v>
       </c>
       <c r="D435" s="6" t="s">
         <v>871</v>
       </c>
     </row>
     <row r="436" spans="1:4">
       <c r="A436" s="3">
-        <v>6810</v>
+        <v>6828</v>
       </c>
       <c r="B436" t="s">
         <v>872</v>
       </c>
       <c r="C436" s="5">
-        <v>32.0</v>
+        <v>40.0</v>
       </c>
       <c r="D436" s="6" t="s">
         <v>873</v>
       </c>
     </row>
     <row r="437" spans="1:4">
       <c r="A437" s="3">
-        <v>6811</v>
+        <v>6829</v>
       </c>
       <c r="B437" t="s">
         <v>874</v>
       </c>
       <c r="C437" s="5">
-        <v>35.0</v>
+        <v>42.0</v>
       </c>
       <c r="D437" s="6" t="s">
         <v>875</v>
       </c>
     </row>
     <row r="438" spans="1:4">
       <c r="A438" s="3">
-        <v>6812</v>
+        <v>6815</v>
       </c>
       <c r="B438" t="s">
         <v>876</v>
       </c>
       <c r="C438" s="5">
-        <v>36.0</v>
+        <v>15.0</v>
       </c>
       <c r="D438" s="6" t="s">
         <v>877</v>
       </c>
     </row>
     <row r="439" spans="1:4">
       <c r="A439" s="3">
-        <v>6813</v>
+        <v>6816</v>
       </c>
       <c r="B439" t="s">
         <v>878</v>
       </c>
       <c r="C439" s="5">
-        <v>37.0</v>
+        <v>16.0</v>
       </c>
       <c r="D439" s="6" t="s">
         <v>879</v>
       </c>
     </row>
     <row r="440" spans="1:4">
       <c r="A440" s="3">
-        <v>6814</v>
+        <v>6817</v>
       </c>
       <c r="B440" t="s">
         <v>880</v>
       </c>
       <c r="C440" s="5">
-        <v>38.0</v>
+        <v>17.0</v>
       </c>
       <c r="D440" s="6" t="s">
         <v>881</v>
       </c>
     </row>
     <row r="441" spans="1:4">
       <c r="A441" s="3">
-        <v>6800</v>
+        <v>6818</v>
       </c>
       <c r="B441" t="s">
         <v>882</v>
       </c>
       <c r="C441" s="5">
-        <v>10.0</v>
+        <v>18.0</v>
       </c>
       <c r="D441" s="6" t="s">
         <v>883</v>
       </c>
     </row>
     <row r="442" spans="1:4">
       <c r="A442" s="3">
-        <v>6801</v>
+        <v>6819</v>
       </c>
       <c r="B442" t="s">
         <v>884</v>
       </c>
       <c r="C442" s="5">
-        <v>12.0</v>
+        <v>20.0</v>
       </c>
       <c r="D442" s="6" t="s">
         <v>885</v>
       </c>
     </row>
     <row r="443" spans="1:4">
       <c r="A443" s="3">
-        <v>6802</v>
+        <v>6820</v>
       </c>
       <c r="B443" t="s">
         <v>886</v>
       </c>
       <c r="C443" s="5">
-        <v>13.0</v>
+        <v>24.0</v>
       </c>
       <c r="D443" s="6" t="s">
         <v>887</v>
       </c>
     </row>
     <row r="444" spans="1:4">
       <c r="A444" s="3">
-        <v>6803</v>
+        <v>6821</v>
       </c>
       <c r="B444" t="s">
         <v>888</v>
       </c>
       <c r="C444" s="5">
-        <v>15.0</v>
+        <v>26.0</v>
       </c>
       <c r="D444" s="6" t="s">
         <v>889</v>
       </c>
     </row>
     <row r="445" spans="1:4">
       <c r="A445" s="3">
-        <v>6804</v>
+        <v>6822</v>
       </c>
       <c r="B445" t="s">
         <v>890</v>
       </c>
       <c r="C445" s="5">
-        <v>18.0</v>
+        <v>28.0</v>
       </c>
       <c r="D445" s="6" t="s">
         <v>891</v>
       </c>
     </row>
     <row r="446" spans="1:4">
       <c r="A446" s="3">
-        <v>6805</v>
+        <v>6823</v>
       </c>
       <c r="B446" t="s">
         <v>892</v>
       </c>
       <c r="C446" s="5">
-        <v>20.0</v>
+        <v>30.0</v>
       </c>
       <c r="D446" s="6" t="s">
         <v>893</v>
       </c>
     </row>
     <row r="447" spans="1:4">
       <c r="A447" s="3">
-        <v>6806</v>
+        <v>6824</v>
       </c>
       <c r="B447" t="s">
         <v>894</v>
       </c>
       <c r="C447" s="5">
-        <v>22.0</v>
+        <v>32.0</v>
       </c>
       <c r="D447" s="6" t="s">
         <v>895</v>
       </c>
     </row>
     <row r="448" spans="1:4">
       <c r="A448" s="3">
-        <v>6807</v>
+        <v>6825</v>
       </c>
       <c r="B448" t="s">
         <v>896</v>
       </c>
       <c r="C448" s="5">
-        <v>25.0</v>
+        <v>34.0</v>
       </c>
       <c r="D448" s="6" t="s">
         <v>897</v>
       </c>
     </row>
     <row r="449" spans="1:4">
       <c r="A449" s="3">
-        <v>6808</v>
+        <v>6809</v>
       </c>
       <c r="B449" t="s">
         <v>898</v>
       </c>
       <c r="C449" s="5">
-        <v>28.0</v>
+        <v>30.0</v>
       </c>
       <c r="D449" s="6" t="s">
         <v>899</v>
       </c>
     </row>
     <row r="450" spans="1:4">
       <c r="A450" s="3">
-        <v>6925</v>
+        <v>6810</v>
       </c>
       <c r="B450" t="s">
         <v>900</v>
       </c>
       <c r="C450" s="5">
-        <v>3.16</v>
+        <v>32.0</v>
       </c>
       <c r="D450" s="6" t="s">
         <v>901</v>
       </c>
     </row>
     <row r="451" spans="1:4">
       <c r="A451" s="3">
-        <v>6930</v>
+        <v>6811</v>
       </c>
       <c r="B451" t="s">
         <v>902</v>
       </c>
       <c r="C451" s="5">
-        <v>2.3</v>
+        <v>35.0</v>
       </c>
       <c r="D451" s="6" t="s">
         <v>903</v>
       </c>
     </row>
     <row r="452" spans="1:4">
       <c r="A452" s="3">
-        <v>6931</v>
+        <v>6812</v>
       </c>
       <c r="B452" t="s">
         <v>904</v>
       </c>
       <c r="C452" s="5">
-        <v>3.16</v>
+        <v>36.0</v>
       </c>
       <c r="D452" s="6" t="s">
         <v>905</v>
       </c>
     </row>
     <row r="453" spans="1:4">
       <c r="A453" s="3">
-        <v>6932</v>
+        <v>6813</v>
       </c>
       <c r="B453" t="s">
         <v>906</v>
       </c>
       <c r="C453" s="5">
-        <v>4.18</v>
+        <v>37.0</v>
       </c>
       <c r="D453" s="6" t="s">
         <v>907</v>
       </c>
     </row>
     <row r="454" spans="1:4">
       <c r="A454" s="3">
-        <v>6933</v>
+        <v>6814</v>
       </c>
       <c r="B454" t="s">
         <v>908</v>
       </c>
       <c r="C454" s="5">
-        <v>4.76</v>
+        <v>38.0</v>
       </c>
       <c r="D454" s="6" t="s">
         <v>909</v>
       </c>
     </row>
     <row r="455" spans="1:4">
       <c r="A455" s="3">
-        <v>6934</v>
+        <v>6800</v>
       </c>
       <c r="B455" t="s">
         <v>910</v>
       </c>
       <c r="C455" s="5">
-        <v>5.62</v>
+        <v>10.0</v>
       </c>
       <c r="D455" s="6" t="s">
         <v>911</v>
       </c>
     </row>
     <row r="456" spans="1:4">
       <c r="A456" s="3">
-        <v>6935</v>
+        <v>6801</v>
       </c>
       <c r="B456" t="s">
         <v>912</v>
       </c>
       <c r="C456" s="5">
-        <v>6.34</v>
+        <v>12.0</v>
       </c>
       <c r="D456" s="6" t="s">
         <v>913</v>
       </c>
     </row>
     <row r="457" spans="1:4">
       <c r="A457" s="3">
-        <v>6936</v>
+        <v>6802</v>
       </c>
       <c r="B457" t="s">
         <v>914</v>
       </c>
       <c r="C457" s="5">
-        <v>7.94</v>
+        <v>13.0</v>
       </c>
       <c r="D457" s="6" t="s">
         <v>915</v>
       </c>
     </row>
     <row r="458" spans="1:4">
       <c r="A458" s="3">
-        <v>6921</v>
+        <v>6803</v>
       </c>
       <c r="B458" t="s">
         <v>916</v>
       </c>
       <c r="C458" s="5">
-        <v>1.25</v>
+        <v>15.0</v>
       </c>
       <c r="D458" s="6" t="s">
         <v>917</v>
       </c>
     </row>
     <row r="459" spans="1:4">
       <c r="A459" s="3">
-        <v>6922</v>
+        <v>6804</v>
       </c>
       <c r="B459" t="s">
         <v>918</v>
       </c>
       <c r="C459" s="5">
-        <v>1.75</v>
+        <v>18.0</v>
       </c>
       <c r="D459" s="6" t="s">
         <v>919</v>
       </c>
     </row>
     <row r="460" spans="1:4">
       <c r="A460" s="3">
-        <v>6923</v>
+        <v>6805</v>
       </c>
       <c r="B460" t="s">
         <v>920</v>
       </c>
       <c r="C460" s="5">
-        <v>2.3</v>
+        <v>20.0</v>
       </c>
       <c r="D460" s="6" t="s">
         <v>921</v>
       </c>
     </row>
     <row r="461" spans="1:4">
       <c r="A461" s="3">
-        <v>6924</v>
+        <v>6806</v>
       </c>
       <c r="B461" t="s">
         <v>922</v>
       </c>
       <c r="C461" s="5">
-        <v>2.74</v>
+        <v>22.0</v>
       </c>
       <c r="D461" s="6" t="s">
         <v>923</v>
       </c>
     </row>
     <row r="462" spans="1:4">
       <c r="A462" s="3">
-        <v>6926</v>
+        <v>6807</v>
       </c>
       <c r="B462" t="s">
         <v>924</v>
       </c>
       <c r="C462" s="5">
-        <v>3.74</v>
+        <v>25.0</v>
       </c>
       <c r="D462" s="6" t="s">
         <v>925</v>
       </c>
     </row>
     <row r="463" spans="1:4">
       <c r="A463" s="3">
-        <v>6927</v>
+        <v>6808</v>
       </c>
       <c r="B463" t="s">
         <v>926</v>
       </c>
       <c r="C463" s="5">
-        <v>4.18</v>
+        <v>28.0</v>
       </c>
       <c r="D463" s="6" t="s">
         <v>927</v>
       </c>
     </row>
     <row r="464" spans="1:4">
       <c r="A464" s="3">
-        <v>6928</v>
+        <v>6925</v>
       </c>
       <c r="B464" t="s">
         <v>928</v>
       </c>
       <c r="C464" s="5">
-        <v>4.76</v>
+        <v>3.16</v>
       </c>
       <c r="D464" s="6" t="s">
         <v>929</v>
       </c>
     </row>
     <row r="465" spans="1:4">
       <c r="A465" s="3">
-        <v>6929</v>
+        <v>6930</v>
       </c>
       <c r="B465" t="s">
         <v>930</v>
       </c>
       <c r="C465" s="5">
-        <v>5.62</v>
+        <v>2.3</v>
       </c>
       <c r="D465" s="6" t="s">
         <v>931</v>
       </c>
     </row>
     <row r="466" spans="1:4">
       <c r="A466" s="3">
-        <v>6715</v>
+        <v>6931</v>
       </c>
       <c r="B466" t="s">
         <v>932</v>
       </c>
       <c r="C466" s="5">
-        <v>3.4</v>
+        <v>3.16</v>
       </c>
       <c r="D466" s="6" t="s">
         <v>933</v>
       </c>
     </row>
     <row r="467" spans="1:4">
       <c r="A467" s="3">
-        <v>6716</v>
+        <v>6932</v>
       </c>
       <c r="B467" t="s">
         <v>934</v>
       </c>
       <c r="C467" s="5">
-        <v>5.1</v>
+        <v>4.18</v>
       </c>
       <c r="D467" s="6" t="s">
         <v>935</v>
       </c>
     </row>
     <row r="468" spans="1:4">
       <c r="A468" s="3">
-        <v>6717</v>
+        <v>6933</v>
       </c>
       <c r="B468" t="s">
         <v>936</v>
       </c>
       <c r="C468" s="5">
-        <v>6.8</v>
+        <v>4.76</v>
       </c>
       <c r="D468" s="6" t="s">
         <v>937</v>
       </c>
     </row>
     <row r="469" spans="1:4">
       <c r="A469" s="3">
-        <v>6718</v>
+        <v>6934</v>
       </c>
       <c r="B469" t="s">
         <v>938</v>
       </c>
       <c r="C469" s="5">
-        <v>6.8</v>
+        <v>5.62</v>
       </c>
       <c r="D469" s="6" t="s">
         <v>939</v>
       </c>
     </row>
     <row r="470" spans="1:4">
       <c r="A470" s="3">
-        <v>6719</v>
+        <v>6935</v>
       </c>
       <c r="B470" t="s">
         <v>940</v>
       </c>
       <c r="C470" s="5">
-        <v>10.2</v>
+        <v>6.34</v>
       </c>
       <c r="D470" s="6" t="s">
         <v>941</v>
       </c>
     </row>
     <row r="471" spans="1:4">
       <c r="A471" s="3">
-        <v>6720</v>
+        <v>6936</v>
       </c>
       <c r="B471" t="s">
         <v>942</v>
       </c>
       <c r="C471" s="5">
-        <v>13.6</v>
+        <v>8.75</v>
       </c>
       <c r="D471" s="6" t="s">
         <v>943</v>
       </c>
     </row>
     <row r="472" spans="1:4">
       <c r="A472" s="3">
-        <v>6721</v>
+        <v>6921</v>
       </c>
       <c r="B472" t="s">
         <v>944</v>
       </c>
       <c r="C472" s="5">
-        <v>17.0</v>
+        <v>1.25</v>
       </c>
       <c r="D472" s="6" t="s">
         <v>945</v>
       </c>
     </row>
     <row r="473" spans="1:4">
       <c r="A473" s="3">
-        <v>6722</v>
+        <v>6922</v>
       </c>
       <c r="B473" t="s">
         <v>946</v>
       </c>
       <c r="C473" s="5">
-        <v>20.4</v>
+        <v>1.75</v>
       </c>
       <c r="D473" s="6" t="s">
         <v>947</v>
       </c>
     </row>
     <row r="474" spans="1:4">
       <c r="A474" s="3">
-        <v>6723</v>
+        <v>6923</v>
       </c>
       <c r="B474" t="s">
         <v>948</v>
       </c>
       <c r="C474" s="5">
-        <v>23.8</v>
+        <v>2.3</v>
       </c>
       <c r="D474" s="6" t="s">
         <v>949</v>
       </c>
     </row>
     <row r="475" spans="1:4">
       <c r="A475" s="3">
-        <v>6724</v>
+        <v>6924</v>
       </c>
       <c r="B475" t="s">
         <v>950</v>
       </c>
       <c r="C475" s="5">
-        <v>27.2</v>
+        <v>2.74</v>
       </c>
       <c r="D475" s="6" t="s">
         <v>951</v>
       </c>
     </row>
     <row r="476" spans="1:4">
       <c r="A476" s="3">
-        <v>6725</v>
+        <v>6926</v>
       </c>
       <c r="B476" t="s">
         <v>952</v>
       </c>
       <c r="C476" s="5">
-        <v>30.6</v>
+        <v>3.74</v>
       </c>
       <c r="D476" s="6" t="s">
         <v>953</v>
       </c>
     </row>
     <row r="477" spans="1:4">
       <c r="A477" s="3">
-        <v>6726</v>
+        <v>6927</v>
       </c>
       <c r="B477" t="s">
         <v>954</v>
       </c>
       <c r="C477" s="5">
-        <v>34.0</v>
+        <v>4.18</v>
       </c>
       <c r="D477" s="6" t="s">
         <v>955</v>
       </c>
     </row>
     <row r="478" spans="1:4">
       <c r="A478" s="3">
-        <v>6702</v>
+        <v>6928</v>
       </c>
       <c r="B478" t="s">
         <v>956</v>
       </c>
       <c r="C478" s="5">
-        <v>3.45</v>
+        <v>4.76</v>
       </c>
       <c r="D478" s="6" t="s">
         <v>957</v>
       </c>
     </row>
     <row r="479" spans="1:4">
       <c r="A479" s="3">
-        <v>6703</v>
+        <v>6929</v>
       </c>
       <c r="B479" t="s">
         <v>958</v>
       </c>
       <c r="C479" s="5">
-        <v>5.1</v>
+        <v>5.62</v>
       </c>
       <c r="D479" s="6" t="s">
         <v>959</v>
       </c>
     </row>
     <row r="480" spans="1:4">
       <c r="A480" s="3">
-        <v>6704</v>
+        <v>6715</v>
       </c>
       <c r="B480" t="s">
         <v>960</v>
       </c>
       <c r="C480" s="5">
-        <v>6.8</v>
+        <v>3.4</v>
       </c>
       <c r="D480" s="6" t="s">
         <v>961</v>
       </c>
     </row>
     <row r="481" spans="1:4">
       <c r="A481" s="3">
-        <v>6705</v>
+        <v>6716</v>
       </c>
       <c r="B481" t="s">
         <v>962</v>
       </c>
       <c r="C481" s="5">
-        <v>6.8</v>
+        <v>5.1</v>
       </c>
       <c r="D481" s="6" t="s">
         <v>963</v>
       </c>
     </row>
     <row r="482" spans="1:4">
       <c r="A482" s="3">
-        <v>6706</v>
+        <v>6717</v>
       </c>
       <c r="B482" t="s">
         <v>964</v>
       </c>
       <c r="C482" s="5">
-        <v>10.2</v>
+        <v>6.8</v>
       </c>
       <c r="D482" s="6" t="s">
         <v>965</v>
       </c>
     </row>
     <row r="483" spans="1:4">
       <c r="A483" s="3">
-        <v>6707</v>
+        <v>6718</v>
       </c>
       <c r="B483" t="s">
         <v>966</v>
       </c>
       <c r="C483" s="5">
-        <v>13.6</v>
+        <v>6.8</v>
       </c>
       <c r="D483" s="6" t="s">
         <v>967</v>
       </c>
     </row>
     <row r="484" spans="1:4">
       <c r="A484" s="3">
-        <v>6708</v>
+        <v>6719</v>
       </c>
       <c r="B484" t="s">
         <v>968</v>
       </c>
       <c r="C484" s="5">
-        <v>17.0</v>
+        <v>10.2</v>
       </c>
       <c r="D484" s="6" t="s">
         <v>969</v>
       </c>
     </row>
     <row r="485" spans="1:4">
       <c r="A485" s="3">
-        <v>6709</v>
+        <v>6720</v>
       </c>
       <c r="B485" t="s">
         <v>970</v>
       </c>
       <c r="C485" s="5">
-        <v>20.4</v>
+        <v>13.6</v>
       </c>
       <c r="D485" s="6" t="s">
         <v>971</v>
       </c>
     </row>
     <row r="486" spans="1:4">
       <c r="A486" s="3">
-        <v>6710</v>
+        <v>6721</v>
       </c>
       <c r="B486" t="s">
         <v>972</v>
       </c>
       <c r="C486" s="5">
-        <v>23.8</v>
+        <v>17.0</v>
       </c>
       <c r="D486" s="6" t="s">
         <v>973</v>
       </c>
     </row>
     <row r="487" spans="1:4">
       <c r="A487" s="3">
-        <v>6711</v>
+        <v>6722</v>
       </c>
       <c r="B487" t="s">
         <v>974</v>
       </c>
       <c r="C487" s="5">
-        <v>27.2</v>
+        <v>20.4</v>
       </c>
       <c r="D487" s="6" t="s">
         <v>975</v>
       </c>
     </row>
     <row r="488" spans="1:4">
       <c r="A488" s="3">
-        <v>6712</v>
+        <v>6723</v>
       </c>
       <c r="B488" t="s">
         <v>976</v>
       </c>
       <c r="C488" s="5">
-        <v>30.6</v>
+        <v>23.8</v>
       </c>
       <c r="D488" s="6" t="s">
         <v>977</v>
       </c>
     </row>
     <row r="489" spans="1:4">
       <c r="A489" s="3">
-        <v>6713</v>
+        <v>6724</v>
       </c>
       <c r="B489" t="s">
         <v>978</v>
       </c>
       <c r="C489" s="5">
-        <v>34.0</v>
+        <v>27.2</v>
       </c>
       <c r="D489" s="6" t="s">
         <v>979</v>
       </c>
     </row>
     <row r="490" spans="1:4">
       <c r="A490" s="3">
-        <v>6688</v>
+        <v>6725</v>
       </c>
       <c r="B490" t="s">
         <v>980</v>
       </c>
       <c r="C490" s="5">
-        <v>5.4</v>
+        <v>30.6</v>
       </c>
       <c r="D490" s="6" t="s">
         <v>981</v>
       </c>
     </row>
     <row r="491" spans="1:4">
       <c r="A491" s="3">
-        <v>6689</v>
+        <v>6726</v>
       </c>
       <c r="B491" t="s">
         <v>982</v>
       </c>
       <c r="C491" s="5">
-        <v>8.1</v>
+        <v>34.0</v>
       </c>
       <c r="D491" s="6" t="s">
         <v>983</v>
       </c>
     </row>
     <row r="492" spans="1:4">
       <c r="A492" s="3">
-        <v>6690</v>
+        <v>6702</v>
       </c>
       <c r="B492" t="s">
         <v>984</v>
       </c>
       <c r="C492" s="5">
-        <v>10.78</v>
+        <v>3.45</v>
       </c>
       <c r="D492" s="6" t="s">
         <v>985</v>
       </c>
     </row>
     <row r="493" spans="1:4">
       <c r="A493" s="3">
-        <v>6691</v>
+        <v>6703</v>
       </c>
       <c r="B493" t="s">
         <v>986</v>
       </c>
       <c r="C493" s="5">
-        <v>10.78</v>
+        <v>5.1</v>
       </c>
       <c r="D493" s="6" t="s">
         <v>987</v>
       </c>
     </row>
     <row r="494" spans="1:4">
       <c r="A494" s="3">
-        <v>6692</v>
+        <v>6704</v>
       </c>
       <c r="B494" t="s">
         <v>988</v>
       </c>
       <c r="C494" s="5">
-        <v>16.18</v>
+        <v>6.8</v>
       </c>
       <c r="D494" s="6" t="s">
         <v>989</v>
       </c>
     </row>
     <row r="495" spans="1:4">
       <c r="A495" s="3">
-        <v>6693</v>
+        <v>6705</v>
       </c>
       <c r="B495" t="s">
         <v>990</v>
       </c>
       <c r="C495" s="5">
-        <v>21.58</v>
+        <v>6.8</v>
       </c>
       <c r="D495" s="6" t="s">
         <v>991</v>
       </c>
     </row>
     <row r="496" spans="1:4">
       <c r="A496" s="3">
-        <v>6694</v>
+        <v>6706</v>
       </c>
       <c r="B496" t="s">
         <v>992</v>
       </c>
       <c r="C496" s="5">
-        <v>26.94</v>
+        <v>10.2</v>
       </c>
       <c r="D496" s="6" t="s">
         <v>993</v>
       </c>
     </row>
     <row r="497" spans="1:4">
       <c r="A497" s="3">
-        <v>6695</v>
+        <v>6707</v>
       </c>
       <c r="B497" t="s">
         <v>994</v>
       </c>
       <c r="C497" s="5">
-        <v>32.36</v>
+        <v>13.6</v>
       </c>
       <c r="D497" s="6" t="s">
         <v>995</v>
       </c>
     </row>
     <row r="498" spans="1:4">
       <c r="A498" s="3">
-        <v>6696</v>
+        <v>6708</v>
       </c>
       <c r="B498" t="s">
         <v>996</v>
       </c>
       <c r="C498" s="5">
-        <v>37.74</v>
+        <v>17.0</v>
       </c>
       <c r="D498" s="6" t="s">
         <v>997</v>
       </c>
     </row>
     <row r="499" spans="1:4">
       <c r="A499" s="3">
-        <v>6697</v>
+        <v>6709</v>
       </c>
       <c r="B499" t="s">
         <v>998</v>
       </c>
       <c r="C499" s="5">
-        <v>43.14</v>
+        <v>20.4</v>
       </c>
       <c r="D499" s="6" t="s">
         <v>999</v>
       </c>
     </row>
     <row r="500" spans="1:4">
       <c r="A500" s="3">
-        <v>6698</v>
+        <v>6710</v>
       </c>
       <c r="B500" t="s">
         <v>1000</v>
       </c>
       <c r="C500" s="5">
-        <v>48.52</v>
+        <v>23.8</v>
       </c>
       <c r="D500" s="6" t="s">
         <v>1001</v>
       </c>
     </row>
     <row r="501" spans="1:4">
       <c r="A501" s="3">
-        <v>6699</v>
+        <v>6711</v>
       </c>
       <c r="B501" t="s">
         <v>1002</v>
       </c>
       <c r="C501" s="5">
-        <v>53.92</v>
+        <v>27.2</v>
       </c>
       <c r="D501" s="6" t="s">
         <v>1003</v>
       </c>
     </row>
     <row r="502" spans="1:4">
       <c r="A502" s="3">
-        <v>6700</v>
+        <v>6712</v>
       </c>
       <c r="B502" t="s">
         <v>1004</v>
       </c>
       <c r="C502" s="5">
-        <v>64.7</v>
+        <v>30.6</v>
       </c>
       <c r="D502" s="6" t="s">
         <v>1005</v>
       </c>
     </row>
     <row r="503" spans="1:4">
       <c r="A503" s="3">
-        <v>6701</v>
+        <v>6713</v>
       </c>
       <c r="B503" t="s">
         <v>1006</v>
       </c>
       <c r="C503" s="5">
-        <v>66.0</v>
+        <v>34.0</v>
       </c>
       <c r="D503" s="6" t="s">
         <v>1007</v>
       </c>
     </row>
     <row r="504" spans="1:4">
       <c r="A504" s="3">
-        <v>7166</v>
+        <v>6688</v>
       </c>
       <c r="B504" t="s">
         <v>1008</v>
       </c>
       <c r="C504" s="5">
-        <v>40.0</v>
+        <v>5.4</v>
       </c>
       <c r="D504" s="6" t="s">
         <v>1009</v>
       </c>
     </row>
     <row r="505" spans="1:4">
       <c r="A505" s="3">
-        <v>6714</v>
+        <v>6689</v>
       </c>
       <c r="B505" t="s">
         <v>1010</v>
       </c>
       <c r="C505" s="5">
-        <v>2.0</v>
+        <v>8.1</v>
       </c>
       <c r="D505" s="6" t="s">
         <v>1011</v>
       </c>
     </row>
     <row r="506" spans="1:4">
       <c r="A506" s="3">
-        <v>6727</v>
+        <v>6690</v>
       </c>
       <c r="B506" t="s">
         <v>1012</v>
       </c>
       <c r="C506" s="5">
-        <v>2.0</v>
+        <v>10.78</v>
       </c>
       <c r="D506" s="6" t="s">
         <v>1013</v>
       </c>
     </row>
     <row r="507" spans="1:4">
       <c r="A507" s="3">
-        <v>6618</v>
+        <v>6691</v>
       </c>
       <c r="B507" t="s">
         <v>1014</v>
       </c>
       <c r="C507" s="5">
-        <v>10.0</v>
+        <v>10.78</v>
       </c>
       <c r="D507" s="6" t="s">
         <v>1015</v>
       </c>
     </row>
     <row r="508" spans="1:4">
       <c r="A508" s="3">
-        <v>6612</v>
+        <v>6692</v>
       </c>
       <c r="B508" t="s">
         <v>1016</v>
       </c>
       <c r="C508" s="5">
-        <v>8.0</v>
+        <v>16.18</v>
       </c>
       <c r="D508" s="6" t="s">
         <v>1017</v>
       </c>
     </row>
     <row r="509" spans="1:4">
       <c r="A509" s="3">
-        <v>6613</v>
+        <v>6693</v>
       </c>
       <c r="B509" t="s">
         <v>1018</v>
       </c>
       <c r="C509" s="5">
-        <v>9.0</v>
+        <v>21.58</v>
       </c>
       <c r="D509" s="6" t="s">
         <v>1019</v>
       </c>
     </row>
     <row r="510" spans="1:4">
       <c r="A510" s="3">
-        <v>6614</v>
+        <v>6694</v>
       </c>
       <c r="B510" t="s">
         <v>1020</v>
       </c>
       <c r="C510" s="5">
-        <v>10.0</v>
+        <v>26.94</v>
       </c>
       <c r="D510" s="6" t="s">
         <v>1021</v>
       </c>
     </row>
     <row r="511" spans="1:4">
       <c r="A511" s="3">
-        <v>6615</v>
+        <v>6695</v>
       </c>
       <c r="B511" t="s">
         <v>1022</v>
       </c>
       <c r="C511" s="5">
-        <v>7.0</v>
+        <v>32.36</v>
       </c>
       <c r="D511" s="6" t="s">
         <v>1023</v>
       </c>
     </row>
     <row r="512" spans="1:4">
       <c r="A512" s="3">
-        <v>6616</v>
+        <v>6696</v>
       </c>
       <c r="B512" t="s">
         <v>1024</v>
       </c>
       <c r="C512" s="5">
-        <v>8.0</v>
+        <v>37.74</v>
       </c>
       <c r="D512" s="6" t="s">
         <v>1025</v>
       </c>
     </row>
     <row r="513" spans="1:4">
       <c r="A513" s="3">
-        <v>6617</v>
+        <v>6697</v>
       </c>
       <c r="B513" t="s">
         <v>1026</v>
       </c>
       <c r="C513" s="5">
-        <v>9.0</v>
+        <v>43.14</v>
       </c>
       <c r="D513" s="6" t="s">
         <v>1027</v>
       </c>
     </row>
     <row r="514" spans="1:4">
       <c r="A514" s="3">
-        <v>6607</v>
+        <v>6698</v>
       </c>
       <c r="B514" t="s">
         <v>1028</v>
       </c>
       <c r="C514" s="5">
-        <v>11.0</v>
+        <v>48.52</v>
       </c>
       <c r="D514" s="6" t="s">
         <v>1029</v>
       </c>
     </row>
     <row r="515" spans="1:4">
       <c r="A515" s="3">
-        <v>6608</v>
+        <v>6699</v>
       </c>
       <c r="B515" t="s">
         <v>1030</v>
       </c>
       <c r="C515" s="5">
-        <v>10.0</v>
+        <v>53.92</v>
       </c>
       <c r="D515" s="6" t="s">
         <v>1031</v>
       </c>
     </row>
     <row r="516" spans="1:4">
       <c r="A516" s="3">
-        <v>6609</v>
+        <v>6700</v>
       </c>
       <c r="B516" t="s">
         <v>1032</v>
       </c>
       <c r="C516" s="5">
-        <v>9.0</v>
+        <v>64.7</v>
       </c>
       <c r="D516" s="6" t="s">
         <v>1033</v>
       </c>
     </row>
     <row r="517" spans="1:4">
       <c r="A517" s="3">
-        <v>6610</v>
+        <v>6701</v>
       </c>
       <c r="B517" t="s">
         <v>1034</v>
       </c>
       <c r="C517" s="5">
-        <v>12.0</v>
+        <v>66.0</v>
       </c>
       <c r="D517" s="6" t="s">
         <v>1035</v>
       </c>
     </row>
     <row r="518" spans="1:4">
       <c r="A518" s="3">
-        <v>6611</v>
+        <v>7166</v>
       </c>
       <c r="B518" t="s">
         <v>1036</v>
       </c>
       <c r="C518" s="5">
-        <v>7.0</v>
+        <v>40.0</v>
       </c>
       <c r="D518" s="6" t="s">
         <v>1037</v>
       </c>
     </row>
     <row r="519" spans="1:4">
       <c r="A519" s="3">
-        <v>6600</v>
+        <v>6714</v>
       </c>
       <c r="B519" t="s">
         <v>1038</v>
       </c>
       <c r="C519" s="5">
-        <v>36.0</v>
+        <v>2.0</v>
       </c>
       <c r="D519" s="6" t="s">
         <v>1039</v>
       </c>
     </row>
     <row r="520" spans="1:4">
       <c r="A520" s="3">
-        <v>6601</v>
+        <v>6727</v>
       </c>
       <c r="B520" t="s">
         <v>1040</v>
       </c>
       <c r="C520" s="5">
-        <v>40.0</v>
+        <v>2.0</v>
       </c>
       <c r="D520" s="6" t="s">
         <v>1041</v>
       </c>
     </row>
     <row r="521" spans="1:4">
       <c r="A521" s="3">
-        <v>6597</v>
+        <v>6618</v>
       </c>
       <c r="B521" t="s">
         <v>1042</v>
       </c>
       <c r="C521" s="5">
-        <v>26.0</v>
+        <v>10.0</v>
       </c>
       <c r="D521" s="6" t="s">
         <v>1043</v>
       </c>
     </row>
     <row r="522" spans="1:4">
       <c r="A522" s="3">
-        <v>6598</v>
+        <v>6612</v>
       </c>
       <c r="B522" t="s">
         <v>1044</v>
       </c>
       <c r="C522" s="5">
-        <v>38.0</v>
+        <v>8.0</v>
       </c>
       <c r="D522" s="6" t="s">
         <v>1045</v>
       </c>
     </row>
     <row r="523" spans="1:4">
       <c r="A523" s="3">
-        <v>6599</v>
+        <v>6613</v>
       </c>
       <c r="B523" t="s">
         <v>1046</v>
       </c>
       <c r="C523" s="5">
-        <v>32.0</v>
+        <v>9.0</v>
       </c>
       <c r="D523" s="6" t="s">
         <v>1047</v>
       </c>
     </row>
     <row r="524" spans="1:4">
       <c r="A524" s="3">
-        <v>6629</v>
+        <v>6614</v>
       </c>
       <c r="B524" t="s">
         <v>1048</v>
       </c>
       <c r="C524" s="5">
-        <v>32.0</v>
+        <v>10.0</v>
       </c>
       <c r="D524" s="6" t="s">
         <v>1049</v>
       </c>
     </row>
     <row r="525" spans="1:4">
       <c r="A525" s="3">
-        <v>6603</v>
+        <v>6615</v>
       </c>
       <c r="B525" t="s">
         <v>1050</v>
       </c>
       <c r="C525" s="5">
-        <v>58.0</v>
+        <v>7.0</v>
       </c>
       <c r="D525" s="6" t="s">
         <v>1051</v>
       </c>
     </row>
     <row r="526" spans="1:4">
       <c r="A526" s="3">
-        <v>6602</v>
+        <v>6616</v>
       </c>
       <c r="B526" t="s">
         <v>1052</v>
       </c>
       <c r="C526" s="5">
-        <v>48.0</v>
+        <v>8.0</v>
       </c>
       <c r="D526" s="6" t="s">
         <v>1053</v>
       </c>
     </row>
     <row r="527" spans="1:4">
       <c r="A527" s="3">
-        <v>6595</v>
+        <v>6617</v>
       </c>
       <c r="B527" t="s">
         <v>1054</v>
       </c>
       <c r="C527" s="5">
-        <v>25.0</v>
+        <v>9.0</v>
       </c>
       <c r="D527" s="6" t="s">
         <v>1055</v>
       </c>
     </row>
     <row r="528" spans="1:4">
       <c r="A528" s="3">
-        <v>6596</v>
+        <v>6607</v>
       </c>
       <c r="B528" t="s">
         <v>1056</v>
       </c>
       <c r="C528" s="5">
-        <v>25.0</v>
+        <v>11.0</v>
       </c>
       <c r="D528" s="6" t="s">
         <v>1057</v>
       </c>
     </row>
     <row r="529" spans="1:4">
       <c r="A529" s="3">
-        <v>6590</v>
+        <v>6608</v>
       </c>
       <c r="B529" t="s">
         <v>1058</v>
       </c>
       <c r="C529" s="5">
-        <v>12.0</v>
+        <v>10.0</v>
       </c>
       <c r="D529" s="6" t="s">
         <v>1059</v>
       </c>
     </row>
     <row r="530" spans="1:4">
       <c r="A530" s="3">
-        <v>6591</v>
+        <v>6609</v>
       </c>
       <c r="B530" t="s">
         <v>1060</v>
       </c>
       <c r="C530" s="5">
-        <v>38.0</v>
+        <v>9.0</v>
       </c>
       <c r="D530" s="6" t="s">
         <v>1061</v>
       </c>
     </row>
     <row r="531" spans="1:4">
       <c r="A531" s="3">
-        <v>6592</v>
+        <v>6610</v>
       </c>
       <c r="B531" t="s">
         <v>1062</v>
       </c>
       <c r="C531" s="5">
-        <v>38.0</v>
+        <v>12.0</v>
       </c>
       <c r="D531" s="6" t="s">
         <v>1063</v>
       </c>
     </row>
     <row r="532" spans="1:4">
       <c r="A532" s="3">
-        <v>6593</v>
+        <v>6611</v>
       </c>
       <c r="B532" t="s">
         <v>1064</v>
       </c>
       <c r="C532" s="5">
-        <v>58.0</v>
+        <v>7.0</v>
       </c>
       <c r="D532" s="6" t="s">
         <v>1065</v>
       </c>
     </row>
     <row r="533" spans="1:4">
       <c r="A533" s="3">
-        <v>6594</v>
+        <v>6600</v>
       </c>
       <c r="B533" t="s">
         <v>1066</v>
       </c>
       <c r="C533" s="5">
-        <v>58.0</v>
+        <v>36.0</v>
       </c>
       <c r="D533" s="6" t="s">
         <v>1067</v>
       </c>
     </row>
     <row r="534" spans="1:4">
       <c r="A534" s="3">
-        <v>6588</v>
+        <v>6601</v>
       </c>
       <c r="B534" t="s">
         <v>1068</v>
       </c>
       <c r="C534" s="5">
-        <v>28.0</v>
+        <v>40.0</v>
       </c>
       <c r="D534" s="6" t="s">
         <v>1069</v>
       </c>
     </row>
     <row r="535" spans="1:4">
       <c r="A535" s="3">
-        <v>6589</v>
+        <v>6597</v>
       </c>
       <c r="B535" t="s">
         <v>1070</v>
       </c>
       <c r="C535" s="5">
-        <v>28.0</v>
+        <v>26.0</v>
       </c>
       <c r="D535" s="6" t="s">
         <v>1071</v>
       </c>
     </row>
     <row r="536" spans="1:4">
       <c r="A536" s="3">
-        <v>6574</v>
+        <v>6598</v>
       </c>
       <c r="B536" t="s">
         <v>1072</v>
       </c>
       <c r="C536" s="5">
-        <v>13.98</v>
+        <v>38.0</v>
       </c>
       <c r="D536" s="6" t="s">
         <v>1073</v>
       </c>
     </row>
     <row r="537" spans="1:4">
       <c r="A537" s="3">
-        <v>6575</v>
+        <v>6599</v>
       </c>
       <c r="B537" t="s">
         <v>1074</v>
       </c>
       <c r="C537" s="5">
-        <v>20.98</v>
+        <v>32.0</v>
       </c>
       <c r="D537" s="6" t="s">
         <v>1075</v>
       </c>
     </row>
     <row r="538" spans="1:4">
       <c r="A538" s="3">
-        <v>6576</v>
+        <v>6629</v>
       </c>
       <c r="B538" t="s">
         <v>1076</v>
       </c>
       <c r="C538" s="5">
-        <v>29.0</v>
+        <v>32.0</v>
       </c>
       <c r="D538" s="6" t="s">
         <v>1077</v>
       </c>
     </row>
     <row r="539" spans="1:4">
       <c r="A539" s="3">
-        <v>6577</v>
+        <v>6603</v>
       </c>
       <c r="B539" t="s">
         <v>1078</v>
       </c>
       <c r="C539" s="5">
-        <v>44.0</v>
+        <v>58.0</v>
       </c>
       <c r="D539" s="6" t="s">
         <v>1079</v>
       </c>
     </row>
     <row r="540" spans="1:4">
       <c r="A540" s="3">
-        <v>6578</v>
+        <v>6602</v>
       </c>
       <c r="B540" t="s">
         <v>1080</v>
       </c>
       <c r="C540" s="5">
-        <v>145.0</v>
+        <v>48.0</v>
       </c>
       <c r="D540" s="6" t="s">
         <v>1081</v>
       </c>
     </row>
     <row r="541" spans="1:4">
       <c r="A541" s="3">
-        <v>6579</v>
+        <v>6595</v>
       </c>
       <c r="B541" t="s">
         <v>1082</v>
       </c>
       <c r="C541" s="5">
-        <v>13.0</v>
+        <v>25.0</v>
       </c>
       <c r="D541" s="6" t="s">
         <v>1083</v>
       </c>
     </row>
     <row r="542" spans="1:4">
       <c r="A542" s="3">
-        <v>6580</v>
+        <v>6596</v>
       </c>
       <c r="B542" t="s">
         <v>1084</v>
       </c>
       <c r="C542" s="5">
-        <v>20.0</v>
+        <v>25.0</v>
       </c>
       <c r="D542" s="6" t="s">
         <v>1085</v>
       </c>
     </row>
     <row r="543" spans="1:4">
       <c r="A543" s="3">
-        <v>6581</v>
+        <v>6590</v>
       </c>
       <c r="B543" t="s">
         <v>1086</v>
       </c>
       <c r="C543" s="5">
-        <v>26.0</v>
+        <v>15.75</v>
       </c>
       <c r="D543" s="6" t="s">
         <v>1087</v>
       </c>
     </row>
     <row r="544" spans="1:4">
       <c r="A544" s="3">
-        <v>6582</v>
+        <v>6591</v>
       </c>
       <c r="B544" t="s">
         <v>1088</v>
       </c>
       <c r="C544" s="5">
-        <v>15.0</v>
+        <v>38.0</v>
       </c>
       <c r="D544" s="6" t="s">
         <v>1089</v>
       </c>
     </row>
     <row r="545" spans="1:4">
       <c r="A545" s="3">
-        <v>6583</v>
+        <v>6592</v>
       </c>
       <c r="B545" t="s">
         <v>1090</v>
       </c>
       <c r="C545" s="5">
-        <v>22.5</v>
+        <v>38.0</v>
       </c>
       <c r="D545" s="6" t="s">
         <v>1091</v>
       </c>
     </row>
     <row r="546" spans="1:4">
       <c r="A546" s="3">
-        <v>6587</v>
+        <v>6593</v>
       </c>
       <c r="B546" t="s">
         <v>1092</v>
       </c>
       <c r="C546" s="5">
-        <v>145.0</v>
+        <v>58.0</v>
       </c>
       <c r="D546" s="6" t="s">
         <v>1093</v>
       </c>
     </row>
     <row r="547" spans="1:4">
       <c r="A547" s="3">
-        <v>6558</v>
+        <v>6594</v>
       </c>
       <c r="B547" t="s">
         <v>1094</v>
       </c>
       <c r="C547" s="5">
-        <v>40.0</v>
+        <v>58.0</v>
       </c>
       <c r="D547" s="6" t="s">
         <v>1095</v>
       </c>
     </row>
     <row r="548" spans="1:4">
       <c r="A548" s="3">
-        <v>6559</v>
+        <v>6588</v>
       </c>
       <c r="B548" t="s">
         <v>1096</v>
       </c>
       <c r="C548" s="5">
-        <v>40.0</v>
+        <v>28.0</v>
       </c>
       <c r="D548" s="6" t="s">
         <v>1097</v>
       </c>
     </row>
     <row r="549" spans="1:4">
       <c r="A549" s="3">
-        <v>6560</v>
+        <v>6589</v>
       </c>
       <c r="B549" t="s">
         <v>1098</v>
       </c>
       <c r="C549" s="5">
-        <v>80.0</v>
+        <v>28.0</v>
       </c>
       <c r="D549" s="6" t="s">
         <v>1099</v>
       </c>
     </row>
     <row r="550" spans="1:4">
       <c r="A550" s="3">
-        <v>6561</v>
+        <v>6574</v>
       </c>
       <c r="B550" t="s">
         <v>1100</v>
       </c>
       <c r="C550" s="5">
-        <v>60.0</v>
+        <v>13.98</v>
       </c>
       <c r="D550" s="6" t="s">
         <v>1101</v>
       </c>
     </row>
     <row r="551" spans="1:4">
       <c r="A551" s="3">
-        <v>6562</v>
+        <v>6575</v>
       </c>
       <c r="B551" t="s">
         <v>1102</v>
       </c>
       <c r="C551" s="5">
-        <v>120.0</v>
+        <v>20.98</v>
       </c>
       <c r="D551" s="6" t="s">
         <v>1103</v>
       </c>
     </row>
     <row r="552" spans="1:4">
       <c r="A552" s="3">
-        <v>6556</v>
+        <v>6576</v>
       </c>
       <c r="B552" t="s">
         <v>1104</v>
       </c>
       <c r="C552" s="5">
-        <v>10.0</v>
+        <v>29.0</v>
       </c>
       <c r="D552" s="6" t="s">
         <v>1105</v>
       </c>
     </row>
     <row r="553" spans="1:4">
       <c r="A553" s="3">
-        <v>6557</v>
+        <v>6577</v>
       </c>
       <c r="B553" t="s">
         <v>1106</v>
       </c>
       <c r="C553" s="5">
-        <v>15.0</v>
+        <v>44.0</v>
       </c>
       <c r="D553" s="6" t="s">
         <v>1107</v>
       </c>
     </row>
     <row r="554" spans="1:4">
       <c r="A554" s="3">
-        <v>6488</v>
+        <v>6578</v>
       </c>
       <c r="B554" t="s">
         <v>1108</v>
       </c>
       <c r="C554" s="5">
-        <v>5.25</v>
+        <v>145.0</v>
       </c>
       <c r="D554" s="6" t="s">
         <v>1109</v>
       </c>
     </row>
     <row r="555" spans="1:4">
       <c r="A555" s="3">
-        <v>6490</v>
+        <v>6579</v>
       </c>
       <c r="B555" t="s">
         <v>1110</v>
       </c>
       <c r="C555" s="5">
-        <v>5.25</v>
+        <v>13.0</v>
       </c>
       <c r="D555" s="6" t="s">
         <v>1111</v>
       </c>
     </row>
     <row r="556" spans="1:4">
       <c r="A556" s="3">
-        <v>6491</v>
+        <v>6580</v>
       </c>
       <c r="B556" t="s">
         <v>1112</v>
       </c>
       <c r="C556" s="5">
-        <v>6.75</v>
+        <v>20.0</v>
       </c>
       <c r="D556" s="6" t="s">
         <v>1113</v>
       </c>
     </row>
     <row r="557" spans="1:4">
       <c r="A557" s="3">
-        <v>6543</v>
+        <v>6581</v>
       </c>
       <c r="B557" t="s">
         <v>1114</v>
       </c>
       <c r="C557" s="5">
-        <v>1600.0</v>
+        <v>26.0</v>
       </c>
       <c r="D557" s="6" t="s">
         <v>1115</v>
       </c>
     </row>
     <row r="558" spans="1:4">
       <c r="A558" s="3">
-        <v>6553</v>
+        <v>6582</v>
       </c>
       <c r="B558" t="s">
         <v>1116</v>
       </c>
       <c r="C558" s="5">
-        <v>9.83</v>
+        <v>15.0</v>
       </c>
       <c r="D558" s="6" t="s">
         <v>1117</v>
       </c>
     </row>
     <row r="559" spans="1:4">
       <c r="A559" s="3">
-        <v>6554</v>
+        <v>6583</v>
       </c>
       <c r="B559" t="s">
         <v>1118</v>
       </c>
       <c r="C559" s="5">
-        <v>19.65</v>
+        <v>22.5</v>
       </c>
       <c r="D559" s="6" t="s">
         <v>1119</v>
       </c>
     </row>
     <row r="560" spans="1:4">
       <c r="A560" s="3">
-        <v>6552</v>
+        <v>6587</v>
       </c>
       <c r="B560" t="s">
         <v>1120</v>
       </c>
       <c r="C560" s="5">
-        <v>20.0</v>
+        <v>145.0</v>
       </c>
       <c r="D560" s="6" t="s">
         <v>1121</v>
       </c>
     </row>
     <row r="561" spans="1:4">
       <c r="A561" s="3">
-        <v>6541</v>
+        <v>6558</v>
       </c>
       <c r="B561" t="s">
         <v>1122</v>
       </c>
       <c r="C561" s="5">
-        <v>3.75</v>
+        <v>40.0</v>
       </c>
       <c r="D561" s="6" t="s">
         <v>1123</v>
       </c>
     </row>
     <row r="562" spans="1:4">
       <c r="A562" s="3">
-        <v>7241</v>
+        <v>6559</v>
       </c>
       <c r="B562" t="s">
         <v>1124</v>
       </c>
       <c r="C562" s="5">
-        <v>4.25</v>
+        <v>40.0</v>
       </c>
       <c r="D562" s="6" t="s">
         <v>1125</v>
       </c>
     </row>
     <row r="563" spans="1:4">
       <c r="A563" s="3">
-        <v>6536</v>
+        <v>6560</v>
       </c>
       <c r="B563" t="s">
         <v>1126</v>
       </c>
       <c r="C563" s="5">
-        <v>6.75</v>
+        <v>80.0</v>
       </c>
       <c r="D563" s="6" t="s">
         <v>1127</v>
       </c>
     </row>
     <row r="564" spans="1:4">
       <c r="A564" s="3">
-        <v>6539</v>
+        <v>6561</v>
       </c>
       <c r="B564" t="s">
         <v>1128</v>
       </c>
       <c r="C564" s="5">
-        <v>2.89</v>
+        <v>60.0</v>
       </c>
       <c r="D564" s="6" t="s">
         <v>1129</v>
       </c>
     </row>
     <row r="565" spans="1:4">
       <c r="A565" s="3">
-        <v>6540</v>
+        <v>6562</v>
       </c>
       <c r="B565" t="s">
         <v>1130</v>
       </c>
       <c r="C565" s="5">
-        <v>3.75</v>
+        <v>120.0</v>
       </c>
       <c r="D565" s="6" t="s">
         <v>1131</v>
       </c>
     </row>
     <row r="566" spans="1:4">
       <c r="A566" s="3">
-        <v>6545</v>
+        <v>6556</v>
       </c>
       <c r="B566" t="s">
         <v>1132</v>
       </c>
       <c r="C566" s="5">
-        <v>19.25</v>
+        <v>10.0</v>
       </c>
       <c r="D566" s="6" t="s">
         <v>1133</v>
       </c>
     </row>
     <row r="567" spans="1:4">
       <c r="A567" s="3">
-        <v>6546</v>
+        <v>6557</v>
       </c>
       <c r="B567" t="s">
         <v>1134</v>
       </c>
       <c r="C567" s="5">
-        <v>5.25</v>
+        <v>15.0</v>
       </c>
       <c r="D567" s="6" t="s">
         <v>1135</v>
       </c>
     </row>
     <row r="568" spans="1:4">
       <c r="A568" s="3">
-        <v>6506</v>
+        <v>6488</v>
       </c>
       <c r="B568" t="s">
         <v>1136</v>
       </c>
       <c r="C568" s="5">
-        <v>75.0</v>
+        <v>5.25</v>
       </c>
       <c r="D568" s="6" t="s">
         <v>1137</v>
       </c>
     </row>
     <row r="569" spans="1:4">
       <c r="A569" s="3">
-        <v>6507</v>
+        <v>6490</v>
       </c>
       <c r="B569" t="s">
         <v>1138</v>
       </c>
       <c r="C569" s="5">
-        <v>192.69999999999999</v>
+        <v>5.25</v>
       </c>
       <c r="D569" s="6" t="s">
         <v>1139</v>
       </c>
     </row>
     <row r="570" spans="1:4">
       <c r="A570" s="3">
-        <v>6513</v>
+        <v>6491</v>
       </c>
       <c r="B570" t="s">
         <v>1140</v>
       </c>
       <c r="C570" s="5">
-        <v>45.0</v>
+        <v>6.75</v>
       </c>
       <c r="D570" s="6" t="s">
         <v>1141</v>
       </c>
     </row>
     <row r="571" spans="1:4">
       <c r="A571" s="3">
-        <v>6514</v>
+        <v>6543</v>
       </c>
       <c r="B571" t="s">
         <v>1142</v>
       </c>
       <c r="C571" s="5">
-        <v>55.0</v>
+        <v>1600.0</v>
       </c>
       <c r="D571" s="6" t="s">
         <v>1143</v>
       </c>
     </row>
     <row r="572" spans="1:4">
       <c r="A572" s="3">
-        <v>6489</v>
+        <v>6553</v>
       </c>
       <c r="B572" t="s">
         <v>1144</v>
       </c>
       <c r="C572" s="5">
-        <v>3.75</v>
+        <v>9.83</v>
       </c>
       <c r="D572" s="6" t="s">
         <v>1145</v>
       </c>
     </row>
     <row r="573" spans="1:4">
       <c r="A573" s="3">
-        <v>6028</v>
+        <v>6554</v>
       </c>
       <c r="B573" t="s">
         <v>1146</v>
       </c>
       <c r="C573" s="5">
-        <v>3.75</v>
+        <v>19.65</v>
       </c>
       <c r="D573" s="6" t="s">
         <v>1147</v>
       </c>
     </row>
     <row r="574" spans="1:4">
       <c r="A574" s="3">
-        <v>6497</v>
+        <v>6552</v>
       </c>
       <c r="B574" t="s">
         <v>1148</v>
       </c>
       <c r="C574" s="5">
-        <v>12.0</v>
+        <v>20.0</v>
       </c>
       <c r="D574" s="6" t="s">
         <v>1149</v>
       </c>
     </row>
     <row r="575" spans="1:4">
       <c r="A575" s="3">
-        <v>6498</v>
+        <v>6541</v>
       </c>
       <c r="B575" t="s">
         <v>1150</v>
       </c>
       <c r="C575" s="5">
-        <v>8.0</v>
+        <v>3.75</v>
       </c>
       <c r="D575" s="6" t="s">
         <v>1151</v>
       </c>
     </row>
     <row r="576" spans="1:4">
       <c r="A576" s="3">
-        <v>6495</v>
+        <v>7241</v>
       </c>
       <c r="B576" t="s">
         <v>1152</v>
       </c>
       <c r="C576" s="5">
-        <v>24.0</v>
+        <v>4.25</v>
       </c>
       <c r="D576" s="6" t="s">
         <v>1153</v>
       </c>
     </row>
     <row r="577" spans="1:4">
       <c r="A577" s="3">
-        <v>6502</v>
+        <v>6536</v>
       </c>
       <c r="B577" t="s">
         <v>1154</v>
       </c>
       <c r="C577" s="5">
-        <v>75.0</v>
+        <v>6.75</v>
       </c>
       <c r="D577" s="6" t="s">
         <v>1155</v>
       </c>
     </row>
     <row r="578" spans="1:4">
       <c r="A578" s="3">
-        <v>6486</v>
+        <v>6539</v>
       </c>
       <c r="B578" t="s">
         <v>1156</v>
       </c>
       <c r="C578" s="5">
-        <v>2.1</v>
+        <v>2.89</v>
       </c>
       <c r="D578" s="6" t="s">
         <v>1157</v>
       </c>
     </row>
     <row r="579" spans="1:4">
       <c r="A579" s="3">
-        <v>6454</v>
+        <v>6540</v>
       </c>
       <c r="B579" t="s">
         <v>1158</v>
       </c>
       <c r="C579" s="5">
-        <v>45.0</v>
+        <v>3.75</v>
       </c>
       <c r="D579" s="6" t="s">
         <v>1159</v>
       </c>
     </row>
     <row r="580" spans="1:4">
       <c r="A580" s="3">
-        <v>6455</v>
+        <v>6545</v>
       </c>
       <c r="B580" t="s">
         <v>1160</v>
       </c>
       <c r="C580" s="5">
-        <v>45.0</v>
+        <v>19.25</v>
       </c>
       <c r="D580" s="6" t="s">
         <v>1161</v>
       </c>
     </row>
     <row r="581" spans="1:4">
       <c r="A581" s="3">
-        <v>6456</v>
+        <v>6546</v>
       </c>
       <c r="B581" t="s">
         <v>1162</v>
       </c>
       <c r="C581" s="5">
-        <v>50.0</v>
+        <v>5.25</v>
       </c>
       <c r="D581" s="6" t="s">
         <v>1163</v>
       </c>
     </row>
     <row r="582" spans="1:4">
       <c r="A582" s="3">
-        <v>6457</v>
+        <v>6506</v>
       </c>
       <c r="B582" t="s">
         <v>1164</v>
       </c>
       <c r="C582" s="5">
-        <v>50.0</v>
+        <v>75.0</v>
       </c>
       <c r="D582" s="6" t="s">
         <v>1165</v>
       </c>
     </row>
     <row r="583" spans="1:4">
       <c r="A583" s="3">
-        <v>6458</v>
+        <v>6507</v>
       </c>
       <c r="B583" t="s">
         <v>1166</v>
       </c>
       <c r="C583" s="5">
-        <v>145.0</v>
+        <v>192.69999999999999</v>
       </c>
       <c r="D583" s="6" t="s">
         <v>1167</v>
       </c>
     </row>
     <row r="584" spans="1:4">
       <c r="A584" s="3">
-        <v>6460</v>
+        <v>6513</v>
       </c>
       <c r="B584" t="s">
         <v>1168</v>
       </c>
       <c r="C584" s="5">
-        <v>625.0</v>
+        <v>45.0</v>
       </c>
       <c r="D584" s="6" t="s">
         <v>1169</v>
       </c>
     </row>
     <row r="585" spans="1:4">
       <c r="A585" s="3">
-        <v>6461</v>
+        <v>6514</v>
       </c>
       <c r="B585" t="s">
         <v>1170</v>
       </c>
       <c r="C585" s="5">
-        <v>725.0</v>
+        <v>55.0</v>
       </c>
       <c r="D585" s="6" t="s">
         <v>1171</v>
       </c>
     </row>
     <row r="586" spans="1:4">
       <c r="A586" s="3">
-        <v>6426</v>
+        <v>6489</v>
       </c>
       <c r="B586" t="s">
         <v>1172</v>
       </c>
       <c r="C586" s="5">
-        <v>425.0</v>
+        <v>3.75</v>
       </c>
       <c r="D586" s="6" t="s">
         <v>1173</v>
       </c>
     </row>
     <row r="587" spans="1:4">
       <c r="A587" s="3">
-        <v>6427</v>
+        <v>6028</v>
       </c>
       <c r="B587" t="s">
         <v>1174</v>
       </c>
       <c r="C587" s="5">
-        <v>425.0</v>
+        <v>3.75</v>
       </c>
       <c r="D587" s="6" t="s">
         <v>1175</v>
       </c>
     </row>
     <row r="588" spans="1:4">
       <c r="A588" s="3">
-        <v>7143</v>
+        <v>6497</v>
       </c>
       <c r="B588" t="s">
         <v>1176</v>
       </c>
       <c r="C588" s="5">
-        <v>42.0</v>
+        <v>12.0</v>
       </c>
       <c r="D588" s="6" t="s">
         <v>1177</v>
       </c>
     </row>
     <row r="589" spans="1:4">
       <c r="A589" s="3">
-        <v>6413</v>
+        <v>6498</v>
       </c>
       <c r="B589" t="s">
         <v>1178</v>
       </c>
       <c r="C589" s="5">
-        <v>15.0</v>
+        <v>8.0</v>
       </c>
       <c r="D589" s="6" t="s">
         <v>1179</v>
       </c>
     </row>
     <row r="590" spans="1:4">
       <c r="A590" s="3">
-        <v>6404</v>
+        <v>6495</v>
       </c>
       <c r="B590" t="s">
         <v>1180</v>
       </c>
       <c r="C590" s="5">
-        <v>140.0</v>
+        <v>24.0</v>
       </c>
       <c r="D590" s="6" t="s">
         <v>1181</v>
       </c>
     </row>
     <row r="591" spans="1:4">
       <c r="A591" s="3">
-        <v>6369</v>
+        <v>6502</v>
       </c>
       <c r="B591" t="s">
         <v>1182</v>
       </c>
       <c r="C591" s="5">
-        <v>9.0</v>
+        <v>75.0</v>
       </c>
       <c r="D591" s="6" t="s">
         <v>1183</v>
       </c>
     </row>
     <row r="592" spans="1:4">
       <c r="A592" s="3">
-        <v>6371</v>
+        <v>6486</v>
       </c>
       <c r="B592" t="s">
         <v>1184</v>
       </c>
       <c r="C592" s="5">
-        <v>15.0</v>
+        <v>2.1</v>
       </c>
       <c r="D592" s="6" t="s">
         <v>1185</v>
       </c>
     </row>
     <row r="593" spans="1:4">
       <c r="A593" s="3">
-        <v>6372</v>
+        <v>6454</v>
       </c>
       <c r="B593" t="s">
         <v>1186</v>
       </c>
       <c r="C593" s="5">
-        <v>18.0</v>
+        <v>45.0</v>
       </c>
       <c r="D593" s="6" t="s">
         <v>1187</v>
       </c>
     </row>
     <row r="594" spans="1:4">
       <c r="A594" s="3">
-        <v>6345</v>
+        <v>6455</v>
       </c>
       <c r="B594" t="s">
         <v>1188</v>
       </c>
       <c r="C594" s="5">
-        <v>17.7</v>
+        <v>45.0</v>
       </c>
       <c r="D594" s="6" t="s">
         <v>1189</v>
       </c>
     </row>
     <row r="595" spans="1:4">
       <c r="A595" s="3">
-        <v>6346</v>
+        <v>6456</v>
       </c>
       <c r="B595" t="s">
         <v>1190</v>
       </c>
       <c r="C595" s="5">
-        <v>20.65</v>
+        <v>50.0</v>
       </c>
       <c r="D595" s="6" t="s">
         <v>1191</v>
       </c>
     </row>
     <row r="596" spans="1:4">
       <c r="A596" s="3">
-        <v>6348</v>
+        <v>6457</v>
       </c>
       <c r="B596" t="s">
         <v>1192</v>
       </c>
       <c r="C596" s="5">
-        <v>26.55</v>
+        <v>50.0</v>
       </c>
       <c r="D596" s="6" t="s">
         <v>1193</v>
       </c>
     </row>
     <row r="597" spans="1:4">
       <c r="A597" s="3">
-        <v>6349</v>
+        <v>6458</v>
       </c>
       <c r="B597" t="s">
         <v>1194</v>
       </c>
       <c r="C597" s="5">
-        <v>29.5</v>
+        <v>145.0</v>
       </c>
       <c r="D597" s="6" t="s">
         <v>1195</v>
       </c>
     </row>
     <row r="598" spans="1:4">
       <c r="A598" s="3">
-        <v>6341</v>
+        <v>6460</v>
       </c>
       <c r="B598" t="s">
         <v>1196</v>
       </c>
       <c r="C598" s="5">
-        <v>5.9</v>
+        <v>625.0</v>
       </c>
       <c r="D598" s="6" t="s">
         <v>1197</v>
       </c>
     </row>
     <row r="599" spans="1:4">
       <c r="A599" s="3">
-        <v>6342</v>
+        <v>6461</v>
       </c>
       <c r="B599" t="s">
         <v>1198</v>
       </c>
       <c r="C599" s="5">
-        <v>9.25</v>
+        <v>725.0</v>
       </c>
       <c r="D599" s="6" t="s">
         <v>1199</v>
       </c>
     </row>
     <row r="600" spans="1:4">
       <c r="A600" s="3">
-        <v>6343</v>
+        <v>6426</v>
       </c>
       <c r="B600" t="s">
         <v>1200</v>
       </c>
       <c r="C600" s="5">
-        <v>11.8</v>
+        <v>425.0</v>
       </c>
       <c r="D600" s="6" t="s">
         <v>1201</v>
       </c>
     </row>
     <row r="601" spans="1:4">
       <c r="A601" s="3">
-        <v>6344</v>
+        <v>6427</v>
       </c>
       <c r="B601" t="s">
         <v>1202</v>
       </c>
       <c r="C601" s="5">
-        <v>14.75</v>
+        <v>425.0</v>
       </c>
       <c r="D601" s="6" t="s">
         <v>1203</v>
       </c>
     </row>
     <row r="602" spans="1:4">
       <c r="A602" s="3">
-        <v>6340</v>
+        <v>7143</v>
       </c>
       <c r="B602" t="s">
         <v>1204</v>
       </c>
       <c r="C602" s="5">
-        <v>29.5</v>
+        <v>42.0</v>
       </c>
       <c r="D602" s="6" t="s">
         <v>1205</v>
       </c>
     </row>
     <row r="603" spans="1:4">
       <c r="A603" s="3">
-        <v>6333</v>
+        <v>6413</v>
       </c>
       <c r="B603" t="s">
         <v>1206</v>
       </c>
       <c r="C603" s="5">
-        <v>8.85</v>
+        <v>15.0</v>
       </c>
       <c r="D603" s="6" t="s">
         <v>1207</v>
       </c>
     </row>
     <row r="604" spans="1:4">
       <c r="A604" s="3">
-        <v>6334</v>
+        <v>6404</v>
       </c>
       <c r="B604" t="s">
         <v>1208</v>
       </c>
       <c r="C604" s="5">
-        <v>11.8</v>
+        <v>140.0</v>
       </c>
       <c r="D604" s="6" t="s">
         <v>1209</v>
       </c>
     </row>
     <row r="605" spans="1:4">
       <c r="A605" s="3">
-        <v>6335</v>
+        <v>6369</v>
       </c>
       <c r="B605" t="s">
         <v>1210</v>
       </c>
       <c r="C605" s="5">
-        <v>14.75</v>
+        <v>9.0</v>
       </c>
       <c r="D605" s="6" t="s">
         <v>1211</v>
       </c>
     </row>
     <row r="606" spans="1:4">
       <c r="A606" s="3">
-        <v>6336</v>
+        <v>6371</v>
       </c>
       <c r="B606" t="s">
         <v>1212</v>
       </c>
       <c r="C606" s="5">
-        <v>17.7</v>
+        <v>15.0</v>
       </c>
       <c r="D606" s="6" t="s">
         <v>1213</v>
       </c>
     </row>
     <row r="607" spans="1:4">
       <c r="A607" s="3">
-        <v>6337</v>
+        <v>6372</v>
       </c>
       <c r="B607" t="s">
         <v>1214</v>
       </c>
       <c r="C607" s="5">
-        <v>20.65</v>
+        <v>18.0</v>
       </c>
       <c r="D607" s="6" t="s">
         <v>1215</v>
       </c>
     </row>
     <row r="608" spans="1:4">
       <c r="A608" s="3">
-        <v>6338</v>
+        <v>6345</v>
       </c>
       <c r="B608" t="s">
         <v>1216</v>
       </c>
       <c r="C608" s="5">
-        <v>23.6</v>
+        <v>17.7</v>
       </c>
       <c r="D608" s="6" t="s">
         <v>1217</v>
       </c>
     </row>
     <row r="609" spans="1:4">
       <c r="A609" s="3">
-        <v>6339</v>
+        <v>6346</v>
       </c>
       <c r="B609" t="s">
         <v>1218</v>
       </c>
       <c r="C609" s="5">
-        <v>27.0</v>
+        <v>20.65</v>
       </c>
       <c r="D609" s="6" t="s">
         <v>1219</v>
       </c>
     </row>
     <row r="610" spans="1:4">
       <c r="A610" s="3">
-        <v>6332</v>
+        <v>6348</v>
       </c>
       <c r="B610" t="s">
         <v>1220</v>
       </c>
       <c r="C610" s="5">
-        <v>5.9</v>
+        <v>26.55</v>
       </c>
       <c r="D610" s="6" t="s">
         <v>1221</v>
       </c>
     </row>
     <row r="611" spans="1:4">
       <c r="A611" s="3">
-        <v>6370</v>
+        <v>6349</v>
       </c>
       <c r="B611" t="s">
         <v>1222</v>
       </c>
       <c r="C611" s="5">
-        <v>12.0</v>
+        <v>29.5</v>
       </c>
       <c r="D611" s="6" t="s">
         <v>1223</v>
       </c>
     </row>
     <row r="612" spans="1:4">
       <c r="A612" s="3">
-        <v>6373</v>
+        <v>6341</v>
       </c>
       <c r="B612" t="s">
         <v>1224</v>
       </c>
       <c r="C612" s="5">
-        <v>21.0</v>
+        <v>5.9</v>
       </c>
       <c r="D612" s="6" t="s">
         <v>1225</v>
       </c>
     </row>
     <row r="613" spans="1:4">
       <c r="A613" s="3">
-        <v>6374</v>
+        <v>6342</v>
       </c>
       <c r="B613" t="s">
         <v>1226</v>
       </c>
       <c r="C613" s="5">
-        <v>24.0</v>
+        <v>9.25</v>
       </c>
       <c r="D613" s="6" t="s">
         <v>1227</v>
       </c>
     </row>
     <row r="614" spans="1:4">
       <c r="A614" s="3">
-        <v>6375</v>
+        <v>6343</v>
       </c>
       <c r="B614" t="s">
         <v>1228</v>
       </c>
       <c r="C614" s="5">
-        <v>27.0</v>
+        <v>11.8</v>
       </c>
       <c r="D614" s="6" t="s">
         <v>1229</v>
       </c>
     </row>
     <row r="615" spans="1:4">
       <c r="A615" s="3">
-        <v>6376</v>
+        <v>6344</v>
       </c>
       <c r="B615" t="s">
         <v>1230</v>
       </c>
       <c r="C615" s="5">
-        <v>30.0</v>
+        <v>14.75</v>
       </c>
       <c r="D615" s="6" t="s">
         <v>1231</v>
       </c>
     </row>
     <row r="616" spans="1:4">
       <c r="A616" s="3">
-        <v>6377</v>
+        <v>6340</v>
       </c>
       <c r="B616" t="s">
         <v>1232</v>
       </c>
       <c r="C616" s="5">
-        <v>10.0</v>
+        <v>29.5</v>
       </c>
       <c r="D616" s="6" t="s">
         <v>1233</v>
       </c>
     </row>
     <row r="617" spans="1:4">
       <c r="A617" s="3">
-        <v>6378</v>
+        <v>6333</v>
       </c>
       <c r="B617" t="s">
         <v>1234</v>
       </c>
       <c r="C617" s="5">
-        <v>15.0</v>
+        <v>8.85</v>
       </c>
       <c r="D617" s="6" t="s">
         <v>1235</v>
       </c>
     </row>
     <row r="618" spans="1:4">
       <c r="A618" s="3">
-        <v>6379</v>
+        <v>6334</v>
       </c>
       <c r="B618" t="s">
         <v>1236</v>
       </c>
       <c r="C618" s="5">
-        <v>20.0</v>
+        <v>11.8</v>
       </c>
       <c r="D618" s="6" t="s">
         <v>1237</v>
       </c>
     </row>
     <row r="619" spans="1:4">
       <c r="A619" s="3">
-        <v>6380</v>
+        <v>6335</v>
       </c>
       <c r="B619" t="s">
         <v>1238</v>
       </c>
       <c r="C619" s="5">
-        <v>25.0</v>
+        <v>14.75</v>
       </c>
       <c r="D619" s="6" t="s">
         <v>1239</v>
       </c>
     </row>
     <row r="620" spans="1:4">
       <c r="A620" s="3">
-        <v>6381</v>
+        <v>6336</v>
       </c>
       <c r="B620" t="s">
         <v>1240</v>
       </c>
       <c r="C620" s="5">
-        <v>30.0</v>
+        <v>17.7</v>
       </c>
       <c r="D620" s="6" t="s">
         <v>1241</v>
       </c>
     </row>
     <row r="621" spans="1:4">
       <c r="A621" s="3">
-        <v>6382</v>
+        <v>6337</v>
       </c>
       <c r="B621" t="s">
         <v>1242</v>
       </c>
       <c r="C621" s="5">
-        <v>35.0</v>
+        <v>20.65</v>
       </c>
       <c r="D621" s="6" t="s">
         <v>1243</v>
       </c>
     </row>
     <row r="622" spans="1:4">
       <c r="A622" s="3">
-        <v>6383</v>
+        <v>6338</v>
       </c>
       <c r="B622" t="s">
         <v>1244</v>
       </c>
       <c r="C622" s="5">
-        <v>40.0</v>
+        <v>23.6</v>
       </c>
       <c r="D622" s="6" t="s">
         <v>1245</v>
       </c>
     </row>
     <row r="623" spans="1:4">
       <c r="A623" s="3">
-        <v>6384</v>
+        <v>6339</v>
       </c>
       <c r="B623" t="s">
         <v>1246</v>
       </c>
       <c r="C623" s="5">
-        <v>45.0</v>
+        <v>27.0</v>
       </c>
       <c r="D623" s="6" t="s">
         <v>1247</v>
       </c>
     </row>
     <row r="624" spans="1:4">
       <c r="A624" s="3">
-        <v>6385</v>
+        <v>6332</v>
       </c>
       <c r="B624" t="s">
         <v>1248</v>
       </c>
       <c r="C624" s="5">
-        <v>50.0</v>
+        <v>5.9</v>
       </c>
       <c r="D624" s="6" t="s">
         <v>1249</v>
       </c>
     </row>
     <row r="625" spans="1:4">
       <c r="A625" s="3">
-        <v>7495</v>
+        <v>6370</v>
       </c>
       <c r="B625" t="s">
         <v>1250</v>
       </c>
       <c r="C625" s="5">
-        <v>35.0</v>
+        <v>12.0</v>
       </c>
       <c r="D625" s="6" t="s">
         <v>1251</v>
       </c>
     </row>
     <row r="626" spans="1:4">
       <c r="A626" s="3">
-        <v>6347</v>
+        <v>6373</v>
       </c>
       <c r="B626" t="s">
         <v>1252</v>
       </c>
       <c r="C626" s="5">
-        <v>23.6</v>
+        <v>21.0</v>
       </c>
       <c r="D626" s="6" t="s">
         <v>1253</v>
       </c>
     </row>
     <row r="627" spans="1:4">
       <c r="A627" s="3">
-        <v>6327</v>
+        <v>6374</v>
       </c>
       <c r="B627" t="s">
         <v>1254</v>
       </c>
       <c r="C627" s="5">
-        <v>7.0</v>
+        <v>24.0</v>
       </c>
       <c r="D627" s="6" t="s">
         <v>1255</v>
       </c>
     </row>
     <row r="628" spans="1:4">
       <c r="A628" s="3">
-        <v>6328</v>
+        <v>6375</v>
       </c>
       <c r="B628" t="s">
         <v>1256</v>
       </c>
       <c r="C628" s="5">
-        <v>8.0</v>
+        <v>27.0</v>
       </c>
       <c r="D628" s="6" t="s">
         <v>1257</v>
       </c>
     </row>
     <row r="629" spans="1:4">
       <c r="A629" s="3">
-        <v>6329</v>
+        <v>6376</v>
       </c>
       <c r="B629" t="s">
         <v>1258</v>
       </c>
       <c r="C629" s="5">
-        <v>9.0</v>
+        <v>30.0</v>
       </c>
       <c r="D629" s="6" t="s">
         <v>1259</v>
       </c>
     </row>
     <row r="630" spans="1:4">
       <c r="A630" s="3">
-        <v>6330</v>
+        <v>6377</v>
       </c>
       <c r="B630" t="s">
         <v>1260</v>
       </c>
       <c r="C630" s="5">
         <v>10.0</v>
       </c>
       <c r="D630" s="6" t="s">
         <v>1261</v>
       </c>
     </row>
     <row r="631" spans="1:4">
       <c r="A631" s="3">
-        <v>6325</v>
+        <v>6378</v>
       </c>
       <c r="B631" t="s">
         <v>1262</v>
       </c>
       <c r="C631" s="5">
-        <v>5.0</v>
+        <v>15.0</v>
       </c>
       <c r="D631" s="6" t="s">
         <v>1263</v>
       </c>
     </row>
     <row r="632" spans="1:4">
       <c r="A632" s="3">
-        <v>6326</v>
+        <v>6379</v>
       </c>
       <c r="B632" t="s">
         <v>1264</v>
       </c>
       <c r="C632" s="5">
-        <v>6.0</v>
+        <v>20.0</v>
       </c>
       <c r="D632" s="6" t="s">
         <v>1265</v>
       </c>
     </row>
     <row r="633" spans="1:4">
       <c r="A633" s="3">
-        <v>6316</v>
+        <v>6380</v>
       </c>
       <c r="B633" t="s">
         <v>1266</v>
       </c>
       <c r="C633" s="5">
-        <v>5.0</v>
+        <v>25.0</v>
       </c>
       <c r="D633" s="6" t="s">
         <v>1267</v>
       </c>
     </row>
     <row r="634" spans="1:4">
       <c r="A634" s="3">
-        <v>6317</v>
+        <v>6381</v>
       </c>
       <c r="B634" t="s">
         <v>1268</v>
       </c>
       <c r="C634" s="5">
-        <v>5.5</v>
+        <v>30.0</v>
       </c>
       <c r="D634" s="6" t="s">
         <v>1269</v>
       </c>
     </row>
     <row r="635" spans="1:4">
       <c r="A635" s="3">
-        <v>6318</v>
+        <v>6382</v>
       </c>
       <c r="B635" t="s">
         <v>1270</v>
       </c>
       <c r="C635" s="5">
-        <v>6.5</v>
+        <v>35.0</v>
       </c>
       <c r="D635" s="6" t="s">
         <v>1271</v>
       </c>
     </row>
     <row r="636" spans="1:4">
       <c r="A636" s="3">
-        <v>6319</v>
+        <v>6383</v>
       </c>
       <c r="B636" t="s">
         <v>1272</v>
       </c>
       <c r="C636" s="5">
-        <v>7.5</v>
+        <v>40.0</v>
       </c>
       <c r="D636" s="6" t="s">
         <v>1273</v>
       </c>
     </row>
     <row r="637" spans="1:4">
       <c r="A637" s="3">
-        <v>6320</v>
+        <v>6384</v>
       </c>
       <c r="B637" t="s">
         <v>1274</v>
       </c>
       <c r="C637" s="5">
-        <v>8.5</v>
+        <v>45.0</v>
       </c>
       <c r="D637" s="6" t="s">
         <v>1275</v>
       </c>
     </row>
     <row r="638" spans="1:4">
       <c r="A638" s="3">
-        <v>6321</v>
+        <v>6385</v>
       </c>
       <c r="B638" t="s">
         <v>1276</v>
       </c>
       <c r="C638" s="5">
-        <v>9.5</v>
+        <v>50.0</v>
       </c>
       <c r="D638" s="6" t="s">
         <v>1277</v>
       </c>
     </row>
     <row r="639" spans="1:4">
       <c r="A639" s="3">
-        <v>6331</v>
+        <v>7495</v>
       </c>
       <c r="B639" t="s">
         <v>1278</v>
       </c>
       <c r="C639" s="5">
-        <v>1.18</v>
+        <v>38.0</v>
       </c>
       <c r="D639" s="6" t="s">
         <v>1279</v>
       </c>
     </row>
     <row r="640" spans="1:4">
       <c r="A640" s="3">
-        <v>7496</v>
+        <v>6347</v>
       </c>
       <c r="B640" t="s">
         <v>1280</v>
       </c>
       <c r="C640" s="5">
-        <v>12.0</v>
+        <v>23.6</v>
       </c>
       <c r="D640" s="6" t="s">
         <v>1281</v>
       </c>
     </row>
     <row r="641" spans="1:4">
       <c r="A641" s="3">
-        <v>6315</v>
+        <v>6327</v>
       </c>
       <c r="B641" t="s">
         <v>1282</v>
       </c>
       <c r="C641" s="5">
-        <v>4.0</v>
+        <v>7.0</v>
       </c>
       <c r="D641" s="6" t="s">
         <v>1283</v>
       </c>
     </row>
     <row r="642" spans="1:4">
       <c r="A642" s="3">
-        <v>6322</v>
+        <v>6328</v>
       </c>
       <c r="B642" t="s">
         <v>1284</v>
       </c>
       <c r="C642" s="5">
-        <v>2.0</v>
+        <v>8.0</v>
       </c>
       <c r="D642" s="6" t="s">
         <v>1285</v>
       </c>
     </row>
     <row r="643" spans="1:4">
       <c r="A643" s="3">
-        <v>6323</v>
+        <v>6329</v>
       </c>
       <c r="B643" t="s">
         <v>1286</v>
       </c>
       <c r="C643" s="5">
-        <v>3.0</v>
+        <v>9.0</v>
       </c>
       <c r="D643" s="6" t="s">
         <v>1287</v>
       </c>
     </row>
     <row r="644" spans="1:4">
       <c r="A644" s="3">
-        <v>6324</v>
+        <v>6330</v>
       </c>
       <c r="B644" t="s">
         <v>1288</v>
       </c>
       <c r="C644" s="5">
-        <v>4.0</v>
+        <v>10.0</v>
       </c>
       <c r="D644" s="6" t="s">
         <v>1289</v>
       </c>
     </row>
     <row r="645" spans="1:4">
       <c r="A645" s="3">
-        <v>6350</v>
+        <v>6325</v>
       </c>
       <c r="B645" t="s">
         <v>1290</v>
       </c>
       <c r="C645" s="5">
-        <v>1.0</v>
+        <v>5.0</v>
       </c>
       <c r="D645" s="6" t="s">
         <v>1291</v>
       </c>
     </row>
     <row r="646" spans="1:4">
       <c r="A646" s="3">
-        <v>6351</v>
+        <v>6326</v>
       </c>
       <c r="B646" t="s">
         <v>1292</v>
       </c>
       <c r="C646" s="5">
-        <v>1.5</v>
+        <v>6.0</v>
       </c>
       <c r="D646" s="6" t="s">
         <v>1293</v>
       </c>
     </row>
     <row r="647" spans="1:4">
       <c r="A647" s="3">
-        <v>6352</v>
+        <v>6316</v>
       </c>
       <c r="B647" t="s">
         <v>1294</v>
       </c>
       <c r="C647" s="5">
-        <v>2.0</v>
+        <v>5.0</v>
       </c>
       <c r="D647" s="6" t="s">
         <v>1295</v>
       </c>
     </row>
     <row r="648" spans="1:4">
       <c r="A648" s="3">
-        <v>6353</v>
+        <v>6317</v>
       </c>
       <c r="B648" t="s">
         <v>1296</v>
       </c>
       <c r="C648" s="5">
-        <v>2.5</v>
+        <v>5.5</v>
       </c>
       <c r="D648" s="6" t="s">
         <v>1297</v>
       </c>
     </row>
     <row r="649" spans="1:4">
       <c r="A649" s="3">
-        <v>6354</v>
+        <v>6318</v>
       </c>
       <c r="B649" t="s">
         <v>1298</v>
       </c>
       <c r="C649" s="5">
-        <v>3.0</v>
+        <v>6.5</v>
       </c>
       <c r="D649" s="6" t="s">
         <v>1299</v>
       </c>
     </row>
     <row r="650" spans="1:4">
       <c r="A650" s="3">
-        <v>6355</v>
+        <v>6319</v>
       </c>
       <c r="B650" t="s">
         <v>1300</v>
       </c>
       <c r="C650" s="5">
-        <v>3.5</v>
+        <v>7.5</v>
       </c>
       <c r="D650" s="6" t="s">
         <v>1301</v>
       </c>
     </row>
     <row r="651" spans="1:4">
       <c r="A651" s="3">
-        <v>6356</v>
+        <v>6320</v>
       </c>
       <c r="B651" t="s">
         <v>1302</v>
       </c>
       <c r="C651" s="5">
-        <v>4.0</v>
+        <v>8.5</v>
       </c>
       <c r="D651" s="6" t="s">
         <v>1303</v>
       </c>
     </row>
     <row r="652" spans="1:4">
       <c r="A652" s="3">
-        <v>6357</v>
+        <v>6321</v>
       </c>
       <c r="B652" t="s">
         <v>1304</v>
       </c>
       <c r="C652" s="5">
-        <v>4.5</v>
+        <v>9.5</v>
       </c>
       <c r="D652" s="6" t="s">
         <v>1305</v>
       </c>
     </row>
     <row r="653" spans="1:4">
       <c r="A653" s="3">
-        <v>6358</v>
+        <v>6331</v>
       </c>
       <c r="B653" t="s">
         <v>1306</v>
       </c>
       <c r="C653" s="5">
-        <v>5.0</v>
+        <v>1.18</v>
       </c>
       <c r="D653" s="6" t="s">
         <v>1307</v>
       </c>
     </row>
     <row r="654" spans="1:4">
       <c r="A654" s="3">
-        <v>6273</v>
+        <v>7496</v>
       </c>
       <c r="B654" t="s">
         <v>1308</v>
       </c>
       <c r="C654" s="5">
-        <v>10.0</v>
+        <v>12.0</v>
       </c>
       <c r="D654" s="6" t="s">
         <v>1309</v>
       </c>
     </row>
     <row r="655" spans="1:4">
       <c r="A655" s="3">
-        <v>6274</v>
+        <v>6315</v>
       </c>
       <c r="B655" t="s">
         <v>1310</v>
       </c>
       <c r="C655" s="5">
-        <v>12.0</v>
+        <v>4.0</v>
       </c>
       <c r="D655" s="6" t="s">
         <v>1311</v>
       </c>
     </row>
     <row r="656" spans="1:4">
       <c r="A656" s="3">
-        <v>6275</v>
+        <v>6322</v>
       </c>
       <c r="B656" t="s">
         <v>1312</v>
       </c>
       <c r="C656" s="5">
-        <v>14.0</v>
+        <v>2.0</v>
       </c>
       <c r="D656" s="6" t="s">
         <v>1313</v>
       </c>
     </row>
     <row r="657" spans="1:4">
       <c r="A657" s="3">
-        <v>6276</v>
+        <v>6323</v>
       </c>
       <c r="B657" t="s">
         <v>1314</v>
       </c>
       <c r="C657" s="5">
-        <v>16.0</v>
+        <v>3.0</v>
       </c>
       <c r="D657" s="6" t="s">
         <v>1315</v>
       </c>
     </row>
     <row r="658" spans="1:4">
       <c r="A658" s="3">
-        <v>6277</v>
+        <v>6324</v>
       </c>
       <c r="B658" t="s">
         <v>1316</v>
       </c>
       <c r="C658" s="5">
-        <v>18.0</v>
+        <v>4.0</v>
       </c>
       <c r="D658" s="6" t="s">
         <v>1317</v>
       </c>
     </row>
     <row r="659" spans="1:4">
       <c r="A659" s="3">
-        <v>6278</v>
+        <v>6350</v>
       </c>
       <c r="B659" t="s">
         <v>1318</v>
       </c>
       <c r="C659" s="5">
-        <v>20.0</v>
+        <v>1.0</v>
       </c>
       <c r="D659" s="6" t="s">
         <v>1319</v>
       </c>
     </row>
     <row r="660" spans="1:4">
       <c r="A660" s="3">
-        <v>6269</v>
+        <v>6351</v>
       </c>
       <c r="B660" t="s">
         <v>1320</v>
       </c>
       <c r="C660" s="5">
-        <v>17.5</v>
+        <v>1.5</v>
       </c>
       <c r="D660" s="6" t="s">
         <v>1321</v>
       </c>
     </row>
     <row r="661" spans="1:4">
       <c r="A661" s="3">
-        <v>6270</v>
+        <v>6352</v>
       </c>
       <c r="B661" t="s">
         <v>1322</v>
       </c>
       <c r="C661" s="5">
-        <v>4.0</v>
+        <v>2.0</v>
       </c>
       <c r="D661" s="6" t="s">
         <v>1323</v>
       </c>
     </row>
     <row r="662" spans="1:4">
       <c r="A662" s="3">
-        <v>6271</v>
+        <v>6353</v>
       </c>
       <c r="B662" t="s">
         <v>1324</v>
       </c>
       <c r="C662" s="5">
-        <v>6.0</v>
+        <v>2.5</v>
       </c>
       <c r="D662" s="6" t="s">
         <v>1325</v>
       </c>
     </row>
     <row r="663" spans="1:4">
       <c r="A663" s="3">
-        <v>6272</v>
+        <v>6354</v>
       </c>
       <c r="B663" t="s">
         <v>1326</v>
       </c>
       <c r="C663" s="5">
-        <v>8.0</v>
+        <v>3.0</v>
       </c>
       <c r="D663" s="6" t="s">
         <v>1327</v>
       </c>
     </row>
     <row r="664" spans="1:4">
       <c r="A664" s="3">
-        <v>6264</v>
+        <v>6355</v>
       </c>
       <c r="B664" t="s">
         <v>1328</v>
       </c>
       <c r="C664" s="5">
-        <v>8.75</v>
+        <v>3.5</v>
       </c>
       <c r="D664" s="6" t="s">
         <v>1329</v>
       </c>
     </row>
     <row r="665" spans="1:4">
       <c r="A665" s="3">
-        <v>6265</v>
+        <v>6356</v>
       </c>
       <c r="B665" t="s">
         <v>1330</v>
       </c>
       <c r="C665" s="5">
-        <v>10.5</v>
+        <v>4.0</v>
       </c>
       <c r="D665" s="6" t="s">
         <v>1331</v>
       </c>
     </row>
     <row r="666" spans="1:4">
       <c r="A666" s="3">
-        <v>6266</v>
+        <v>6357</v>
       </c>
       <c r="B666" t="s">
         <v>1332</v>
       </c>
       <c r="C666" s="5">
-        <v>12.25</v>
+        <v>4.5</v>
       </c>
       <c r="D666" s="6" t="s">
         <v>1333</v>
       </c>
     </row>
     <row r="667" spans="1:4">
       <c r="A667" s="3">
-        <v>6267</v>
+        <v>6358</v>
       </c>
       <c r="B667" t="s">
         <v>1334</v>
       </c>
       <c r="C667" s="5">
-        <v>14.0</v>
+        <v>5.0</v>
       </c>
       <c r="D667" s="6" t="s">
         <v>1335</v>
       </c>
     </row>
     <row r="668" spans="1:4">
       <c r="A668" s="3">
-        <v>6268</v>
+        <v>6273</v>
       </c>
       <c r="B668" t="s">
         <v>1336</v>
       </c>
       <c r="C668" s="5">
-        <v>15.75</v>
+        <v>10.0</v>
       </c>
       <c r="D668" s="6" t="s">
         <v>1337</v>
       </c>
     </row>
     <row r="669" spans="1:4">
       <c r="A669" s="3">
-        <v>6261</v>
+        <v>6274</v>
       </c>
       <c r="B669" t="s">
         <v>1338</v>
       </c>
       <c r="C669" s="5">
-        <v>3.5</v>
+        <v>12.0</v>
       </c>
       <c r="D669" s="6" t="s">
         <v>1339</v>
       </c>
     </row>
     <row r="670" spans="1:4">
       <c r="A670" s="3">
-        <v>6263</v>
+        <v>6275</v>
       </c>
       <c r="B670" t="s">
         <v>1340</v>
       </c>
       <c r="C670" s="5">
-        <v>7.0</v>
+        <v>14.0</v>
       </c>
       <c r="D670" s="6" t="s">
         <v>1341</v>
       </c>
     </row>
     <row r="671" spans="1:4">
       <c r="A671" s="3">
-        <v>6306</v>
+        <v>6276</v>
       </c>
       <c r="B671" t="s">
         <v>1342</v>
       </c>
       <c r="C671" s="5">
-        <v>94.0</v>
+        <v>16.0</v>
       </c>
       <c r="D671" s="6" t="s">
         <v>1343</v>
       </c>
     </row>
     <row r="672" spans="1:4">
       <c r="A672" s="3">
-        <v>6307</v>
+        <v>6277</v>
       </c>
       <c r="B672" t="s">
         <v>1344</v>
       </c>
       <c r="C672" s="5">
-        <v>106.0</v>
+        <v>18.0</v>
       </c>
       <c r="D672" s="6" t="s">
         <v>1345</v>
       </c>
     </row>
     <row r="673" spans="1:4">
       <c r="A673" s="3">
-        <v>6308</v>
+        <v>6278</v>
       </c>
       <c r="B673" t="s">
         <v>1346</v>
       </c>
       <c r="C673" s="5">
-        <v>118.0</v>
+        <v>20.0</v>
       </c>
       <c r="D673" s="6" t="s">
         <v>1347</v>
       </c>
     </row>
     <row r="674" spans="1:4">
       <c r="A674" s="3">
-        <v>6301</v>
+        <v>6269</v>
       </c>
       <c r="B674" t="s">
         <v>1348</v>
       </c>
       <c r="C674" s="5">
-        <v>36.0</v>
+        <v>17.5</v>
       </c>
       <c r="D674" s="6" t="s">
         <v>1349</v>
       </c>
     </row>
     <row r="675" spans="1:4">
       <c r="A675" s="3">
-        <v>6302</v>
+        <v>6270</v>
       </c>
       <c r="B675" t="s">
         <v>1350</v>
       </c>
       <c r="C675" s="5">
-        <v>47.2</v>
+        <v>4.0</v>
       </c>
       <c r="D675" s="6" t="s">
         <v>1351</v>
       </c>
     </row>
     <row r="676" spans="1:4">
       <c r="A676" s="3">
-        <v>6303</v>
+        <v>6271</v>
       </c>
       <c r="B676" t="s">
         <v>1352</v>
       </c>
       <c r="C676" s="5">
-        <v>59.0</v>
+        <v>6.0</v>
       </c>
       <c r="D676" s="6" t="s">
         <v>1353</v>
       </c>
     </row>
     <row r="677" spans="1:4">
       <c r="A677" s="3">
-        <v>6304</v>
+        <v>6272</v>
       </c>
       <c r="B677" t="s">
         <v>1354</v>
       </c>
       <c r="C677" s="5">
-        <v>71.0</v>
+        <v>8.0</v>
       </c>
       <c r="D677" s="6" t="s">
         <v>1355</v>
       </c>
     </row>
     <row r="678" spans="1:4">
       <c r="A678" s="3">
-        <v>6305</v>
+        <v>6264</v>
       </c>
       <c r="B678" t="s">
         <v>1356</v>
       </c>
       <c r="C678" s="5">
-        <v>83.0</v>
+        <v>8.75</v>
       </c>
       <c r="D678" s="6" t="s">
         <v>1357</v>
       </c>
     </row>
     <row r="679" spans="1:4">
       <c r="A679" s="3">
-        <v>6262</v>
+        <v>6265</v>
       </c>
       <c r="B679" t="s">
         <v>1358</v>
       </c>
       <c r="C679" s="5">
-        <v>6.25</v>
+        <v>10.5</v>
       </c>
       <c r="D679" s="6" t="s">
         <v>1359</v>
       </c>
     </row>
     <row r="680" spans="1:4">
       <c r="A680" s="3">
-        <v>6300</v>
+        <v>6266</v>
       </c>
       <c r="B680" t="s">
         <v>1360</v>
       </c>
       <c r="C680" s="5">
-        <v>23.6</v>
+        <v>12.25</v>
       </c>
       <c r="D680" s="6" t="s">
         <v>1361</v>
       </c>
     </row>
     <row r="681" spans="1:4">
       <c r="A681" s="3">
-        <v>6284</v>
+        <v>6267</v>
       </c>
       <c r="B681" t="s">
         <v>1362</v>
       </c>
       <c r="C681" s="5">
-        <v>7.2</v>
+        <v>14.0</v>
       </c>
       <c r="D681" s="6" t="s">
         <v>1363</v>
       </c>
     </row>
     <row r="682" spans="1:4">
       <c r="A682" s="3">
-        <v>6285</v>
+        <v>6268</v>
       </c>
       <c r="B682" t="s">
         <v>1364</v>
       </c>
       <c r="C682" s="5">
-        <v>8.4</v>
+        <v>15.75</v>
       </c>
       <c r="D682" s="6" t="s">
         <v>1365</v>
       </c>
     </row>
     <row r="683" spans="1:4">
       <c r="A683" s="3">
-        <v>6286</v>
+        <v>6261</v>
       </c>
       <c r="B683" t="s">
         <v>1366</v>
       </c>
       <c r="C683" s="5">
-        <v>9.6</v>
+        <v>3.5</v>
       </c>
       <c r="D683" s="6" t="s">
         <v>1367</v>
       </c>
     </row>
     <row r="684" spans="1:4">
       <c r="A684" s="3">
-        <v>6287</v>
+        <v>6263</v>
       </c>
       <c r="B684" t="s">
         <v>1368</v>
       </c>
       <c r="C684" s="5">
-        <v>10.8</v>
+        <v>7.0</v>
       </c>
       <c r="D684" s="6" t="s">
         <v>1369</v>
       </c>
     </row>
     <row r="685" spans="1:4">
       <c r="A685" s="3">
-        <v>6288</v>
+        <v>6306</v>
       </c>
       <c r="B685" t="s">
         <v>1370</v>
       </c>
       <c r="C685" s="5">
-        <v>12.0</v>
+        <v>94.0</v>
       </c>
       <c r="D685" s="6" t="s">
         <v>1371</v>
       </c>
     </row>
     <row r="686" spans="1:4">
       <c r="A686" s="3">
-        <v>6283</v>
+        <v>6307</v>
       </c>
       <c r="B686" t="s">
         <v>1372</v>
       </c>
       <c r="C686" s="5">
-        <v>6.0</v>
+        <v>106.0</v>
       </c>
       <c r="D686" s="6" t="s">
         <v>1373</v>
       </c>
     </row>
     <row r="687" spans="1:4">
       <c r="A687" s="3">
-        <v>6282</v>
+        <v>6308</v>
       </c>
       <c r="B687" t="s">
         <v>1374</v>
       </c>
       <c r="C687" s="5">
-        <v>4.8</v>
+        <v>118.0</v>
       </c>
       <c r="D687" s="6" t="s">
         <v>1375</v>
       </c>
     </row>
     <row r="688" spans="1:4">
       <c r="A688" s="3">
-        <v>6280</v>
+        <v>6301</v>
       </c>
       <c r="B688" t="s">
         <v>1376</v>
       </c>
       <c r="C688" s="5">
-        <v>2.4</v>
+        <v>36.0</v>
       </c>
       <c r="D688" s="6" t="s">
         <v>1377</v>
       </c>
     </row>
     <row r="689" spans="1:4">
       <c r="A689" s="3">
-        <v>6281</v>
+        <v>6302</v>
       </c>
       <c r="B689" t="s">
         <v>1378</v>
       </c>
       <c r="C689" s="5">
-        <v>3.6</v>
+        <v>47.2</v>
       </c>
       <c r="D689" s="6" t="s">
         <v>1379</v>
       </c>
     </row>
     <row r="690" spans="1:4">
       <c r="A690" s="3">
-        <v>6292</v>
+        <v>6303</v>
       </c>
       <c r="B690" t="s">
         <v>1380</v>
       </c>
       <c r="C690" s="5">
-        <v>17.7</v>
+        <v>59.0</v>
       </c>
       <c r="D690" s="6" t="s">
         <v>1381</v>
       </c>
     </row>
     <row r="691" spans="1:4">
       <c r="A691" s="3">
-        <v>6293</v>
+        <v>6304</v>
       </c>
       <c r="B691" t="s">
         <v>1382</v>
       </c>
       <c r="C691" s="5">
-        <v>23.6</v>
+        <v>71.0</v>
       </c>
       <c r="D691" s="6" t="s">
         <v>1383</v>
       </c>
     </row>
     <row r="692" spans="1:4">
       <c r="A692" s="3">
-        <v>6294</v>
+        <v>6305</v>
       </c>
       <c r="B692" t="s">
         <v>1384</v>
       </c>
       <c r="C692" s="5">
-        <v>29.5</v>
+        <v>83.0</v>
       </c>
       <c r="D692" s="6" t="s">
         <v>1385</v>
       </c>
     </row>
     <row r="693" spans="1:4">
       <c r="A693" s="3">
-        <v>6295</v>
+        <v>6262</v>
       </c>
       <c r="B693" t="s">
         <v>1386</v>
       </c>
       <c r="C693" s="5">
-        <v>35.4</v>
+        <v>6.25</v>
       </c>
       <c r="D693" s="6" t="s">
         <v>1387</v>
       </c>
     </row>
     <row r="694" spans="1:4">
       <c r="A694" s="3">
-        <v>6296</v>
+        <v>6300</v>
       </c>
       <c r="B694" t="s">
         <v>1388</v>
       </c>
       <c r="C694" s="5">
-        <v>41.3</v>
+        <v>23.6</v>
       </c>
       <c r="D694" s="6" t="s">
         <v>1389</v>
       </c>
     </row>
     <row r="695" spans="1:4">
       <c r="A695" s="3">
-        <v>6297</v>
+        <v>6284</v>
       </c>
       <c r="B695" t="s">
         <v>1390</v>
       </c>
       <c r="C695" s="5">
-        <v>47.2</v>
+        <v>7.2</v>
       </c>
       <c r="D695" s="6" t="s">
         <v>1391</v>
       </c>
     </row>
     <row r="696" spans="1:4">
       <c r="A696" s="3">
-        <v>6298</v>
+        <v>6285</v>
       </c>
       <c r="B696" t="s">
         <v>1392</v>
       </c>
       <c r="C696" s="5">
-        <v>53.0</v>
+        <v>8.4</v>
       </c>
       <c r="D696" s="6" t="s">
         <v>1393</v>
       </c>
     </row>
     <row r="697" spans="1:4">
       <c r="A697" s="3">
-        <v>6299</v>
+        <v>6286</v>
       </c>
       <c r="B697" t="s">
         <v>1394</v>
       </c>
       <c r="C697" s="5">
-        <v>59.0</v>
+        <v>9.6</v>
       </c>
       <c r="D697" s="6" t="s">
         <v>1395</v>
       </c>
     </row>
     <row r="698" spans="1:4">
       <c r="A698" s="3">
-        <v>6289</v>
+        <v>6287</v>
       </c>
       <c r="B698" t="s">
         <v>1396</v>
       </c>
       <c r="C698" s="5">
-        <v>11.25</v>
+        <v>10.8</v>
       </c>
       <c r="D698" s="6" t="s">
         <v>1397</v>
       </c>
     </row>
     <row r="699" spans="1:4">
       <c r="A699" s="3">
-        <v>6291</v>
+        <v>6288</v>
       </c>
       <c r="B699" t="s">
         <v>1398</v>
       </c>
       <c r="C699" s="5">
         <v>12.0</v>
       </c>
       <c r="D699" s="6" t="s">
         <v>1399</v>
       </c>
     </row>
     <row r="700" spans="1:4">
       <c r="A700" s="3">
-        <v>7123</v>
+        <v>6283</v>
       </c>
       <c r="B700" t="s">
         <v>1400</v>
       </c>
       <c r="C700" s="5">
-        <v>10.25</v>
+        <v>6.0</v>
       </c>
       <c r="D700" s="6" t="s">
         <v>1401</v>
       </c>
     </row>
     <row r="701" spans="1:4">
       <c r="A701" s="3">
-        <v>7124</v>
+        <v>6282</v>
       </c>
       <c r="B701" t="s">
         <v>1402</v>
       </c>
       <c r="C701" s="5">
-        <v>12.25</v>
+        <v>4.8</v>
       </c>
       <c r="D701" s="6" t="s">
         <v>1403</v>
       </c>
     </row>
     <row r="702" spans="1:4">
       <c r="A702" s="3">
-        <v>6313</v>
+        <v>6280</v>
       </c>
       <c r="B702" t="s">
         <v>1404</v>
       </c>
       <c r="C702" s="5">
-        <v>64.0</v>
+        <v>2.4</v>
       </c>
       <c r="D702" s="6" t="s">
         <v>1405</v>
       </c>
     </row>
     <row r="703" spans="1:4">
       <c r="A703" s="3">
-        <v>6310</v>
+        <v>6281</v>
       </c>
       <c r="B703" t="s">
         <v>1406</v>
       </c>
       <c r="C703" s="5">
-        <v>31.86</v>
+        <v>3.6</v>
       </c>
       <c r="D703" s="6" t="s">
         <v>1407</v>
       </c>
     </row>
     <row r="704" spans="1:4">
       <c r="A704" s="3">
-        <v>6311</v>
+        <v>6292</v>
       </c>
       <c r="B704" t="s">
         <v>1408</v>
       </c>
       <c r="C704" s="5">
-        <v>42.48</v>
+        <v>17.7</v>
       </c>
       <c r="D704" s="6" t="s">
         <v>1409</v>
       </c>
     </row>
     <row r="705" spans="1:4">
       <c r="A705" s="3">
-        <v>6312</v>
+        <v>6293</v>
       </c>
       <c r="B705" t="s">
         <v>1410</v>
       </c>
       <c r="C705" s="5">
-        <v>53.0</v>
+        <v>23.6</v>
       </c>
       <c r="D705" s="6" t="s">
         <v>1411</v>
       </c>
     </row>
     <row r="706" spans="1:4">
       <c r="A706" s="3">
-        <v>6309</v>
+        <v>6294</v>
       </c>
       <c r="B706" t="s">
         <v>1412</v>
       </c>
       <c r="C706" s="5">
-        <v>21.24</v>
+        <v>29.5</v>
       </c>
       <c r="D706" s="6" t="s">
         <v>1413</v>
       </c>
     </row>
     <row r="707" spans="1:4">
       <c r="A707" s="3">
-        <v>6368</v>
+        <v>6295</v>
       </c>
       <c r="B707" t="s">
         <v>1414</v>
       </c>
       <c r="C707" s="5">
-        <v>6.0</v>
+        <v>35.4</v>
       </c>
       <c r="D707" s="6" t="s">
         <v>1415</v>
       </c>
     </row>
     <row r="708" spans="1:4">
       <c r="A708" s="3">
-        <v>4329</v>
+        <v>6296</v>
       </c>
       <c r="B708" t="s">
         <v>1416</v>
       </c>
       <c r="C708" s="5">
-        <v>23.6</v>
+        <v>41.3</v>
       </c>
       <c r="D708" s="6" t="s">
         <v>1417</v>
       </c>
     </row>
     <row r="709" spans="1:4">
       <c r="A709" s="3">
-        <v>6387</v>
+        <v>6297</v>
       </c>
       <c r="B709" t="s">
         <v>1418</v>
       </c>
       <c r="C709" s="5">
-        <v>23.6</v>
+        <v>47.2</v>
       </c>
       <c r="D709" s="6" t="s">
         <v>1419</v>
       </c>
     </row>
     <row r="710" spans="1:4">
       <c r="A710" s="3">
-        <v>6386</v>
+        <v>6298</v>
       </c>
       <c r="B710" t="s">
         <v>1420</v>
       </c>
       <c r="C710" s="5">
-        <v>4.72</v>
+        <v>53.0</v>
       </c>
       <c r="D710" s="6" t="s">
         <v>1421</v>
       </c>
     </row>
     <row r="711" spans="1:4">
       <c r="A711" s="3">
-        <v>6279</v>
+        <v>6299</v>
       </c>
       <c r="B711" t="s">
         <v>1422</v>
       </c>
       <c r="C711" s="5">
-        <v>3.0</v>
+        <v>59.0</v>
       </c>
       <c r="D711" s="6" t="s">
         <v>1423</v>
       </c>
     </row>
     <row r="712" spans="1:4">
       <c r="A712" s="3">
-        <v>6247</v>
+        <v>6289</v>
       </c>
       <c r="B712" t="s">
         <v>1424</v>
       </c>
       <c r="C712" s="5">
-        <v>24.5</v>
+        <v>11.25</v>
       </c>
       <c r="D712" s="6" t="s">
         <v>1425</v>
       </c>
     </row>
     <row r="713" spans="1:4">
       <c r="A713" s="3">
-        <v>6248</v>
+        <v>6291</v>
       </c>
       <c r="B713" t="s">
         <v>1426</v>
       </c>
       <c r="C713" s="5">
-        <v>17.7</v>
+        <v>12.0</v>
       </c>
       <c r="D713" s="6" t="s">
         <v>1427</v>
       </c>
     </row>
     <row r="714" spans="1:4">
       <c r="A714" s="3">
-        <v>8085</v>
+        <v>7123</v>
       </c>
       <c r="B714" t="s">
         <v>1428</v>
       </c>
       <c r="C714" s="5">
-        <v>15.0</v>
+        <v>10.25</v>
       </c>
       <c r="D714" s="6" t="s">
         <v>1429</v>
       </c>
     </row>
     <row r="715" spans="1:4">
       <c r="A715" s="3">
-        <v>6188</v>
+        <v>7124</v>
       </c>
       <c r="B715" t="s">
         <v>1430</v>
       </c>
       <c r="C715" s="5">
-        <v>14.25</v>
+        <v>12.25</v>
       </c>
       <c r="D715" s="6" t="s">
         <v>1431</v>
       </c>
     </row>
     <row r="716" spans="1:4">
       <c r="A716" s="3">
-        <v>6194</v>
+        <v>6313</v>
       </c>
       <c r="B716" t="s">
         <v>1432</v>
       </c>
       <c r="C716" s="5">
-        <v>212.0</v>
+        <v>64.0</v>
       </c>
       <c r="D716" s="6" t="s">
         <v>1433</v>
       </c>
     </row>
     <row r="717" spans="1:4">
       <c r="A717" s="3">
-        <v>6195</v>
+        <v>6310</v>
       </c>
       <c r="B717" t="s">
         <v>1434</v>
       </c>
       <c r="C717" s="5">
-        <v>65.0</v>
+        <v>31.86</v>
       </c>
       <c r="D717" s="6" t="s">
         <v>1435</v>
       </c>
     </row>
     <row r="718" spans="1:4">
       <c r="A718" s="3">
-        <v>6198</v>
+        <v>6311</v>
       </c>
       <c r="B718" t="s">
         <v>1436</v>
       </c>
       <c r="C718" s="5">
-        <v>9.44</v>
+        <v>42.48</v>
       </c>
       <c r="D718" s="6" t="s">
         <v>1437</v>
       </c>
     </row>
     <row r="719" spans="1:4">
       <c r="A719" s="3">
-        <v>6207</v>
+        <v>6312</v>
       </c>
       <c r="B719" t="s">
         <v>1438</v>
       </c>
       <c r="C719" s="5">
-        <v>11.0</v>
+        <v>53.0</v>
       </c>
       <c r="D719" s="6" t="s">
         <v>1439</v>
       </c>
     </row>
     <row r="720" spans="1:4">
       <c r="A720" s="3">
-        <v>6187</v>
+        <v>6309</v>
       </c>
       <c r="B720" t="s">
         <v>1440</v>
       </c>
       <c r="C720" s="5">
-        <v>18.88</v>
+        <v>21.24</v>
       </c>
       <c r="D720" s="6" t="s">
         <v>1441</v>
       </c>
     </row>
     <row r="721" spans="1:4">
       <c r="A721" s="3">
-        <v>6190</v>
+        <v>6368</v>
       </c>
       <c r="B721" t="s">
         <v>1442</v>
       </c>
       <c r="C721" s="5">
-        <v>11.8</v>
+        <v>7.0</v>
       </c>
       <c r="D721" s="6" t="s">
         <v>1443</v>
       </c>
     </row>
     <row r="722" spans="1:4">
       <c r="A722" s="3">
-        <v>6191</v>
+        <v>4329</v>
       </c>
       <c r="B722" t="s">
         <v>1444</v>
       </c>
       <c r="C722" s="5">
-        <v>10.62</v>
+        <v>23.6</v>
       </c>
       <c r="D722" s="6" t="s">
         <v>1445</v>
       </c>
     </row>
     <row r="723" spans="1:4">
       <c r="A723" s="3">
-        <v>6169</v>
+        <v>6387</v>
       </c>
       <c r="B723" t="s">
         <v>1446</v>
       </c>
       <c r="C723" s="5">
-        <v>75.0</v>
+        <v>23.6</v>
       </c>
       <c r="D723" s="6" t="s">
         <v>1447</v>
       </c>
     </row>
     <row r="724" spans="1:4">
       <c r="A724" s="3">
-        <v>6170</v>
+        <v>6386</v>
       </c>
       <c r="B724" t="s">
         <v>1448</v>
       </c>
       <c r="C724" s="5">
-        <v>23.6</v>
+        <v>4.72</v>
       </c>
       <c r="D724" s="6" t="s">
         <v>1449</v>
       </c>
     </row>
     <row r="725" spans="1:4">
       <c r="A725" s="3">
-        <v>6172</v>
+        <v>6279</v>
       </c>
       <c r="B725" t="s">
         <v>1450</v>
       </c>
       <c r="C725" s="5">
-        <v>41.3</v>
+        <v>3.0</v>
       </c>
       <c r="D725" s="6" t="s">
         <v>1451</v>
       </c>
     </row>
     <row r="726" spans="1:4">
       <c r="A726" s="3">
-        <v>6173</v>
+        <v>6247</v>
       </c>
       <c r="B726" t="s">
         <v>1452</v>
       </c>
       <c r="C726" s="5">
-        <v>23.6</v>
+        <v>24.5</v>
       </c>
       <c r="D726" s="6" t="s">
         <v>1453</v>
       </c>
     </row>
     <row r="727" spans="1:4">
       <c r="A727" s="3">
-        <v>6174</v>
+        <v>6248</v>
       </c>
       <c r="B727" t="s">
         <v>1454</v>
       </c>
       <c r="C727" s="5">
-        <v>11.8</v>
+        <v>17.7</v>
       </c>
       <c r="D727" s="6" t="s">
         <v>1455</v>
       </c>
     </row>
     <row r="728" spans="1:4">
       <c r="A728" s="3">
-        <v>6155</v>
+        <v>8085</v>
       </c>
       <c r="B728" t="s">
         <v>1456</v>
       </c>
       <c r="C728" s="5">
-        <v>2.45</v>
+        <v>15.0</v>
       </c>
       <c r="D728" s="6" t="s">
         <v>1457</v>
       </c>
     </row>
     <row r="729" spans="1:4">
       <c r="A729" s="3">
-        <v>6156</v>
+        <v>6188</v>
       </c>
       <c r="B729" t="s">
         <v>1458</v>
       </c>
       <c r="C729" s="5">
-        <v>4.0</v>
+        <v>14.25</v>
       </c>
       <c r="D729" s="6" t="s">
         <v>1459</v>
       </c>
     </row>
     <row r="730" spans="1:4">
       <c r="A730" s="3">
-        <v>6157</v>
+        <v>6194</v>
       </c>
       <c r="B730" t="s">
         <v>1460</v>
       </c>
       <c r="C730" s="5">
-        <v>2.25</v>
+        <v>212.0</v>
       </c>
       <c r="D730" s="6" t="s">
         <v>1461</v>
       </c>
     </row>
     <row r="731" spans="1:4">
       <c r="A731" s="3">
-        <v>6151</v>
+        <v>6195</v>
       </c>
       <c r="B731" t="s">
         <v>1462</v>
       </c>
       <c r="C731" s="5">
-        <v>11.8</v>
+        <v>65.0</v>
       </c>
       <c r="D731" s="6" t="s">
         <v>1463</v>
       </c>
     </row>
     <row r="732" spans="1:4">
       <c r="A732" s="3">
-        <v>6152</v>
+        <v>6198</v>
       </c>
       <c r="B732" t="s">
         <v>1464</v>
       </c>
       <c r="C732" s="5">
-        <v>4.25</v>
+        <v>9.44</v>
       </c>
       <c r="D732" s="6" t="s">
         <v>1465</v>
       </c>
     </row>
     <row r="733" spans="1:4">
       <c r="A733" s="3">
-        <v>6153</v>
+        <v>6207</v>
       </c>
       <c r="B733" t="s">
         <v>1466</v>
       </c>
       <c r="C733" s="5">
-        <v>3.75</v>
+        <v>11.0</v>
       </c>
       <c r="D733" s="6" t="s">
         <v>1467</v>
       </c>
     </row>
     <row r="734" spans="1:4">
       <c r="A734" s="3">
-        <v>6412</v>
+        <v>6187</v>
       </c>
       <c r="B734" t="s">
         <v>1468</v>
       </c>
       <c r="C734" s="5">
-        <v>2.36</v>
+        <v>18.88</v>
       </c>
       <c r="D734" s="6" t="s">
         <v>1469</v>
       </c>
     </row>
     <row r="735" spans="1:4">
       <c r="A735" s="3">
-        <v>6158</v>
+        <v>6190</v>
       </c>
       <c r="B735" t="s">
         <v>1470</v>
       </c>
       <c r="C735" s="5">
-        <v>23.6</v>
+        <v>11.8</v>
       </c>
       <c r="D735" s="6" t="s">
         <v>1471</v>
       </c>
     </row>
     <row r="736" spans="1:4">
       <c r="A736" s="3">
-        <v>7242</v>
+        <v>6191</v>
       </c>
       <c r="B736" t="s">
         <v>1472</v>
       </c>
       <c r="C736" s="5">
-        <v>9.0</v>
+        <v>10.62</v>
       </c>
       <c r="D736" s="6" t="s">
         <v>1473</v>
       </c>
     </row>
     <row r="737" spans="1:4">
       <c r="A737" s="3">
-        <v>8086</v>
+        <v>6169</v>
       </c>
       <c r="B737" t="s">
         <v>1474</v>
       </c>
       <c r="C737" s="5">
-        <v>6.75</v>
+        <v>75.0</v>
       </c>
       <c r="D737" s="6" t="s">
         <v>1475</v>
       </c>
     </row>
     <row r="738" spans="1:4">
       <c r="A738" s="3">
-        <v>6143</v>
+        <v>6170</v>
       </c>
       <c r="B738" t="s">
         <v>1476</v>
       </c>
       <c r="C738" s="5">
-        <v>53.0</v>
+        <v>23.6</v>
       </c>
       <c r="D738" s="6" t="s">
         <v>1477</v>
       </c>
     </row>
     <row r="739" spans="1:4">
       <c r="A739" s="3">
-        <v>6144</v>
+        <v>6172</v>
       </c>
       <c r="B739" t="s">
         <v>1478</v>
       </c>
       <c r="C739" s="5">
-        <v>53.0</v>
+        <v>41.3</v>
       </c>
       <c r="D739" s="6" t="s">
         <v>1479</v>
       </c>
     </row>
     <row r="740" spans="1:4">
       <c r="A740" s="3">
-        <v>6145</v>
+        <v>6173</v>
       </c>
       <c r="B740" t="s">
         <v>1480</v>
       </c>
       <c r="C740" s="5">
-        <v>100.0</v>
+        <v>23.6</v>
       </c>
       <c r="D740" s="6" t="s">
         <v>1481</v>
       </c>
     </row>
     <row r="741" spans="1:4">
       <c r="A741" s="3">
-        <v>6146</v>
+        <v>6174</v>
       </c>
       <c r="B741" t="s">
         <v>1482</v>
       </c>
       <c r="C741" s="5">
-        <v>100.0</v>
+        <v>11.8</v>
       </c>
       <c r="D741" s="6" t="s">
         <v>1483</v>
       </c>
     </row>
     <row r="742" spans="1:4">
       <c r="A742" s="3">
-        <v>6148</v>
+        <v>6155</v>
       </c>
       <c r="B742" t="s">
         <v>1484</v>
       </c>
       <c r="C742" s="5">
-        <v>4.72</v>
+        <v>2.45</v>
       </c>
       <c r="D742" s="6" t="s">
         <v>1485</v>
       </c>
     </row>
     <row r="743" spans="1:4">
       <c r="A743" s="3">
-        <v>6149</v>
+        <v>6156</v>
       </c>
       <c r="B743" t="s">
         <v>1486</v>
       </c>
       <c r="C743" s="5">
-        <v>5.25</v>
+        <v>4.0</v>
       </c>
       <c r="D743" s="6" t="s">
         <v>1487</v>
       </c>
     </row>
     <row r="744" spans="1:4">
       <c r="A744" s="3">
-        <v>3975</v>
+        <v>6157</v>
       </c>
       <c r="B744" t="s">
         <v>1488</v>
       </c>
       <c r="C744" s="5">
-        <v>9.25</v>
+        <v>2.25</v>
       </c>
       <c r="D744" s="6" t="s">
         <v>1489</v>
       </c>
     </row>
     <row r="745" spans="1:4">
       <c r="A745" s="3">
-        <v>4296</v>
+        <v>6151</v>
       </c>
       <c r="B745" t="s">
         <v>1490</v>
       </c>
       <c r="C745" s="5">
         <v>11.8</v>
       </c>
       <c r="D745" s="6" t="s">
         <v>1491</v>
       </c>
     </row>
     <row r="746" spans="1:4">
       <c r="A746" s="3">
-        <v>6129</v>
+        <v>6152</v>
       </c>
       <c r="B746" t="s">
         <v>1492</v>
       </c>
       <c r="C746" s="5">
-        <v>11.8</v>
+        <v>4.25</v>
       </c>
       <c r="D746" s="6" t="s">
         <v>1493</v>
       </c>
     </row>
     <row r="747" spans="1:4">
       <c r="A747" s="3">
-        <v>6130</v>
+        <v>6153</v>
       </c>
       <c r="B747" t="s">
         <v>1494</v>
       </c>
       <c r="C747" s="5">
-        <v>14.16</v>
+        <v>3.75</v>
       </c>
       <c r="D747" s="6" t="s">
         <v>1495</v>
       </c>
     </row>
     <row r="748" spans="1:4">
       <c r="A748" s="3">
-        <v>6131</v>
+        <v>6412</v>
       </c>
       <c r="B748" t="s">
         <v>1496</v>
       </c>
       <c r="C748" s="5">
-        <v>24.0</v>
+        <v>2.36</v>
       </c>
       <c r="D748" s="6" t="s">
         <v>1497</v>
       </c>
     </row>
     <row r="749" spans="1:4">
       <c r="A749" s="3">
-        <v>6132</v>
+        <v>6158</v>
       </c>
       <c r="B749" t="s">
         <v>1498</v>
       </c>
       <c r="C749" s="5">
-        <v>29.5</v>
+        <v>23.6</v>
       </c>
       <c r="D749" s="6" t="s">
         <v>1499</v>
       </c>
     </row>
     <row r="750" spans="1:4">
       <c r="A750" s="3">
-        <v>6133</v>
+        <v>7242</v>
       </c>
       <c r="B750" t="s">
         <v>1500</v>
       </c>
       <c r="C750" s="5">
-        <v>35.4</v>
+        <v>9.0</v>
       </c>
       <c r="D750" s="6" t="s">
         <v>1501</v>
       </c>
     </row>
     <row r="751" spans="1:4">
       <c r="A751" s="3">
-        <v>6134</v>
+        <v>8086</v>
       </c>
       <c r="B751" t="s">
         <v>1502</v>
       </c>
       <c r="C751" s="5">
-        <v>42.0</v>
+        <v>6.75</v>
       </c>
       <c r="D751" s="6" t="s">
         <v>1503</v>
       </c>
     </row>
     <row r="752" spans="1:4">
       <c r="A752" s="3">
-        <v>6135</v>
+        <v>6143</v>
       </c>
       <c r="B752" t="s">
         <v>1504</v>
       </c>
       <c r="C752" s="5">
         <v>53.0</v>
       </c>
       <c r="D752" s="6" t="s">
         <v>1505</v>
       </c>
     </row>
     <row r="753" spans="1:4">
       <c r="A753" s="3">
-        <v>6136</v>
+        <v>6144</v>
       </c>
       <c r="B753" t="s">
         <v>1506</v>
       </c>
       <c r="C753" s="5">
-        <v>59.0</v>
+        <v>53.0</v>
       </c>
       <c r="D753" s="6" t="s">
         <v>1507</v>
       </c>
     </row>
     <row r="754" spans="1:4">
       <c r="A754" s="3">
-        <v>6121</v>
+        <v>6145</v>
       </c>
       <c r="B754" t="s">
         <v>1508</v>
       </c>
       <c r="C754" s="5">
-        <v>8.25</v>
+        <v>100.0</v>
       </c>
       <c r="D754" s="6" t="s">
         <v>1509</v>
       </c>
     </row>
     <row r="755" spans="1:4">
       <c r="A755" s="3">
-        <v>6122</v>
+        <v>6146</v>
       </c>
       <c r="B755" t="s">
         <v>1510</v>
       </c>
       <c r="C755" s="5">
-        <v>9.44</v>
+        <v>100.0</v>
       </c>
       <c r="D755" s="6" t="s">
         <v>1511</v>
       </c>
     </row>
     <row r="756" spans="1:4">
       <c r="A756" s="3">
-        <v>6123</v>
+        <v>6148</v>
       </c>
       <c r="B756" t="s">
         <v>1512</v>
       </c>
       <c r="C756" s="5">
-        <v>14.16</v>
+        <v>4.72</v>
       </c>
       <c r="D756" s="6" t="s">
         <v>1513</v>
       </c>
     </row>
     <row r="757" spans="1:4">
       <c r="A757" s="3">
-        <v>6124</v>
+        <v>6149</v>
       </c>
       <c r="B757" t="s">
         <v>1514</v>
       </c>
       <c r="C757" s="5">
-        <v>17.7</v>
+        <v>5.25</v>
       </c>
       <c r="D757" s="6" t="s">
         <v>1515</v>
       </c>
     </row>
     <row r="758" spans="1:4">
       <c r="A758" s="3">
-        <v>6125</v>
+        <v>3975</v>
       </c>
       <c r="B758" t="s">
         <v>1516</v>
       </c>
       <c r="C758" s="5">
-        <v>17.7</v>
+        <v>9.25</v>
       </c>
       <c r="D758" s="6" t="s">
         <v>1517</v>
       </c>
     </row>
     <row r="759" spans="1:4">
       <c r="A759" s="3">
-        <v>6126</v>
+        <v>4296</v>
       </c>
       <c r="B759" t="s">
         <v>1518</v>
       </c>
       <c r="C759" s="5">
-        <v>29.5</v>
+        <v>11.8</v>
       </c>
       <c r="D759" s="6" t="s">
         <v>1519</v>
       </c>
     </row>
     <row r="760" spans="1:4">
       <c r="A760" s="3">
-        <v>6127</v>
+        <v>6129</v>
       </c>
       <c r="B760" t="s">
         <v>1520</v>
       </c>
       <c r="C760" s="5">
-        <v>47.2</v>
+        <v>11.8</v>
       </c>
       <c r="D760" s="6" t="s">
         <v>1521</v>
       </c>
     </row>
     <row r="761" spans="1:4">
       <c r="A761" s="3">
-        <v>6128</v>
+        <v>6130</v>
       </c>
       <c r="B761" t="s">
         <v>1522</v>
       </c>
       <c r="C761" s="5">
-        <v>55.0</v>
+        <v>14.16</v>
       </c>
       <c r="D761" s="6" t="s">
         <v>1523</v>
       </c>
     </row>
     <row r="762" spans="1:4">
       <c r="A762" s="3">
-        <v>6113</v>
+        <v>6131</v>
       </c>
       <c r="B762" t="s">
         <v>1524</v>
       </c>
       <c r="C762" s="5">
-        <v>10.0</v>
+        <v>24.0</v>
       </c>
       <c r="D762" s="6" t="s">
         <v>1525</v>
       </c>
     </row>
     <row r="763" spans="1:4">
       <c r="A763" s="3">
-        <v>6114</v>
+        <v>6132</v>
       </c>
       <c r="B763" t="s">
         <v>1526</v>
       </c>
       <c r="C763" s="5">
-        <v>10.62</v>
+        <v>29.5</v>
       </c>
       <c r="D763" s="6" t="s">
         <v>1527</v>
       </c>
     </row>
     <row r="764" spans="1:4">
       <c r="A764" s="3">
-        <v>6115</v>
+        <v>6133</v>
       </c>
       <c r="B764" t="s">
         <v>1528</v>
       </c>
       <c r="C764" s="5">
-        <v>17.7</v>
+        <v>35.4</v>
       </c>
       <c r="D764" s="6" t="s">
         <v>1529</v>
       </c>
     </row>
     <row r="765" spans="1:4">
       <c r="A765" s="3">
-        <v>6116</v>
+        <v>6134</v>
       </c>
       <c r="B765" t="s">
         <v>1530</v>
       </c>
       <c r="C765" s="5">
-        <v>21.24</v>
+        <v>42.0</v>
       </c>
       <c r="D765" s="6" t="s">
         <v>1531</v>
       </c>
     </row>
     <row r="766" spans="1:4">
       <c r="A766" s="3">
-        <v>6117</v>
+        <v>6135</v>
       </c>
       <c r="B766" t="s">
         <v>1532</v>
       </c>
       <c r="C766" s="5">
-        <v>17.7</v>
+        <v>53.0</v>
       </c>
       <c r="D766" s="6" t="s">
         <v>1533</v>
       </c>
     </row>
     <row r="767" spans="1:4">
       <c r="A767" s="3">
-        <v>6118</v>
+        <v>6136</v>
       </c>
       <c r="B767" t="s">
         <v>1534</v>
       </c>
       <c r="C767" s="5">
-        <v>29.5</v>
+        <v>59.0</v>
       </c>
       <c r="D767" s="6" t="s">
         <v>1535</v>
       </c>
     </row>
     <row r="768" spans="1:4">
       <c r="A768" s="3">
-        <v>6119</v>
+        <v>6121</v>
       </c>
       <c r="B768" t="s">
         <v>1536</v>
       </c>
       <c r="C768" s="5">
-        <v>41.3</v>
+        <v>8.25</v>
       </c>
       <c r="D768" s="6" t="s">
         <v>1537</v>
       </c>
     </row>
     <row r="769" spans="1:4">
       <c r="A769" s="3">
-        <v>6120</v>
+        <v>6122</v>
       </c>
       <c r="B769" t="s">
         <v>1538</v>
       </c>
       <c r="C769" s="5">
-        <v>53.0</v>
+        <v>9.44</v>
       </c>
       <c r="D769" s="6" t="s">
         <v>1539</v>
       </c>
     </row>
     <row r="770" spans="1:4">
       <c r="A770" s="3">
-        <v>6098</v>
+        <v>6123</v>
       </c>
       <c r="B770" t="s">
         <v>1540</v>
       </c>
       <c r="C770" s="5">
-        <v>53.0</v>
+        <v>14.16</v>
       </c>
       <c r="D770" s="6" t="s">
         <v>1541</v>
       </c>
     </row>
     <row r="771" spans="1:4">
       <c r="A771" s="3">
-        <v>6097</v>
+        <v>6124</v>
       </c>
       <c r="B771" t="s">
         <v>1542</v>
       </c>
       <c r="C771" s="5">
-        <v>59.0</v>
+        <v>17.7</v>
       </c>
       <c r="D771" s="6" t="s">
         <v>1543</v>
       </c>
     </row>
     <row r="772" spans="1:4">
       <c r="A772" s="3">
-        <v>6071</v>
+        <v>6125</v>
       </c>
       <c r="B772" t="s">
         <v>1544</v>
       </c>
       <c r="C772" s="5">
-        <v>53.0</v>
+        <v>17.7</v>
       </c>
       <c r="D772" s="6" t="s">
         <v>1545</v>
       </c>
     </row>
     <row r="773" spans="1:4">
       <c r="A773" s="3">
-        <v>6072</v>
+        <v>6126</v>
       </c>
       <c r="B773" t="s">
         <v>1546</v>
       </c>
       <c r="C773" s="5">
-        <v>53.0</v>
+        <v>29.5</v>
       </c>
       <c r="D773" s="6" t="s">
         <v>1547</v>
       </c>
     </row>
     <row r="774" spans="1:4">
       <c r="A774" s="3">
-        <v>6059</v>
+        <v>6127</v>
       </c>
       <c r="B774" t="s">
         <v>1548</v>
       </c>
       <c r="C774" s="5">
-        <v>89.0</v>
+        <v>47.2</v>
       </c>
       <c r="D774" s="6" t="s">
         <v>1549</v>
       </c>
     </row>
     <row r="775" spans="1:4">
       <c r="A775" s="3">
-        <v>6060</v>
+        <v>6128</v>
       </c>
       <c r="B775" t="s">
         <v>1550</v>
       </c>
       <c r="C775" s="5">
-        <v>94.0</v>
+        <v>55.0</v>
       </c>
       <c r="D775" s="6" t="s">
         <v>1551</v>
       </c>
     </row>
     <row r="776" spans="1:4">
       <c r="A776" s="3">
-        <v>6046</v>
+        <v>6113</v>
       </c>
       <c r="B776" t="s">
         <v>1552</v>
       </c>
       <c r="C776" s="5">
-        <v>77.0</v>
+        <v>10.0</v>
       </c>
       <c r="D776" s="6" t="s">
         <v>1553</v>
       </c>
     </row>
     <row r="777" spans="1:4">
       <c r="A777" s="3">
-        <v>6067</v>
+        <v>6114</v>
       </c>
       <c r="B777" t="s">
         <v>1554</v>
       </c>
       <c r="C777" s="5">
-        <v>77.0</v>
+        <v>10.62</v>
       </c>
       <c r="D777" s="6" t="s">
         <v>1555</v>
       </c>
     </row>
     <row r="778" spans="1:4">
       <c r="A778" s="3">
-        <v>6068</v>
+        <v>6115</v>
       </c>
       <c r="B778" t="s">
         <v>1556</v>
       </c>
       <c r="C778" s="5">
-        <v>77.0</v>
+        <v>17.7</v>
       </c>
       <c r="D778" s="6" t="s">
         <v>1557</v>
       </c>
     </row>
     <row r="779" spans="1:4">
       <c r="A779" s="3">
-        <v>6076</v>
+        <v>6116</v>
       </c>
       <c r="B779" t="s">
         <v>1558</v>
       </c>
       <c r="C779" s="5">
-        <v>148.0</v>
+        <v>21.24</v>
       </c>
       <c r="D779" s="6" t="s">
         <v>1559</v>
       </c>
     </row>
     <row r="780" spans="1:4">
       <c r="A780" s="3">
-        <v>6091</v>
+        <v>6117</v>
       </c>
       <c r="B780" t="s">
         <v>1560</v>
       </c>
       <c r="C780" s="5">
-        <v>83.0</v>
+        <v>17.7</v>
       </c>
       <c r="D780" s="6" t="s">
         <v>1561</v>
       </c>
     </row>
     <row r="781" spans="1:4">
       <c r="A781" s="3">
-        <v>6053</v>
+        <v>6118</v>
       </c>
       <c r="B781" t="s">
         <v>1562</v>
       </c>
       <c r="C781" s="5">
-        <v>8.0</v>
+        <v>29.5</v>
       </c>
       <c r="D781" s="6" t="s">
         <v>1563</v>
       </c>
     </row>
     <row r="782" spans="1:4">
       <c r="A782" s="3">
-        <v>6054</v>
+        <v>6119</v>
       </c>
       <c r="B782" t="s">
         <v>1564</v>
       </c>
       <c r="C782" s="5">
-        <v>8.0</v>
+        <v>41.3</v>
       </c>
       <c r="D782" s="6" t="s">
         <v>1565</v>
       </c>
     </row>
     <row r="783" spans="1:4">
       <c r="A783" s="3">
-        <v>6055</v>
+        <v>6120</v>
       </c>
       <c r="B783" t="s">
         <v>1566</v>
       </c>
       <c r="C783" s="5">
-        <v>9.0</v>
+        <v>53.0</v>
       </c>
       <c r="D783" s="6" t="s">
         <v>1567</v>
       </c>
     </row>
     <row r="784" spans="1:4">
       <c r="A784" s="3">
-        <v>6056</v>
+        <v>6098</v>
       </c>
       <c r="B784" t="s">
         <v>1568</v>
       </c>
       <c r="C784" s="5">
-        <v>10.0</v>
+        <v>53.0</v>
       </c>
       <c r="D784" s="6" t="s">
         <v>1569</v>
       </c>
     </row>
     <row r="785" spans="1:4">
       <c r="A785" s="3">
-        <v>6052</v>
+        <v>6097</v>
       </c>
       <c r="B785" t="s">
         <v>1570</v>
       </c>
       <c r="C785" s="5">
-        <v>7.0</v>
+        <v>59.0</v>
       </c>
       <c r="D785" s="6" t="s">
         <v>1571</v>
       </c>
     </row>
     <row r="786" spans="1:4">
       <c r="A786" s="3">
-        <v>6051</v>
+        <v>6071</v>
       </c>
       <c r="B786" t="s">
         <v>1572</v>
       </c>
       <c r="C786" s="5">
-        <v>6.0</v>
+        <v>53.0</v>
       </c>
       <c r="D786" s="6" t="s">
         <v>1573</v>
       </c>
     </row>
     <row r="787" spans="1:4">
       <c r="A787" s="3">
-        <v>6050</v>
+        <v>6072</v>
       </c>
       <c r="B787" t="s">
         <v>1574</v>
       </c>
       <c r="C787" s="5">
-        <v>8.0</v>
+        <v>53.0</v>
       </c>
       <c r="D787" s="6" t="s">
         <v>1575</v>
       </c>
     </row>
     <row r="788" spans="1:4">
       <c r="A788" s="3">
-        <v>6049</v>
+        <v>6059</v>
       </c>
       <c r="B788" t="s">
         <v>1576</v>
       </c>
       <c r="C788" s="5">
-        <v>7.0</v>
+        <v>89.0</v>
       </c>
       <c r="D788" s="6" t="s">
         <v>1577</v>
       </c>
     </row>
     <row r="789" spans="1:4">
       <c r="A789" s="3">
-        <v>6048</v>
+        <v>6060</v>
       </c>
       <c r="B789" t="s">
         <v>1578</v>
       </c>
       <c r="C789" s="5">
-        <v>6.0</v>
+        <v>94.0</v>
       </c>
       <c r="D789" s="6" t="s">
         <v>1579</v>
       </c>
     </row>
     <row r="790" spans="1:4">
       <c r="A790" s="3">
-        <v>6096</v>
+        <v>6046</v>
       </c>
       <c r="B790" t="s">
         <v>1580</v>
       </c>
       <c r="C790" s="5">
-        <v>53.0</v>
+        <v>77.0</v>
       </c>
       <c r="D790" s="6" t="s">
         <v>1581</v>
       </c>
     </row>
     <row r="791" spans="1:4">
       <c r="A791" s="3">
-        <v>6025</v>
+        <v>6067</v>
       </c>
       <c r="B791" t="s">
         <v>1582</v>
       </c>
       <c r="C791" s="5">
-        <v>2.1</v>
+        <v>77.0</v>
       </c>
       <c r="D791" s="6" t="s">
         <v>1583</v>
       </c>
     </row>
     <row r="792" spans="1:4">
       <c r="A792" s="3">
-        <v>6026</v>
+        <v>6068</v>
       </c>
       <c r="B792" t="s">
         <v>1584</v>
       </c>
       <c r="C792" s="5">
-        <v>2.25</v>
+        <v>77.0</v>
       </c>
       <c r="D792" s="6" t="s">
         <v>1585</v>
       </c>
     </row>
     <row r="793" spans="1:4">
       <c r="A793" s="3">
-        <v>6021</v>
+        <v>6076</v>
       </c>
       <c r="B793" t="s">
         <v>1586</v>
       </c>
       <c r="C793" s="5">
-        <v>2.25</v>
+        <v>148.0</v>
       </c>
       <c r="D793" s="6" t="s">
         <v>1587</v>
       </c>
     </row>
     <row r="794" spans="1:4">
       <c r="A794" s="3">
-        <v>6024</v>
+        <v>6091</v>
       </c>
       <c r="B794" t="s">
         <v>1588</v>
       </c>
       <c r="C794" s="5">
-        <v>2.25</v>
+        <v>83.0</v>
       </c>
       <c r="D794" s="6" t="s">
         <v>1589</v>
       </c>
     </row>
     <row r="795" spans="1:4">
       <c r="A795" s="3">
-        <v>6042</v>
+        <v>6053</v>
       </c>
       <c r="B795" t="s">
         <v>1590</v>
       </c>
       <c r="C795" s="5">
-        <v>29.0</v>
+        <v>8.0</v>
       </c>
       <c r="D795" s="6" t="s">
         <v>1591</v>
       </c>
     </row>
     <row r="796" spans="1:4">
       <c r="A796" s="3">
-        <v>6043</v>
+        <v>6054</v>
       </c>
       <c r="B796" t="s">
         <v>1592</v>
       </c>
       <c r="C796" s="5">
-        <v>29.0</v>
+        <v>8.0</v>
       </c>
       <c r="D796" s="6" t="s">
         <v>1593</v>
       </c>
     </row>
     <row r="797" spans="1:4">
       <c r="A797" s="3">
-        <v>6015</v>
+        <v>6055</v>
       </c>
       <c r="B797" t="s">
         <v>1594</v>
       </c>
       <c r="C797" s="5">
-        <v>1.75</v>
+        <v>9.0</v>
       </c>
       <c r="D797" s="6" t="s">
         <v>1595</v>
       </c>
     </row>
     <row r="798" spans="1:4">
       <c r="A798" s="3">
-        <v>6017</v>
+        <v>6056</v>
       </c>
       <c r="B798" t="s">
         <v>1596</v>
       </c>
       <c r="C798" s="5">
-        <v>1.75</v>
+        <v>10.0</v>
       </c>
       <c r="D798" s="6" t="s">
         <v>1597</v>
       </c>
     </row>
     <row r="799" spans="1:4">
       <c r="A799" s="3">
-        <v>6018</v>
+        <v>6052</v>
       </c>
       <c r="B799" t="s">
         <v>1598</v>
       </c>
       <c r="C799" s="5">
-        <v>1.75</v>
+        <v>7.0</v>
       </c>
       <c r="D799" s="6" t="s">
         <v>1599</v>
       </c>
     </row>
     <row r="800" spans="1:4">
       <c r="A800" s="3">
-        <v>6019</v>
+        <v>6051</v>
       </c>
       <c r="B800" t="s">
         <v>1600</v>
       </c>
       <c r="C800" s="5">
-        <v>1.75</v>
+        <v>6.0</v>
       </c>
       <c r="D800" s="6" t="s">
         <v>1601</v>
       </c>
     </row>
     <row r="801" spans="1:4">
       <c r="A801" s="3">
-        <v>7176</v>
+        <v>6050</v>
       </c>
       <c r="B801" t="s">
         <v>1602</v>
       </c>
       <c r="C801" s="5">
-        <v>1.65</v>
+        <v>8.0</v>
       </c>
       <c r="D801" s="6" t="s">
         <v>1603</v>
       </c>
     </row>
     <row r="802" spans="1:4">
       <c r="A802" s="3">
-        <v>7177</v>
+        <v>6049</v>
       </c>
       <c r="B802" t="s">
         <v>1604</v>
       </c>
       <c r="C802" s="5">
-        <v>4.25</v>
+        <v>7.0</v>
       </c>
       <c r="D802" s="6" t="s">
         <v>1605</v>
       </c>
     </row>
     <row r="803" spans="1:4">
       <c r="A803" s="3">
-        <v>5957</v>
+        <v>6048</v>
       </c>
       <c r="B803" t="s">
         <v>1606</v>
       </c>
       <c r="C803" s="5">
-        <v>11.8</v>
+        <v>6.0</v>
       </c>
       <c r="D803" s="6" t="s">
         <v>1607</v>
       </c>
     </row>
     <row r="804" spans="1:4">
       <c r="A804" s="3">
-        <v>5958</v>
+        <v>6096</v>
       </c>
       <c r="B804" t="s">
         <v>1608</v>
       </c>
       <c r="C804" s="5">
-        <v>11.8</v>
+        <v>53.0</v>
       </c>
       <c r="D804" s="6" t="s">
         <v>1609</v>
       </c>
     </row>
     <row r="805" spans="1:4">
       <c r="A805" s="3">
-        <v>5959</v>
+        <v>6025</v>
       </c>
       <c r="B805" t="s">
         <v>1610</v>
       </c>
       <c r="C805" s="5">
-        <v>11.8</v>
+        <v>2.1</v>
       </c>
       <c r="D805" s="6" t="s">
         <v>1611</v>
       </c>
     </row>
     <row r="806" spans="1:4">
       <c r="A806" s="3">
-        <v>5960</v>
+        <v>6026</v>
       </c>
       <c r="B806" t="s">
         <v>1612</v>
       </c>
       <c r="C806" s="5">
-        <v>11.8</v>
+        <v>2.25</v>
       </c>
       <c r="D806" s="6" t="s">
         <v>1613</v>
       </c>
     </row>
     <row r="807" spans="1:4">
       <c r="A807" s="3">
-        <v>5961</v>
+        <v>6021</v>
       </c>
       <c r="B807" t="s">
         <v>1614</v>
       </c>
       <c r="C807" s="5">
-        <v>23.6</v>
+        <v>2.25</v>
       </c>
       <c r="D807" s="6" t="s">
         <v>1615</v>
       </c>
     </row>
     <row r="808" spans="1:4">
       <c r="A808" s="3">
-        <v>5962</v>
+        <v>6024</v>
       </c>
       <c r="B808" t="s">
         <v>1616</v>
       </c>
       <c r="C808" s="5">
-        <v>23.6</v>
+        <v>2.25</v>
       </c>
       <c r="D808" s="6" t="s">
         <v>1617</v>
       </c>
     </row>
     <row r="809" spans="1:4">
       <c r="A809" s="3">
-        <v>5970</v>
+        <v>6042</v>
       </c>
       <c r="B809" t="s">
         <v>1618</v>
       </c>
       <c r="C809" s="5">
-        <v>1.5</v>
+        <v>29.0</v>
       </c>
       <c r="D809" s="6" t="s">
         <v>1619</v>
       </c>
     </row>
     <row r="810" spans="1:4">
       <c r="A810" s="3">
-        <v>5971</v>
+        <v>6043</v>
       </c>
       <c r="B810" t="s">
         <v>1620</v>
       </c>
       <c r="C810" s="5">
-        <v>1650.0</v>
+        <v>29.0</v>
       </c>
       <c r="D810" s="6" t="s">
         <v>1621</v>
       </c>
     </row>
     <row r="811" spans="1:4">
       <c r="A811" s="3">
-        <v>5972</v>
+        <v>6015</v>
       </c>
       <c r="B811" t="s">
         <v>1622</v>
       </c>
       <c r="C811" s="5">
-        <v>18.88</v>
+        <v>1.75</v>
       </c>
       <c r="D811" s="6" t="s">
         <v>1623</v>
       </c>
     </row>
     <row r="812" spans="1:4">
       <c r="A812" s="3">
-        <v>5948</v>
+        <v>6017</v>
       </c>
       <c r="B812" t="s">
         <v>1624</v>
       </c>
       <c r="C812" s="5">
-        <v>17.7</v>
+        <v>1.75</v>
       </c>
       <c r="D812" s="6" t="s">
         <v>1625</v>
       </c>
     </row>
     <row r="813" spans="1:4">
       <c r="A813" s="3">
-        <v>5889</v>
+        <v>6018</v>
       </c>
       <c r="B813" t="s">
         <v>1626</v>
       </c>
       <c r="C813" s="5">
-        <v>12.0</v>
+        <v>1.75</v>
       </c>
       <c r="D813" s="6" t="s">
         <v>1627</v>
       </c>
     </row>
     <row r="814" spans="1:4">
       <c r="A814" s="3">
-        <v>5901</v>
+        <v>6019</v>
       </c>
       <c r="B814" t="s">
         <v>1628</v>
       </c>
       <c r="C814" s="5">
-        <v>18.0</v>
+        <v>1.75</v>
       </c>
       <c r="D814" s="6" t="s">
         <v>1629</v>
       </c>
     </row>
     <row r="815" spans="1:4">
       <c r="A815" s="3">
-        <v>5902</v>
+        <v>7176</v>
       </c>
       <c r="B815" t="s">
         <v>1630</v>
       </c>
       <c r="C815" s="5">
-        <v>25.0</v>
+        <v>1.65</v>
       </c>
       <c r="D815" s="6" t="s">
         <v>1631</v>
       </c>
     </row>
     <row r="816" spans="1:4">
       <c r="A816" s="3">
-        <v>5903</v>
+        <v>7177</v>
       </c>
       <c r="B816" t="s">
         <v>1632</v>
       </c>
       <c r="C816" s="5">
-        <v>11.8</v>
+        <v>4.25</v>
       </c>
       <c r="D816" s="6" t="s">
         <v>1633</v>
       </c>
     </row>
     <row r="817" spans="1:4">
       <c r="A817" s="3">
-        <v>5904</v>
+        <v>5957</v>
       </c>
       <c r="B817" t="s">
         <v>1634</v>
       </c>
       <c r="C817" s="5">
-        <v>17.7</v>
+        <v>11.8</v>
       </c>
       <c r="D817" s="6" t="s">
         <v>1635</v>
       </c>
     </row>
     <row r="818" spans="1:4">
       <c r="A818" s="3">
-        <v>5906</v>
+        <v>5958</v>
       </c>
       <c r="B818" t="s">
         <v>1636</v>
       </c>
       <c r="C818" s="5">
-        <v>18.0</v>
+        <v>11.8</v>
       </c>
       <c r="D818" s="6" t="s">
         <v>1637</v>
       </c>
     </row>
     <row r="819" spans="1:4">
       <c r="A819" s="3">
-        <v>5905</v>
+        <v>5959</v>
       </c>
       <c r="B819" t="s">
         <v>1638</v>
       </c>
       <c r="C819" s="5">
-        <v>5.9</v>
+        <v>11.8</v>
       </c>
       <c r="D819" s="6" t="s">
         <v>1639</v>
       </c>
     </row>
     <row r="820" spans="1:4">
       <c r="A820" s="3">
-        <v>5907</v>
+        <v>5960</v>
       </c>
       <c r="B820" t="s">
         <v>1640</v>
       </c>
       <c r="C820" s="5">
-        <v>27.0</v>
+        <v>11.8</v>
       </c>
       <c r="D820" s="6" t="s">
         <v>1641</v>
       </c>
     </row>
     <row r="821" spans="1:4">
       <c r="A821" s="3">
-        <v>5908</v>
+        <v>5961</v>
       </c>
       <c r="B821" t="s">
         <v>1642</v>
       </c>
       <c r="C821" s="5">
-        <v>29.5</v>
+        <v>23.6</v>
       </c>
       <c r="D821" s="6" t="s">
         <v>1643</v>
       </c>
     </row>
     <row r="822" spans="1:4">
       <c r="A822" s="3">
-        <v>7062</v>
+        <v>5962</v>
       </c>
       <c r="B822" t="s">
         <v>1644</v>
       </c>
       <c r="C822" s="5">
-        <v>5.9</v>
+        <v>23.6</v>
       </c>
       <c r="D822" s="6" t="s">
         <v>1645</v>
       </c>
     </row>
     <row r="823" spans="1:4">
       <c r="A823" s="3">
-        <v>5936</v>
+        <v>5970</v>
       </c>
       <c r="B823" t="s">
         <v>1646</v>
       </c>
       <c r="C823" s="5">
-        <v>11.0</v>
+        <v>1.5</v>
       </c>
       <c r="D823" s="6" t="s">
         <v>1647</v>
       </c>
     </row>
     <row r="824" spans="1:4">
       <c r="A824" s="3">
-        <v>5937</v>
+        <v>5971</v>
       </c>
       <c r="B824" t="s">
         <v>1648</v>
       </c>
       <c r="C824" s="5">
-        <v>15.0</v>
+        <v>1650.0</v>
       </c>
       <c r="D824" s="6" t="s">
         <v>1649</v>
       </c>
     </row>
     <row r="825" spans="1:4">
       <c r="A825" s="3">
-        <v>5939</v>
+        <v>5972</v>
       </c>
       <c r="B825" t="s">
         <v>1650</v>
       </c>
       <c r="C825" s="5">
-        <v>24.0</v>
+        <v>18.88</v>
       </c>
       <c r="D825" s="6" t="s">
         <v>1651</v>
       </c>
     </row>
     <row r="826" spans="1:4">
       <c r="A826" s="3">
-        <v>5940</v>
+        <v>5948</v>
       </c>
       <c r="B826" t="s">
         <v>1652</v>
       </c>
       <c r="C826" s="5">
-        <v>28.0</v>
+        <v>17.7</v>
       </c>
       <c r="D826" s="6" t="s">
         <v>1653</v>
       </c>
     </row>
     <row r="827" spans="1:4">
       <c r="A827" s="3">
-        <v>5941</v>
+        <v>5889</v>
       </c>
       <c r="B827" t="s">
         <v>1654</v>
       </c>
       <c r="C827" s="5">
-        <v>30.0</v>
+        <v>12.0</v>
       </c>
       <c r="D827" s="6" t="s">
         <v>1655</v>
       </c>
     </row>
     <row r="828" spans="1:4">
       <c r="A828" s="3">
-        <v>5942</v>
+        <v>5901</v>
       </c>
       <c r="B828" t="s">
         <v>1656</v>
       </c>
       <c r="C828" s="5">
-        <v>34.0</v>
+        <v>18.0</v>
       </c>
       <c r="D828" s="6" t="s">
         <v>1657</v>
       </c>
     </row>
     <row r="829" spans="1:4">
       <c r="A829" s="3">
-        <v>5943</v>
+        <v>5902</v>
       </c>
       <c r="B829" t="s">
         <v>1658</v>
       </c>
       <c r="C829" s="5">
-        <v>39.0</v>
+        <v>25.0</v>
       </c>
       <c r="D829" s="6" t="s">
         <v>1659</v>
       </c>
     </row>
     <row r="830" spans="1:4">
       <c r="A830" s="3">
-        <v>5944</v>
+        <v>5903</v>
       </c>
       <c r="B830" t="s">
         <v>1660</v>
       </c>
       <c r="C830" s="5">
-        <v>46.0</v>
+        <v>11.8</v>
       </c>
       <c r="D830" s="6" t="s">
         <v>1661</v>
       </c>
     </row>
     <row r="831" spans="1:4">
       <c r="A831" s="3">
-        <v>7913</v>
+        <v>5904</v>
       </c>
       <c r="B831" t="s">
         <v>1662</v>
       </c>
       <c r="C831" s="5">
-        <v>37.0</v>
+        <v>17.7</v>
       </c>
       <c r="D831" s="6" t="s">
         <v>1663</v>
       </c>
     </row>
     <row r="832" spans="1:4">
       <c r="A832" s="3">
-        <v>5938</v>
+        <v>5906</v>
       </c>
       <c r="B832" t="s">
         <v>1664</v>
       </c>
       <c r="C832" s="5">
-        <v>19.0</v>
+        <v>18.0</v>
       </c>
       <c r="D832" s="6" t="s">
         <v>1665</v>
       </c>
     </row>
     <row r="833" spans="1:4">
       <c r="A833" s="3">
-        <v>7989</v>
+        <v>5905</v>
       </c>
       <c r="B833" t="s">
         <v>1666</v>
       </c>
       <c r="C833" s="5">
-        <v>23.0</v>
+        <v>5.9</v>
       </c>
       <c r="D833" s="6" t="s">
         <v>1667</v>
       </c>
     </row>
     <row r="834" spans="1:4">
       <c r="A834" s="3">
-        <v>5726</v>
+        <v>5907</v>
       </c>
       <c r="B834" t="s">
         <v>1668</v>
       </c>
       <c r="C834" s="5">
-        <v>207.0</v>
+        <v>27.0</v>
       </c>
       <c r="D834" s="6" t="s">
         <v>1669</v>
       </c>
     </row>
     <row r="835" spans="1:4">
       <c r="A835" s="3">
-        <v>5720</v>
+        <v>5908</v>
       </c>
       <c r="B835" t="s">
         <v>1670</v>
       </c>
       <c r="C835" s="5">
-        <v>4.0</v>
+        <v>29.5</v>
       </c>
       <c r="D835" s="6" t="s">
         <v>1671</v>
       </c>
     </row>
     <row r="836" spans="1:4">
       <c r="A836" s="3">
-        <v>5721</v>
+        <v>7062</v>
       </c>
       <c r="B836" t="s">
         <v>1672</v>
       </c>
       <c r="C836" s="5">
-        <v>5.0</v>
+        <v>5.9</v>
       </c>
       <c r="D836" s="6" t="s">
         <v>1673</v>
       </c>
     </row>
     <row r="837" spans="1:4">
       <c r="A837" s="3">
-        <v>5691</v>
+        <v>5936</v>
       </c>
       <c r="B837" t="s">
         <v>1674</v>
       </c>
       <c r="C837" s="5">
-        <v>53.0</v>
+        <v>11.0</v>
       </c>
       <c r="D837" s="6" t="s">
         <v>1675</v>
       </c>
     </row>
     <row r="838" spans="1:4">
       <c r="A838" s="3">
-        <v>5698</v>
+        <v>5937</v>
       </c>
       <c r="B838" t="s">
         <v>1676</v>
       </c>
       <c r="C838" s="5">
-        <v>45.0</v>
+        <v>15.0</v>
       </c>
       <c r="D838" s="6" t="s">
         <v>1677</v>
       </c>
     </row>
     <row r="839" spans="1:4">
       <c r="A839" s="3">
-        <v>5614</v>
+        <v>5939</v>
       </c>
       <c r="B839" t="s">
         <v>1678</v>
       </c>
       <c r="C839" s="5">
-        <v>16.0</v>
+        <v>24.0</v>
       </c>
       <c r="D839" s="6" t="s">
         <v>1679</v>
       </c>
     </row>
     <row r="840" spans="1:4">
       <c r="A840" s="3">
-        <v>5615</v>
+        <v>5940</v>
       </c>
       <c r="B840" t="s">
         <v>1680</v>
       </c>
       <c r="C840" s="5">
-        <v>8.0</v>
+        <v>28.0</v>
       </c>
       <c r="D840" s="6" t="s">
         <v>1681</v>
       </c>
     </row>
     <row r="841" spans="1:4">
       <c r="A841" s="3">
-        <v>5541</v>
+        <v>5941</v>
       </c>
       <c r="B841" t="s">
         <v>1682</v>
       </c>
       <c r="C841" s="5">
-        <v>15.0</v>
+        <v>42.0</v>
       </c>
       <c r="D841" s="6" t="s">
         <v>1683</v>
       </c>
     </row>
     <row r="842" spans="1:4">
       <c r="A842" s="3">
-        <v>5542</v>
+        <v>5942</v>
       </c>
       <c r="B842" t="s">
         <v>1684</v>
       </c>
       <c r="C842" s="5">
-        <v>8.0</v>
+        <v>34.0</v>
       </c>
       <c r="D842" s="6" t="s">
         <v>1685</v>
       </c>
     </row>
     <row r="843" spans="1:4">
       <c r="A843" s="3">
-        <v>5543</v>
+        <v>5943</v>
       </c>
       <c r="B843" t="s">
         <v>1686</v>
       </c>
       <c r="C843" s="5">
-        <v>10.0</v>
+        <v>39.0</v>
       </c>
       <c r="D843" s="6" t="s">
         <v>1687</v>
       </c>
     </row>
     <row r="844" spans="1:4">
       <c r="A844" s="3">
-        <v>5544</v>
+        <v>5944</v>
       </c>
       <c r="B844" t="s">
         <v>1688</v>
       </c>
       <c r="C844" s="5">
-        <v>14.16</v>
+        <v>46.0</v>
       </c>
       <c r="D844" s="6" t="s">
         <v>1689</v>
       </c>
     </row>
     <row r="845" spans="1:4">
       <c r="A845" s="3">
-        <v>5545</v>
+        <v>7913</v>
       </c>
       <c r="B845" t="s">
         <v>1690</v>
       </c>
       <c r="C845" s="5">
-        <v>24.0</v>
+        <v>37.0</v>
       </c>
       <c r="D845" s="6" t="s">
         <v>1691</v>
       </c>
     </row>
     <row r="846" spans="1:4">
       <c r="A846" s="3">
-        <v>5546</v>
+        <v>5938</v>
       </c>
       <c r="B846" t="s">
         <v>1692</v>
       </c>
       <c r="C846" s="5">
-        <v>14.16</v>
+        <v>19.0</v>
       </c>
       <c r="D846" s="6" t="s">
         <v>1693</v>
       </c>
     </row>
     <row r="847" spans="1:4">
       <c r="A847" s="3">
-        <v>5553</v>
+        <v>7989</v>
       </c>
       <c r="B847" t="s">
         <v>1694</v>
       </c>
       <c r="C847" s="5">
-        <v>41.3</v>
+        <v>23.0</v>
       </c>
       <c r="D847" s="6" t="s">
         <v>1695</v>
       </c>
     </row>
     <row r="848" spans="1:4">
       <c r="A848" s="3">
-        <v>5627</v>
+        <v>5726</v>
       </c>
       <c r="B848" t="s">
         <v>1696</v>
       </c>
       <c r="C848" s="5">
-        <v>14.16</v>
+        <v>207.0</v>
       </c>
       <c r="D848" s="6" t="s">
         <v>1697</v>
       </c>
     </row>
     <row r="849" spans="1:4">
       <c r="A849" s="3">
-        <v>5616</v>
+        <v>5720</v>
       </c>
       <c r="B849" t="s">
         <v>1698</v>
       </c>
       <c r="C849" s="5">
-        <v>9.0</v>
+        <v>4.0</v>
       </c>
       <c r="D849" s="6" t="s">
         <v>1699</v>
       </c>
     </row>
     <row r="850" spans="1:4">
       <c r="A850" s="3">
-        <v>5617</v>
+        <v>5721</v>
       </c>
       <c r="B850" t="s">
         <v>1700</v>
       </c>
       <c r="C850" s="5">
-        <v>10.0</v>
+        <v>5.0</v>
       </c>
       <c r="D850" s="6" t="s">
         <v>1701</v>
       </c>
     </row>
     <row r="851" spans="1:4">
       <c r="A851" s="3">
-        <v>5618</v>
+        <v>5691</v>
       </c>
       <c r="B851" t="s">
         <v>1702</v>
       </c>
       <c r="C851" s="5">
-        <v>11.0</v>
+        <v>53.0</v>
       </c>
       <c r="D851" s="6" t="s">
         <v>1703</v>
       </c>
     </row>
     <row r="852" spans="1:4">
       <c r="A852" s="3">
-        <v>5619</v>
+        <v>5698</v>
       </c>
       <c r="B852" t="s">
         <v>1704</v>
       </c>
       <c r="C852" s="5">
-        <v>13.0</v>
+        <v>45.0</v>
       </c>
       <c r="D852" s="6" t="s">
         <v>1705</v>
       </c>
     </row>
     <row r="853" spans="1:4">
       <c r="A853" s="3">
-        <v>5620</v>
+        <v>5614</v>
       </c>
       <c r="B853" t="s">
         <v>1706</v>
       </c>
       <c r="C853" s="5">
-        <v>14.0</v>
+        <v>16.0</v>
       </c>
       <c r="D853" s="6" t="s">
         <v>1707</v>
       </c>
     </row>
     <row r="854" spans="1:4">
       <c r="A854" s="3">
-        <v>5621</v>
+        <v>5615</v>
       </c>
       <c r="B854" t="s">
         <v>1708</v>
       </c>
       <c r="C854" s="5">
-        <v>16.0</v>
+        <v>8.0</v>
       </c>
       <c r="D854" s="6" t="s">
         <v>1709</v>
       </c>
     </row>
     <row r="855" spans="1:4">
       <c r="A855" s="3">
-        <v>5622</v>
+        <v>5541</v>
       </c>
       <c r="B855" t="s">
         <v>1710</v>
       </c>
       <c r="C855" s="5">
-        <v>18.0</v>
+        <v>15.0</v>
       </c>
       <c r="D855" s="6" t="s">
         <v>1711</v>
       </c>
     </row>
     <row r="856" spans="1:4">
       <c r="A856" s="3">
-        <v>5608</v>
+        <v>5542</v>
       </c>
       <c r="B856" t="s">
         <v>1712</v>
       </c>
       <c r="C856" s="5">
         <v>8.0</v>
       </c>
       <c r="D856" s="6" t="s">
         <v>1713</v>
       </c>
     </row>
     <row r="857" spans="1:4">
       <c r="A857" s="3">
-        <v>5609</v>
+        <v>5543</v>
       </c>
       <c r="B857" t="s">
         <v>1714</v>
       </c>
       <c r="C857" s="5">
-        <v>9.0</v>
+        <v>10.0</v>
       </c>
       <c r="D857" s="6" t="s">
         <v>1715</v>
       </c>
     </row>
     <row r="858" spans="1:4">
       <c r="A858" s="3">
-        <v>5610</v>
+        <v>5544</v>
       </c>
       <c r="B858" t="s">
         <v>1716</v>
       </c>
       <c r="C858" s="5">
-        <v>10.0</v>
+        <v>14.16</v>
       </c>
       <c r="D858" s="6" t="s">
         <v>1717</v>
       </c>
     </row>
     <row r="859" spans="1:4">
       <c r="A859" s="3">
-        <v>5611</v>
+        <v>5545</v>
       </c>
       <c r="B859" t="s">
         <v>1718</v>
       </c>
       <c r="C859" s="5">
-        <v>11.0</v>
+        <v>24.0</v>
       </c>
       <c r="D859" s="6" t="s">
         <v>1719</v>
       </c>
     </row>
     <row r="860" spans="1:4">
       <c r="A860" s="3">
-        <v>5612</v>
+        <v>5546</v>
       </c>
       <c r="B860" t="s">
         <v>1720</v>
       </c>
       <c r="C860" s="5">
-        <v>13.0</v>
+        <v>14.16</v>
       </c>
       <c r="D860" s="6" t="s">
         <v>1721</v>
       </c>
     </row>
     <row r="861" spans="1:4">
       <c r="A861" s="3">
-        <v>5613</v>
+        <v>5553</v>
       </c>
       <c r="B861" t="s">
         <v>1722</v>
       </c>
       <c r="C861" s="5">
-        <v>14.0</v>
+        <v>41.3</v>
       </c>
       <c r="D861" s="6" t="s">
         <v>1723</v>
       </c>
     </row>
     <row r="862" spans="1:4">
       <c r="A862" s="3">
-        <v>5596</v>
+        <v>5627</v>
       </c>
       <c r="B862" t="s">
         <v>1724</v>
       </c>
       <c r="C862" s="5">
-        <v>79.0</v>
+        <v>14.16</v>
       </c>
       <c r="D862" s="6" t="s">
         <v>1725</v>
       </c>
     </row>
     <row r="863" spans="1:4">
       <c r="A863" s="3">
-        <v>5371</v>
+        <v>5616</v>
       </c>
       <c r="B863" t="s">
         <v>1726</v>
       </c>
       <c r="C863" s="5">
-        <v>60.0</v>
+        <v>9.0</v>
       </c>
       <c r="D863" s="6" t="s">
         <v>1727</v>
       </c>
     </row>
     <row r="864" spans="1:4">
       <c r="A864" s="3">
-        <v>6196</v>
+        <v>5617</v>
       </c>
       <c r="B864" t="s">
         <v>1728</v>
       </c>
       <c r="C864" s="5">
-        <v>4.72</v>
+        <v>10.0</v>
       </c>
       <c r="D864" s="6" t="s">
         <v>1729</v>
       </c>
     </row>
     <row r="865" spans="1:4">
       <c r="A865" s="3">
-        <v>6197</v>
+        <v>5618</v>
       </c>
       <c r="B865" t="s">
         <v>1730</v>
       </c>
       <c r="C865" s="5">
-        <v>7.08</v>
+        <v>11.0</v>
       </c>
       <c r="D865" s="6" t="s">
         <v>1731</v>
       </c>
     </row>
     <row r="866" spans="1:4">
       <c r="A866" s="3">
-        <v>6199</v>
+        <v>5619</v>
       </c>
       <c r="B866" t="s">
         <v>1732</v>
       </c>
       <c r="C866" s="5">
-        <v>11.8</v>
+        <v>13.0</v>
       </c>
       <c r="D866" s="6" t="s">
         <v>1733</v>
       </c>
     </row>
     <row r="867" spans="1:4">
       <c r="A867" s="3">
-        <v>6200</v>
+        <v>5620</v>
       </c>
       <c r="B867" t="s">
         <v>1734</v>
       </c>
       <c r="C867" s="5">
-        <v>14.16</v>
+        <v>14.0</v>
       </c>
       <c r="D867" s="6" t="s">
         <v>1735</v>
       </c>
     </row>
     <row r="868" spans="1:4">
       <c r="A868" s="3">
-        <v>6201</v>
+        <v>5621</v>
       </c>
       <c r="B868" t="s">
         <v>1736</v>
       </c>
       <c r="C868" s="5">
-        <v>16.52</v>
+        <v>16.0</v>
       </c>
       <c r="D868" s="6" t="s">
         <v>1737</v>
       </c>
     </row>
     <row r="869" spans="1:4">
       <c r="A869" s="3">
-        <v>6202</v>
+        <v>5622</v>
       </c>
       <c r="B869" t="s">
         <v>1738</v>
       </c>
       <c r="C869" s="5">
-        <v>18.88</v>
+        <v>18.0</v>
       </c>
       <c r="D869" s="6" t="s">
         <v>1739</v>
       </c>
     </row>
     <row r="870" spans="1:4">
       <c r="A870" s="3">
-        <v>6203</v>
+        <v>5608</v>
       </c>
       <c r="B870" t="s">
         <v>1740</v>
       </c>
       <c r="C870" s="5">
-        <v>21.24</v>
+        <v>8.0</v>
       </c>
       <c r="D870" s="6" t="s">
         <v>1741</v>
       </c>
     </row>
     <row r="871" spans="1:4">
       <c r="A871" s="3">
-        <v>6204</v>
+        <v>5609</v>
       </c>
       <c r="B871" t="s">
         <v>1742</v>
       </c>
       <c r="C871" s="5">
-        <v>23.6</v>
+        <v>9.0</v>
       </c>
       <c r="D871" s="6" t="s">
         <v>1743</v>
       </c>
     </row>
     <row r="872" spans="1:4">
       <c r="A872" s="3">
-        <v>6205</v>
+        <v>5610</v>
       </c>
       <c r="B872" t="s">
         <v>1744</v>
       </c>
       <c r="C872" s="5">
-        <v>6.25</v>
+        <v>10.0</v>
       </c>
       <c r="D872" s="6" t="s">
         <v>1745</v>
       </c>
     </row>
     <row r="873" spans="1:4">
       <c r="A873" s="3">
-        <v>6206</v>
+        <v>5611</v>
       </c>
       <c r="B873" t="s">
         <v>1746</v>
       </c>
       <c r="C873" s="5">
-        <v>7.97</v>
+        <v>11.0</v>
       </c>
       <c r="D873" s="6" t="s">
         <v>1747</v>
       </c>
     </row>
     <row r="874" spans="1:4">
       <c r="A874" s="3">
-        <v>6208</v>
+        <v>5612</v>
       </c>
       <c r="B874" t="s">
         <v>1748</v>
       </c>
       <c r="C874" s="5">
-        <v>13.28</v>
+        <v>13.0</v>
       </c>
       <c r="D874" s="6" t="s">
         <v>1749</v>
       </c>
     </row>
     <row r="875" spans="1:4">
       <c r="A875" s="3">
-        <v>6209</v>
+        <v>5613</v>
       </c>
       <c r="B875" t="s">
         <v>1750</v>
       </c>
       <c r="C875" s="5">
-        <v>15.93</v>
+        <v>14.0</v>
       </c>
       <c r="D875" s="6" t="s">
         <v>1751</v>
       </c>
     </row>
     <row r="876" spans="1:4">
       <c r="A876" s="3">
-        <v>6210</v>
+        <v>5596</v>
       </c>
       <c r="B876" t="s">
         <v>1752</v>
       </c>
       <c r="C876" s="5">
-        <v>18.59</v>
+        <v>79.0</v>
       </c>
       <c r="D876" s="6" t="s">
         <v>1753</v>
       </c>
     </row>
     <row r="877" spans="1:4">
       <c r="A877" s="3">
-        <v>6211</v>
+        <v>5371</v>
       </c>
       <c r="B877" t="s">
         <v>1754</v>
       </c>
       <c r="C877" s="5">
-        <v>21.24</v>
+        <v>60.0</v>
       </c>
       <c r="D877" s="6" t="s">
         <v>1755</v>
       </c>
     </row>
     <row r="878" spans="1:4">
       <c r="A878" s="3">
-        <v>6212</v>
+        <v>6196</v>
       </c>
       <c r="B878" t="s">
         <v>1756</v>
       </c>
       <c r="C878" s="5">
-        <v>23.9</v>
+        <v>4.72</v>
       </c>
       <c r="D878" s="6" t="s">
         <v>1757</v>
       </c>
     </row>
     <row r="879" spans="1:4">
       <c r="A879" s="3">
-        <v>6213</v>
+        <v>6197</v>
       </c>
       <c r="B879" t="s">
         <v>1758</v>
       </c>
       <c r="C879" s="5">
-        <v>26.55</v>
+        <v>7.08</v>
       </c>
       <c r="D879" s="6" t="s">
         <v>1759</v>
       </c>
     </row>
     <row r="880" spans="1:4">
       <c r="A880" s="3">
-        <v>5365</v>
+        <v>6199</v>
       </c>
       <c r="B880" t="s">
         <v>1760</v>
       </c>
       <c r="C880" s="5">
-        <v>41.3</v>
+        <v>11.8</v>
       </c>
       <c r="D880" s="6" t="s">
         <v>1761</v>
       </c>
     </row>
     <row r="881" spans="1:4">
       <c r="A881" s="3">
-        <v>5401</v>
+        <v>6200</v>
       </c>
       <c r="B881" t="s">
         <v>1762</v>
       </c>
       <c r="C881" s="5">
-        <v>23.6</v>
+        <v>14.16</v>
       </c>
       <c r="D881" s="6" t="s">
         <v>1763</v>
       </c>
     </row>
     <row r="882" spans="1:4">
       <c r="A882" s="3">
-        <v>5395</v>
+        <v>6201</v>
       </c>
       <c r="B882" t="s">
         <v>1764</v>
       </c>
       <c r="C882" s="5">
-        <v>29.5</v>
+        <v>16.52</v>
       </c>
       <c r="D882" s="6" t="s">
         <v>1765</v>
       </c>
     </row>
     <row r="883" spans="1:4">
       <c r="A883" s="3">
-        <v>4830</v>
+        <v>6202</v>
       </c>
       <c r="B883" t="s">
         <v>1766</v>
       </c>
       <c r="C883" s="5">
-        <v>25.0</v>
+        <v>18.88</v>
       </c>
       <c r="D883" s="6" t="s">
         <v>1767</v>
       </c>
     </row>
     <row r="884" spans="1:4">
       <c r="A884" s="3">
-        <v>5360</v>
+        <v>6203</v>
       </c>
       <c r="B884" t="s">
         <v>1768</v>
       </c>
       <c r="C884" s="5">
-        <v>89.0</v>
+        <v>21.24</v>
       </c>
       <c r="D884" s="6" t="s">
         <v>1769</v>
       </c>
     </row>
     <row r="885" spans="1:4">
       <c r="A885" s="3">
-        <v>5362</v>
+        <v>6204</v>
       </c>
       <c r="B885" t="s">
         <v>1770</v>
       </c>
       <c r="C885" s="5">
-        <v>29.5</v>
+        <v>23.6</v>
       </c>
       <c r="D885" s="6" t="s">
         <v>1771</v>
       </c>
     </row>
     <row r="886" spans="1:4">
       <c r="A886" s="3">
-        <v>5384</v>
+        <v>6205</v>
       </c>
       <c r="B886" t="s">
         <v>1772</v>
       </c>
       <c r="C886" s="5">
-        <v>23.6</v>
+        <v>6.25</v>
       </c>
       <c r="D886" s="6" t="s">
         <v>1773</v>
       </c>
     </row>
     <row r="887" spans="1:4">
       <c r="A887" s="3">
-        <v>5283</v>
+        <v>6206</v>
       </c>
       <c r="B887" t="s">
         <v>1774</v>
       </c>
       <c r="C887" s="5">
-        <v>53.0</v>
+        <v>7.97</v>
       </c>
       <c r="D887" s="6" t="s">
         <v>1775</v>
       </c>
     </row>
     <row r="888" spans="1:4">
       <c r="A888" s="3">
-        <v>5669</v>
+        <v>6208</v>
       </c>
       <c r="B888" t="s">
         <v>1776</v>
       </c>
       <c r="C888" s="5">
-        <v>17.7</v>
+        <v>13.28</v>
       </c>
       <c r="D888" s="6" t="s">
         <v>1777</v>
       </c>
     </row>
     <row r="889" spans="1:4">
       <c r="A889" s="3">
-        <v>5670</v>
+        <v>6209</v>
       </c>
       <c r="B889" t="s">
         <v>1778</v>
       </c>
       <c r="C889" s="5">
-        <v>17.7</v>
+        <v>15.93</v>
       </c>
       <c r="D889" s="6" t="s">
         <v>1779</v>
       </c>
     </row>
     <row r="890" spans="1:4">
       <c r="A890" s="3">
-        <v>5671</v>
+        <v>6210</v>
       </c>
       <c r="B890" t="s">
         <v>1780</v>
       </c>
       <c r="C890" s="5">
-        <v>18.0</v>
+        <v>18.59</v>
       </c>
       <c r="D890" s="6" t="s">
         <v>1781</v>
       </c>
     </row>
     <row r="891" spans="1:4">
       <c r="A891" s="3">
-        <v>5672</v>
+        <v>6211</v>
       </c>
       <c r="B891" t="s">
         <v>1782</v>
       </c>
       <c r="C891" s="5">
-        <v>17.7</v>
+        <v>21.24</v>
       </c>
       <c r="D891" s="6" t="s">
         <v>1783</v>
       </c>
     </row>
     <row r="892" spans="1:4">
       <c r="A892" s="3">
-        <v>5673</v>
+        <v>6212</v>
       </c>
       <c r="B892" t="s">
         <v>1784</v>
       </c>
       <c r="C892" s="5">
-        <v>17.7</v>
+        <v>23.9</v>
       </c>
       <c r="D892" s="6" t="s">
         <v>1785</v>
       </c>
     </row>
     <row r="893" spans="1:4">
       <c r="A893" s="3">
-        <v>5674</v>
+        <v>6213</v>
       </c>
       <c r="B893" t="s">
         <v>1786</v>
       </c>
       <c r="C893" s="5">
-        <v>17.7</v>
+        <v>26.55</v>
       </c>
       <c r="D893" s="6" t="s">
         <v>1787</v>
       </c>
     </row>
     <row r="894" spans="1:4">
       <c r="A894" s="3">
-        <v>5675</v>
+        <v>5365</v>
       </c>
       <c r="B894" t="s">
         <v>1788</v>
       </c>
       <c r="C894" s="5">
-        <v>21.24</v>
+        <v>41.3</v>
       </c>
       <c r="D894" s="6" t="s">
         <v>1789</v>
       </c>
     </row>
     <row r="895" spans="1:4">
       <c r="A895" s="3">
-        <v>5676</v>
+        <v>5401</v>
       </c>
       <c r="B895" t="s">
         <v>1790</v>
       </c>
       <c r="C895" s="5">
         <v>23.6</v>
       </c>
       <c r="D895" s="6" t="s">
         <v>1791</v>
       </c>
     </row>
     <row r="896" spans="1:4">
       <c r="A896" s="3">
-        <v>5677</v>
+        <v>5395</v>
       </c>
       <c r="B896" t="s">
         <v>1792</v>
       </c>
       <c r="C896" s="5">
-        <v>23.6</v>
+        <v>29.5</v>
       </c>
       <c r="D896" s="6" t="s">
         <v>1793</v>
       </c>
     </row>
     <row r="897" spans="1:4">
       <c r="A897" s="3">
-        <v>5679</v>
+        <v>4830</v>
       </c>
       <c r="B897" t="s">
         <v>1794</v>
       </c>
       <c r="C897" s="5">
-        <v>29.5</v>
+        <v>25.0</v>
       </c>
       <c r="D897" s="6" t="s">
         <v>1795</v>
       </c>
     </row>
     <row r="898" spans="1:4">
       <c r="A898" s="3">
-        <v>5680</v>
+        <v>5360</v>
       </c>
       <c r="B898" t="s">
         <v>1796</v>
       </c>
       <c r="C898" s="5">
-        <v>29.5</v>
+        <v>89.0</v>
       </c>
       <c r="D898" s="6" t="s">
         <v>1797</v>
       </c>
     </row>
     <row r="899" spans="1:4">
       <c r="A899" s="3">
-        <v>5681</v>
+        <v>5362</v>
       </c>
       <c r="B899" t="s">
         <v>1798</v>
       </c>
       <c r="C899" s="5">
         <v>29.5</v>
       </c>
       <c r="D899" s="6" t="s">
         <v>1799</v>
       </c>
     </row>
     <row r="900" spans="1:4">
       <c r="A900" s="3">
-        <v>5682</v>
+        <v>5384</v>
       </c>
       <c r="B900" t="s">
         <v>1800</v>
       </c>
       <c r="C900" s="5">
-        <v>29.5</v>
+        <v>23.6</v>
       </c>
       <c r="D900" s="6" t="s">
         <v>1801</v>
       </c>
     </row>
     <row r="901" spans="1:4">
       <c r="A901" s="3">
-        <v>5683</v>
+        <v>5283</v>
       </c>
       <c r="B901" t="s">
         <v>1802</v>
       </c>
       <c r="C901" s="5">
-        <v>29.5</v>
+        <v>53.0</v>
       </c>
       <c r="D901" s="6" t="s">
         <v>1803</v>
       </c>
     </row>
     <row r="902" spans="1:4">
       <c r="A902" s="3">
-        <v>5684</v>
+        <v>5669</v>
       </c>
       <c r="B902" t="s">
         <v>1804</v>
       </c>
       <c r="C902" s="5">
-        <v>41.3</v>
+        <v>17.7</v>
       </c>
       <c r="D902" s="6" t="s">
         <v>1805</v>
       </c>
     </row>
     <row r="903" spans="1:4">
       <c r="A903" s="3">
-        <v>5685</v>
+        <v>5670</v>
       </c>
       <c r="B903" t="s">
         <v>1806</v>
       </c>
       <c r="C903" s="5">
-        <v>41.3</v>
+        <v>17.7</v>
       </c>
       <c r="D903" s="6" t="s">
         <v>1807</v>
       </c>
     </row>
     <row r="904" spans="1:4">
       <c r="A904" s="3">
-        <v>5686</v>
+        <v>5671</v>
       </c>
       <c r="B904" t="s">
         <v>1808</v>
       </c>
       <c r="C904" s="5">
-        <v>41.3</v>
+        <v>18.0</v>
       </c>
       <c r="D904" s="6" t="s">
         <v>1809</v>
       </c>
     </row>
     <row r="905" spans="1:4">
       <c r="A905" s="3">
-        <v>5687</v>
+        <v>5672</v>
       </c>
       <c r="B905" t="s">
         <v>1810</v>
       </c>
       <c r="C905" s="5">
-        <v>41.3</v>
+        <v>17.7</v>
       </c>
       <c r="D905" s="6" t="s">
         <v>1811</v>
       </c>
     </row>
     <row r="906" spans="1:4">
       <c r="A906" s="3">
-        <v>5688</v>
+        <v>5673</v>
       </c>
       <c r="B906" t="s">
         <v>1812</v>
       </c>
       <c r="C906" s="5">
-        <v>53.0</v>
+        <v>17.7</v>
       </c>
       <c r="D906" s="6" t="s">
         <v>1813</v>
       </c>
     </row>
     <row r="907" spans="1:4">
       <c r="A907" s="3">
-        <v>5689</v>
+        <v>5674</v>
       </c>
       <c r="B907" t="s">
         <v>1814</v>
       </c>
       <c r="C907" s="5">
-        <v>53.0</v>
+        <v>17.7</v>
       </c>
       <c r="D907" s="6" t="s">
         <v>1815</v>
       </c>
     </row>
     <row r="908" spans="1:4">
       <c r="A908" s="3">
-        <v>5690</v>
+        <v>5675</v>
       </c>
       <c r="B908" t="s">
         <v>1816</v>
       </c>
       <c r="C908" s="5">
-        <v>53.0</v>
+        <v>21.24</v>
       </c>
       <c r="D908" s="6" t="s">
         <v>1817</v>
       </c>
     </row>
     <row r="909" spans="1:4">
       <c r="A909" s="3">
-        <v>5678</v>
+        <v>5676</v>
       </c>
       <c r="B909" t="s">
         <v>1818</v>
       </c>
       <c r="C909" s="5">
         <v>23.6</v>
       </c>
       <c r="D909" s="6" t="s">
         <v>1819</v>
       </c>
     </row>
     <row r="910" spans="1:4">
       <c r="A910" s="3">
-        <v>5514</v>
+        <v>5677</v>
       </c>
       <c r="B910" t="s">
         <v>1820</v>
       </c>
       <c r="C910" s="5">
-        <v>58.0</v>
+        <v>23.6</v>
       </c>
       <c r="D910" s="6" t="s">
         <v>1821</v>
       </c>
     </row>
     <row r="911" spans="1:4">
       <c r="A911" s="3">
-        <v>5527</v>
+        <v>5679</v>
       </c>
       <c r="B911" t="s">
         <v>1822</v>
       </c>
       <c r="C911" s="5">
-        <v>142.0</v>
+        <v>29.5</v>
       </c>
       <c r="D911" s="6" t="s">
         <v>1823</v>
       </c>
     </row>
     <row r="912" spans="1:4">
       <c r="A912" s="3">
-        <v>3940</v>
+        <v>5680</v>
       </c>
       <c r="B912" t="s">
         <v>1824</v>
       </c>
       <c r="C912" s="5">
-        <v>8.0</v>
+        <v>29.5</v>
       </c>
       <c r="D912" s="6" t="s">
         <v>1825</v>
       </c>
     </row>
     <row r="913" spans="1:4">
       <c r="A913" s="3">
-        <v>5515</v>
+        <v>5681</v>
       </c>
       <c r="B913" t="s">
         <v>1826</v>
       </c>
       <c r="C913" s="5">
-        <v>65.0</v>
+        <v>29.5</v>
       </c>
       <c r="D913" s="6" t="s">
         <v>1827</v>
       </c>
     </row>
     <row r="914" spans="1:4">
       <c r="A914" s="3">
-        <v>5516</v>
+        <v>5682</v>
       </c>
       <c r="B914" t="s">
         <v>1828</v>
       </c>
       <c r="C914" s="5">
-        <v>44.0</v>
+        <v>29.5</v>
       </c>
       <c r="D914" s="6" t="s">
         <v>1829</v>
       </c>
     </row>
     <row r="915" spans="1:4">
       <c r="A915" s="3">
-        <v>5517</v>
+        <v>5683</v>
       </c>
       <c r="B915" t="s">
         <v>1830</v>
       </c>
       <c r="C915" s="5">
-        <v>18.25</v>
+        <v>29.5</v>
       </c>
       <c r="D915" s="6" t="s">
         <v>1831</v>
       </c>
     </row>
     <row r="916" spans="1:4">
       <c r="A916" s="3">
-        <v>5518</v>
+        <v>5684</v>
       </c>
       <c r="B916" t="s">
         <v>1832</v>
       </c>
       <c r="C916" s="5">
-        <v>25.0</v>
+        <v>41.3</v>
       </c>
       <c r="D916" s="6" t="s">
         <v>1833</v>
       </c>
     </row>
     <row r="917" spans="1:4">
       <c r="A917" s="3">
-        <v>5519</v>
+        <v>5685</v>
       </c>
       <c r="B917" t="s">
         <v>1834</v>
       </c>
       <c r="C917" s="5">
-        <v>30.0</v>
+        <v>41.3</v>
       </c>
       <c r="D917" s="6" t="s">
         <v>1835</v>
       </c>
     </row>
     <row r="918" spans="1:4">
       <c r="A918" s="3">
-        <v>5520</v>
+        <v>5686</v>
       </c>
       <c r="B918" t="s">
         <v>1836</v>
       </c>
       <c r="C918" s="5">
-        <v>22.0</v>
+        <v>41.3</v>
       </c>
       <c r="D918" s="6" t="s">
         <v>1837</v>
       </c>
     </row>
     <row r="919" spans="1:4">
       <c r="A919" s="3">
-        <v>5513</v>
+        <v>5687</v>
       </c>
       <c r="B919" t="s">
         <v>1838</v>
       </c>
       <c r="C919" s="5">
-        <v>16.0</v>
+        <v>41.3</v>
       </c>
       <c r="D919" s="6" t="s">
         <v>1839</v>
       </c>
     </row>
     <row r="920" spans="1:4">
       <c r="A920" s="3">
-        <v>5489</v>
+        <v>5688</v>
       </c>
       <c r="B920" t="s">
         <v>1840</v>
       </c>
       <c r="C920" s="5">
-        <v>17.7</v>
+        <v>53.0</v>
       </c>
       <c r="D920" s="6" t="s">
         <v>1841</v>
       </c>
     </row>
     <row r="921" spans="1:4">
       <c r="A921" s="3">
-        <v>3986</v>
+        <v>5689</v>
       </c>
       <c r="B921" t="s">
         <v>1842</v>
       </c>
       <c r="C921" s="5">
-        <v>9.25</v>
+        <v>53.0</v>
       </c>
       <c r="D921" s="6" t="s">
         <v>1843</v>
       </c>
     </row>
     <row r="922" spans="1:4">
       <c r="A922" s="3">
-        <v>5487</v>
+        <v>5690</v>
       </c>
       <c r="B922" t="s">
         <v>1844</v>
       </c>
       <c r="C922" s="5">
-        <v>44.84</v>
+        <v>53.0</v>
       </c>
       <c r="D922" s="6" t="s">
         <v>1845</v>
       </c>
     </row>
     <row r="923" spans="1:4">
       <c r="A923" s="3">
-        <v>5488</v>
+        <v>5678</v>
       </c>
       <c r="B923" t="s">
         <v>1846</v>
       </c>
       <c r="C923" s="5">
-        <v>159.0</v>
+        <v>23.6</v>
       </c>
       <c r="D923" s="6" t="s">
         <v>1847</v>
       </c>
     </row>
     <row r="924" spans="1:4">
       <c r="A924" s="3">
-        <v>5478</v>
+        <v>5514</v>
       </c>
       <c r="B924" t="s">
         <v>1848</v>
       </c>
       <c r="C924" s="5">
-        <v>175.0</v>
+        <v>58.0</v>
       </c>
       <c r="D924" s="6" t="s">
         <v>1849</v>
       </c>
     </row>
     <row r="925" spans="1:4">
       <c r="A925" s="3">
-        <v>5480</v>
+        <v>5527</v>
       </c>
       <c r="B925" t="s">
         <v>1850</v>
       </c>
       <c r="C925" s="5">
-        <v>17.7</v>
+        <v>142.0</v>
       </c>
       <c r="D925" s="6" t="s">
         <v>1851</v>
       </c>
     </row>
     <row r="926" spans="1:4">
       <c r="A926" s="3">
-        <v>5662</v>
+        <v>3940</v>
       </c>
       <c r="B926" t="s">
         <v>1852</v>
       </c>
       <c r="C926" s="5">
-        <v>177.0</v>
+        <v>14.75</v>
       </c>
       <c r="D926" s="6" t="s">
         <v>1853</v>
       </c>
     </row>
     <row r="927" spans="1:4">
       <c r="A927" s="3">
-        <v>5663</v>
+        <v>5515</v>
       </c>
       <c r="B927" t="s">
         <v>1854</v>
       </c>
       <c r="C927" s="5">
-        <v>189.0</v>
+        <v>65.0</v>
       </c>
       <c r="D927" s="6" t="s">
         <v>1855</v>
       </c>
     </row>
     <row r="928" spans="1:4">
       <c r="A928" s="3">
-        <v>5664</v>
+        <v>5516</v>
       </c>
       <c r="B928" t="s">
         <v>1856</v>
       </c>
       <c r="C928" s="5">
-        <v>201.0</v>
+        <v>44.0</v>
       </c>
       <c r="D928" s="6" t="s">
         <v>1857</v>
       </c>
     </row>
     <row r="929" spans="1:4">
       <c r="A929" s="3">
-        <v>5665</v>
+        <v>5517</v>
       </c>
       <c r="B929" t="s">
         <v>1858</v>
       </c>
       <c r="C929" s="5">
-        <v>212.0</v>
+        <v>18.25</v>
       </c>
       <c r="D929" s="6" t="s">
         <v>1859</v>
       </c>
     </row>
     <row r="930" spans="1:4">
       <c r="A930" s="3">
-        <v>5666</v>
+        <v>5518</v>
       </c>
       <c r="B930" t="s">
         <v>1860</v>
       </c>
       <c r="C930" s="5">
-        <v>260.0</v>
+        <v>25.0</v>
       </c>
       <c r="D930" s="6" t="s">
         <v>1861</v>
       </c>
     </row>
     <row r="931" spans="1:4">
       <c r="A931" s="3">
-        <v>5594</v>
+        <v>5519</v>
       </c>
       <c r="B931" t="s">
         <v>1862</v>
       </c>
       <c r="C931" s="5">
-        <v>71.0</v>
+        <v>30.0</v>
       </c>
       <c r="D931" s="6" t="s">
         <v>1863</v>
       </c>
     </row>
     <row r="932" spans="1:4">
       <c r="A932" s="3">
-        <v>4358</v>
+        <v>5520</v>
       </c>
       <c r="B932" t="s">
         <v>1864</v>
       </c>
       <c r="C932" s="5">
-        <v>24.0</v>
+        <v>22.0</v>
       </c>
       <c r="D932" s="6" t="s">
         <v>1865</v>
       </c>
     </row>
     <row r="933" spans="1:4">
       <c r="A933" s="3">
-        <v>5465</v>
+        <v>5513</v>
       </c>
       <c r="B933" t="s">
         <v>1866</v>
       </c>
       <c r="C933" s="5">
-        <v>45.0</v>
+        <v>16.0</v>
       </c>
       <c r="D933" s="6" t="s">
         <v>1867</v>
       </c>
     </row>
     <row r="934" spans="1:4">
       <c r="A934" s="3">
-        <v>5463</v>
+        <v>5489</v>
       </c>
       <c r="B934" t="s">
         <v>1868</v>
       </c>
       <c r="C934" s="5">
-        <v>195.0</v>
+        <v>17.7</v>
       </c>
       <c r="D934" s="6" t="s">
         <v>1869</v>
       </c>
     </row>
     <row r="935" spans="1:4">
       <c r="A935" s="3">
-        <v>5469</v>
+        <v>3986</v>
       </c>
       <c r="B935" t="s">
         <v>1870</v>
       </c>
       <c r="C935" s="5">
-        <v>17.7</v>
+        <v>9.25</v>
       </c>
       <c r="D935" s="6" t="s">
         <v>1871</v>
       </c>
     </row>
     <row r="936" spans="1:4">
       <c r="A936" s="3">
-        <v>5351</v>
+        <v>5487</v>
       </c>
       <c r="B936" t="s">
         <v>1872</v>
       </c>
       <c r="C936" s="5">
-        <v>65.0</v>
+        <v>44.84</v>
       </c>
       <c r="D936" s="6" t="s">
         <v>1873</v>
       </c>
     </row>
     <row r="937" spans="1:4">
       <c r="A937" s="3">
-        <v>5353</v>
+        <v>5488</v>
       </c>
       <c r="B937" t="s">
         <v>1874</v>
       </c>
       <c r="C937" s="5">
-        <v>27.0</v>
+        <v>159.0</v>
       </c>
       <c r="D937" s="6" t="s">
         <v>1875</v>
       </c>
     </row>
     <row r="938" spans="1:4">
       <c r="A938" s="3">
-        <v>5357</v>
+        <v>5478</v>
       </c>
       <c r="B938" t="s">
         <v>1876</v>
       </c>
       <c r="C938" s="5">
-        <v>12.0</v>
+        <v>175.0</v>
       </c>
       <c r="D938" s="6" t="s">
         <v>1877</v>
       </c>
     </row>
     <row r="939" spans="1:4">
       <c r="A939" s="3">
-        <v>5358</v>
+        <v>5480</v>
       </c>
       <c r="B939" t="s">
         <v>1878</v>
       </c>
       <c r="C939" s="5">
         <v>17.7</v>
       </c>
       <c r="D939" s="6" t="s">
         <v>1879</v>
       </c>
     </row>
     <row r="940" spans="1:4">
       <c r="A940" s="3">
-        <v>5202</v>
+        <v>5662</v>
       </c>
       <c r="B940" t="s">
         <v>1880</v>
       </c>
       <c r="C940" s="5">
-        <v>28.0</v>
+        <v>177.0</v>
       </c>
       <c r="D940" s="6" t="s">
         <v>1881</v>
       </c>
     </row>
     <row r="941" spans="1:4">
       <c r="A941" s="3">
-        <v>4121</v>
+        <v>5663</v>
       </c>
       <c r="B941" t="s">
         <v>1882</v>
       </c>
       <c r="C941" s="5">
-        <v>115.0</v>
+        <v>189.0</v>
       </c>
       <c r="D941" s="6" t="s">
         <v>1883</v>
       </c>
     </row>
     <row r="942" spans="1:4">
       <c r="A942" s="3">
-        <v>5347</v>
+        <v>5664</v>
       </c>
       <c r="B942" t="s">
         <v>1884</v>
       </c>
       <c r="C942" s="5">
-        <v>112.0</v>
+        <v>201.0</v>
       </c>
       <c r="D942" s="6" t="s">
         <v>1885</v>
       </c>
     </row>
     <row r="943" spans="1:4">
       <c r="A943" s="3">
-        <v>5345</v>
+        <v>5665</v>
       </c>
       <c r="B943" t="s">
         <v>1886</v>
       </c>
       <c r="C943" s="5">
-        <v>25.0</v>
+        <v>212.0</v>
       </c>
       <c r="D943" s="6" t="s">
         <v>1887</v>
       </c>
     </row>
     <row r="944" spans="1:4">
       <c r="A944" s="3">
-        <v>5300</v>
+        <v>5666</v>
       </c>
       <c r="B944" t="s">
         <v>1888</v>
       </c>
       <c r="C944" s="5">
-        <v>14.75</v>
+        <v>260.0</v>
       </c>
       <c r="D944" s="6" t="s">
         <v>1889</v>
       </c>
     </row>
     <row r="945" spans="1:4">
       <c r="A945" s="3">
-        <v>5273</v>
+        <v>5594</v>
       </c>
       <c r="B945" t="s">
         <v>1890</v>
       </c>
       <c r="C945" s="5">
-        <v>23.6</v>
+        <v>71.0</v>
       </c>
       <c r="D945" s="6" t="s">
         <v>1891</v>
       </c>
     </row>
     <row r="946" spans="1:4">
       <c r="A946" s="3">
-        <v>5274</v>
+        <v>4358</v>
       </c>
       <c r="B946" t="s">
         <v>1892</v>
       </c>
       <c r="C946" s="5">
-        <v>35.4</v>
+        <v>24.0</v>
       </c>
       <c r="D946" s="6" t="s">
         <v>1893</v>
       </c>
     </row>
     <row r="947" spans="1:4">
       <c r="A947" s="3">
-        <v>5290</v>
+        <v>5465</v>
       </c>
       <c r="B947" t="s">
         <v>1894</v>
       </c>
       <c r="C947" s="5">
-        <v>1.36</v>
+        <v>45.0</v>
       </c>
       <c r="D947" s="6" t="s">
         <v>1895</v>
       </c>
     </row>
     <row r="948" spans="1:4">
       <c r="A948" s="3">
-        <v>5291</v>
+        <v>5463</v>
       </c>
       <c r="B948" t="s">
         <v>1896</v>
       </c>
       <c r="C948" s="5">
-        <v>1.2</v>
+        <v>195.0</v>
       </c>
       <c r="D948" s="6" t="s">
         <v>1897</v>
       </c>
     </row>
     <row r="949" spans="1:4">
       <c r="A949" s="3">
-        <v>5275</v>
+        <v>5469</v>
       </c>
       <c r="B949" t="s">
         <v>1898</v>
       </c>
       <c r="C949" s="5">
-        <v>47.2</v>
+        <v>17.7</v>
       </c>
       <c r="D949" s="6" t="s">
         <v>1899</v>
       </c>
     </row>
     <row r="950" spans="1:4">
       <c r="A950" s="3">
-        <v>5526</v>
+        <v>5351</v>
       </c>
       <c r="B950" t="s">
         <v>1900</v>
       </c>
       <c r="C950" s="5">
-        <v>2.0</v>
+        <v>65.0</v>
       </c>
       <c r="D950" s="6" t="s">
         <v>1901</v>
       </c>
     </row>
     <row r="951" spans="1:4">
       <c r="A951" s="3">
-        <v>6314</v>
+        <v>5353</v>
       </c>
       <c r="B951" t="s">
         <v>1902</v>
       </c>
       <c r="C951" s="5">
-        <v>3.0</v>
+        <v>27.0</v>
       </c>
       <c r="D951" s="6" t="s">
         <v>1903</v>
       </c>
     </row>
     <row r="952" spans="1:4">
       <c r="A952" s="3">
-        <v>5220</v>
+        <v>5357</v>
       </c>
       <c r="B952" t="s">
         <v>1904</v>
       </c>
       <c r="C952" s="5">
-        <v>10.0</v>
+        <v>12.0</v>
       </c>
       <c r="D952" s="6" t="s">
         <v>1905</v>
       </c>
     </row>
     <row r="953" spans="1:4">
       <c r="A953" s="3">
-        <v>5213</v>
+        <v>5358</v>
       </c>
       <c r="B953" t="s">
         <v>1906</v>
       </c>
       <c r="C953" s="5">
-        <v>10.21</v>
+        <v>17.7</v>
       </c>
       <c r="D953" s="6" t="s">
         <v>1907</v>
       </c>
     </row>
     <row r="954" spans="1:4">
       <c r="A954" s="3">
-        <v>5221</v>
+        <v>5202</v>
       </c>
       <c r="B954" t="s">
         <v>1908</v>
       </c>
       <c r="C954" s="5">
-        <v>1.85</v>
+        <v>28.0</v>
       </c>
       <c r="D954" s="6" t="s">
         <v>1909</v>
       </c>
     </row>
     <row r="955" spans="1:4">
       <c r="A955" s="3">
-        <v>5222</v>
+        <v>4121</v>
       </c>
       <c r="B955" t="s">
         <v>1910</v>
       </c>
       <c r="C955" s="5">
-        <v>2.36</v>
+        <v>115.0</v>
       </c>
       <c r="D955" s="6" t="s">
         <v>1911</v>
       </c>
     </row>
     <row r="956" spans="1:4">
       <c r="A956" s="3">
-        <v>5223</v>
+        <v>5347</v>
       </c>
       <c r="B956" t="s">
         <v>1912</v>
       </c>
       <c r="C956" s="5">
-        <v>2.66</v>
+        <v>112.0</v>
       </c>
       <c r="D956" s="6" t="s">
         <v>1913</v>
       </c>
     </row>
     <row r="957" spans="1:4">
       <c r="A957" s="3">
-        <v>5224</v>
+        <v>5345</v>
       </c>
       <c r="B957" t="s">
         <v>1914</v>
       </c>
       <c r="C957" s="5">
-        <v>3.54</v>
+        <v>25.0</v>
       </c>
       <c r="D957" s="6" t="s">
         <v>1915</v>
       </c>
     </row>
     <row r="958" spans="1:4">
       <c r="A958" s="3">
-        <v>5225</v>
+        <v>5300</v>
       </c>
       <c r="B958" t="s">
         <v>1916</v>
       </c>
       <c r="C958" s="5">
-        <v>3.54</v>
+        <v>14.75</v>
       </c>
       <c r="D958" s="6" t="s">
         <v>1917</v>
       </c>
     </row>
     <row r="959" spans="1:4">
       <c r="A959" s="3">
-        <v>5226</v>
+        <v>5273</v>
       </c>
       <c r="B959" t="s">
         <v>1918</v>
       </c>
       <c r="C959" s="5">
-        <v>4.72</v>
+        <v>23.6</v>
       </c>
       <c r="D959" s="6" t="s">
         <v>1919</v>
       </c>
     </row>
     <row r="960" spans="1:4">
       <c r="A960" s="3">
-        <v>5227</v>
+        <v>5274</v>
       </c>
       <c r="B960" t="s">
         <v>1920</v>
       </c>
       <c r="C960" s="5">
-        <v>1.25</v>
+        <v>35.4</v>
       </c>
       <c r="D960" s="6" t="s">
         <v>1921</v>
       </c>
     </row>
     <row r="961" spans="1:4">
       <c r="A961" s="3">
-        <v>5228</v>
+        <v>5290</v>
       </c>
       <c r="B961" t="s">
         <v>1922</v>
       </c>
       <c r="C961" s="5">
-        <v>1.85</v>
+        <v>1.36</v>
       </c>
       <c r="D961" s="6" t="s">
         <v>1923</v>
       </c>
     </row>
     <row r="962" spans="1:4">
       <c r="A962" s="3">
-        <v>5229</v>
+        <v>5291</v>
       </c>
       <c r="B962" t="s">
         <v>1924</v>
       </c>
       <c r="C962" s="5">
-        <v>2.36</v>
+        <v>1.2</v>
       </c>
       <c r="D962" s="6" t="s">
         <v>1925</v>
       </c>
     </row>
     <row r="963" spans="1:4">
       <c r="A963" s="3">
-        <v>5188</v>
+        <v>5275</v>
       </c>
       <c r="B963" t="s">
         <v>1926</v>
       </c>
       <c r="C963" s="5">
-        <v>53.0</v>
+        <v>47.2</v>
       </c>
       <c r="D963" s="6" t="s">
         <v>1927</v>
       </c>
     </row>
     <row r="964" spans="1:4">
       <c r="A964" s="3">
-        <v>5212</v>
+        <v>5526</v>
       </c>
       <c r="B964" t="s">
         <v>1928</v>
       </c>
       <c r="C964" s="5">
-        <v>150.0</v>
+        <v>2.0</v>
       </c>
       <c r="D964" s="6" t="s">
         <v>1929</v>
       </c>
     </row>
     <row r="965" spans="1:4">
       <c r="A965" s="3">
-        <v>4368</v>
+        <v>6314</v>
       </c>
       <c r="B965" t="s">
         <v>1930</v>
       </c>
       <c r="C965" s="5">
-        <v>40.0</v>
+        <v>3.0</v>
       </c>
       <c r="D965" s="6" t="s">
         <v>1931</v>
       </c>
     </row>
     <row r="966" spans="1:4">
       <c r="A966" s="3">
-        <v>5185</v>
+        <v>5220</v>
       </c>
       <c r="B966" t="s">
         <v>1932</v>
       </c>
       <c r="C966" s="5">
-        <v>40.0</v>
+        <v>10.0</v>
       </c>
       <c r="D966" s="6" t="s">
         <v>1933</v>
       </c>
     </row>
     <row r="967" spans="1:4">
       <c r="A967" s="3">
-        <v>5184</v>
+        <v>5213</v>
       </c>
       <c r="B967" t="s">
         <v>1934</v>
       </c>
       <c r="C967" s="5">
-        <v>50.0</v>
+        <v>10.21</v>
       </c>
       <c r="D967" s="6" t="s">
         <v>1935</v>
       </c>
     </row>
     <row r="968" spans="1:4">
       <c r="A968" s="3">
-        <v>5187</v>
+        <v>5221</v>
       </c>
       <c r="B968" t="s">
         <v>1936</v>
       </c>
       <c r="C968" s="5">
-        <v>50.0</v>
+        <v>1.85</v>
       </c>
       <c r="D968" s="6" t="s">
         <v>1937</v>
       </c>
     </row>
     <row r="969" spans="1:4">
       <c r="A969" s="3">
-        <v>5199</v>
+        <v>5222</v>
       </c>
       <c r="B969" t="s">
         <v>1938</v>
       </c>
       <c r="C969" s="5">
-        <v>23.6</v>
+        <v>2.36</v>
       </c>
       <c r="D969" s="6" t="s">
         <v>1939</v>
       </c>
     </row>
     <row r="970" spans="1:4">
       <c r="A970" s="3">
-        <v>5348</v>
+        <v>5223</v>
       </c>
       <c r="B970" t="s">
         <v>1940</v>
       </c>
       <c r="C970" s="5">
-        <v>4.66</v>
+        <v>2.66</v>
       </c>
       <c r="D970" s="6" t="s">
         <v>1941</v>
       </c>
     </row>
     <row r="971" spans="1:4">
       <c r="A971" s="3">
-        <v>5093</v>
+        <v>5224</v>
       </c>
       <c r="B971" t="s">
         <v>1942</v>
       </c>
       <c r="C971" s="5">
-        <v>2.66</v>
+        <v>3.54</v>
       </c>
       <c r="D971" s="6" t="s">
         <v>1943</v>
       </c>
     </row>
     <row r="972" spans="1:4">
       <c r="A972" s="3">
-        <v>5095</v>
+        <v>5225</v>
       </c>
       <c r="B972" t="s">
         <v>1944</v>
       </c>
       <c r="C972" s="5">
-        <v>4.72</v>
+        <v>3.54</v>
       </c>
       <c r="D972" s="6" t="s">
         <v>1945</v>
       </c>
     </row>
     <row r="973" spans="1:4">
       <c r="A973" s="3">
-        <v>5096</v>
+        <v>5226</v>
       </c>
       <c r="B973" t="s">
         <v>1946</v>
       </c>
       <c r="C973" s="5">
-        <v>5.9</v>
+        <v>4.72</v>
       </c>
       <c r="D973" s="6" t="s">
         <v>1947</v>
       </c>
     </row>
     <row r="974" spans="1:4">
       <c r="A974" s="3">
-        <v>5117</v>
+        <v>5227</v>
       </c>
       <c r="B974" t="s">
         <v>1948</v>
       </c>
       <c r="C974" s="5">
-        <v>1525.0</v>
+        <v>1.25</v>
       </c>
       <c r="D974" s="6" t="s">
         <v>1949</v>
       </c>
     </row>
     <row r="975" spans="1:4">
       <c r="A975" s="3">
-        <v>5162</v>
+        <v>5228</v>
       </c>
       <c r="B975" t="s">
         <v>1950</v>
       </c>
       <c r="C975" s="5">
-        <v>2.36</v>
+        <v>1.85</v>
       </c>
       <c r="D975" s="6" t="s">
         <v>1951</v>
       </c>
     </row>
     <row r="976" spans="1:4">
       <c r="A976" s="3">
-        <v>5180</v>
+        <v>5229</v>
       </c>
       <c r="B976" t="s">
         <v>1952</v>
       </c>
       <c r="C976" s="5">
-        <v>2655.0</v>
+        <v>2.36</v>
       </c>
       <c r="D976" s="6" t="s">
         <v>1953</v>
       </c>
     </row>
     <row r="977" spans="1:4">
       <c r="A977" s="3">
-        <v>5182</v>
+        <v>5188</v>
       </c>
       <c r="B977" t="s">
         <v>1954</v>
       </c>
       <c r="C977" s="5">
-        <v>1.71</v>
+        <v>53.0</v>
       </c>
       <c r="D977" s="6" t="s">
         <v>1955</v>
       </c>
     </row>
     <row r="978" spans="1:4">
       <c r="A978" s="3">
-        <v>5183</v>
+        <v>5212</v>
       </c>
       <c r="B978" t="s">
         <v>1956</v>
       </c>
       <c r="C978" s="5">
-        <v>3.54</v>
+        <v>150.0</v>
       </c>
       <c r="D978" s="6" t="s">
         <v>1957</v>
       </c>
     </row>
     <row r="979" spans="1:4">
       <c r="A979" s="3">
-        <v>5050</v>
+        <v>4368</v>
       </c>
       <c r="B979" t="s">
         <v>1958</v>
       </c>
       <c r="C979" s="5">
-        <v>14.25</v>
+        <v>40.0</v>
       </c>
       <c r="D979" s="6" t="s">
         <v>1959</v>
       </c>
     </row>
     <row r="980" spans="1:4">
       <c r="A980" s="3">
-        <v>5133</v>
+        <v>5185</v>
       </c>
       <c r="B980" t="s">
         <v>1960</v>
       </c>
       <c r="C980" s="5">
-        <v>2773.0</v>
+        <v>40.0</v>
       </c>
       <c r="D980" s="6" t="s">
         <v>1961</v>
       </c>
     </row>
     <row r="981" spans="1:4">
       <c r="A981" s="3">
-        <v>5134</v>
+        <v>5184</v>
       </c>
       <c r="B981" t="s">
         <v>1962</v>
       </c>
       <c r="C981" s="5">
-        <v>4130.0</v>
+        <v>55.0</v>
       </c>
       <c r="D981" s="6" t="s">
         <v>1963</v>
       </c>
     </row>
     <row r="982" spans="1:4">
       <c r="A982" s="3">
-        <v>5139</v>
+        <v>5187</v>
       </c>
       <c r="B982" t="s">
         <v>1964</v>
       </c>
       <c r="C982" s="5">
-        <v>0.71</v>
+        <v>58.0</v>
       </c>
       <c r="D982" s="6" t="s">
         <v>1965</v>
       </c>
     </row>
     <row r="983" spans="1:4">
       <c r="A983" s="3">
-        <v>5074</v>
+        <v>5199</v>
       </c>
       <c r="B983" t="s">
         <v>1966</v>
       </c>
       <c r="C983" s="5">
-        <v>22.0</v>
+        <v>23.6</v>
       </c>
       <c r="D983" s="6" t="s">
         <v>1967</v>
       </c>
     </row>
     <row r="984" spans="1:4">
       <c r="A984" s="3">
-        <v>4886</v>
+        <v>5348</v>
       </c>
       <c r="B984" t="s">
         <v>1968</v>
       </c>
       <c r="C984" s="5">
-        <v>16.45</v>
+        <v>4.66</v>
       </c>
       <c r="D984" s="6" t="s">
         <v>1969</v>
       </c>
     </row>
     <row r="985" spans="1:4">
       <c r="A985" s="3">
-        <v>5038</v>
+        <v>5093</v>
       </c>
       <c r="B985" t="s">
         <v>1970</v>
       </c>
       <c r="C985" s="5">
-        <v>65.0</v>
+        <v>2.66</v>
       </c>
       <c r="D985" s="6" t="s">
         <v>1971</v>
       </c>
     </row>
     <row r="986" spans="1:4">
       <c r="A986" s="3">
-        <v>5059</v>
+        <v>5095</v>
       </c>
       <c r="B986" t="s">
         <v>1972</v>
       </c>
       <c r="C986" s="5">
-        <v>20.059999999999999</v>
+        <v>4.72</v>
       </c>
       <c r="D986" s="6" t="s">
         <v>1973</v>
       </c>
     </row>
     <row r="987" spans="1:4">
       <c r="A987" s="3">
-        <v>5060</v>
+        <v>5096</v>
       </c>
       <c r="B987" t="s">
         <v>1974</v>
       </c>
       <c r="C987" s="5">
-        <v>29.5</v>
+        <v>5.9</v>
       </c>
       <c r="D987" s="6" t="s">
         <v>1975</v>
       </c>
     </row>
     <row r="988" spans="1:4">
       <c r="A988" s="3">
-        <v>5061</v>
+        <v>5117</v>
       </c>
       <c r="B988" t="s">
         <v>1976</v>
       </c>
       <c r="C988" s="5">
-        <v>37.76</v>
+        <v>1525.0</v>
       </c>
       <c r="D988" s="6" t="s">
         <v>1977</v>
       </c>
     </row>
     <row r="989" spans="1:4">
       <c r="A989" s="3">
-        <v>4940</v>
+        <v>5162</v>
       </c>
       <c r="B989" t="s">
         <v>1978</v>
       </c>
       <c r="C989" s="5">
-        <v>14.0</v>
+        <v>2.36</v>
       </c>
       <c r="D989" s="6" t="s">
         <v>1979</v>
       </c>
     </row>
     <row r="990" spans="1:4">
       <c r="A990" s="3">
-        <v>4266</v>
+        <v>5180</v>
       </c>
       <c r="B990" t="s">
         <v>1980</v>
       </c>
       <c r="C990" s="5">
-        <v>175.0</v>
+        <v>2655.0</v>
       </c>
       <c r="D990" s="6" t="s">
         <v>1981</v>
       </c>
     </row>
     <row r="991" spans="1:4">
       <c r="A991" s="3">
-        <v>4132</v>
+        <v>5182</v>
       </c>
       <c r="B991" t="s">
         <v>1982</v>
       </c>
       <c r="C991" s="5">
-        <v>23.6</v>
+        <v>1.71</v>
       </c>
       <c r="D991" s="6" t="s">
         <v>1983</v>
       </c>
     </row>
     <row r="992" spans="1:4">
       <c r="A992" s="3">
-        <v>5056</v>
+        <v>5183</v>
       </c>
       <c r="B992" t="s">
         <v>1984</v>
       </c>
       <c r="C992" s="5">
-        <v>2650.0</v>
+        <v>3.54</v>
       </c>
       <c r="D992" s="6" t="s">
         <v>1985</v>
       </c>
     </row>
     <row r="993" spans="1:4">
       <c r="A993" s="3">
-        <v>3731</v>
+        <v>5050</v>
       </c>
       <c r="B993" t="s">
         <v>1986</v>
       </c>
       <c r="C993" s="5">
-        <v>8.85</v>
+        <v>14.25</v>
       </c>
       <c r="D993" s="6" t="s">
         <v>1987</v>
       </c>
     </row>
     <row r="994" spans="1:4">
       <c r="A994" s="3">
-        <v>3838</v>
+        <v>5133</v>
       </c>
       <c r="B994" t="s">
         <v>1988</v>
       </c>
       <c r="C994" s="5">
-        <v>125.0</v>
+        <v>2773.0</v>
       </c>
       <c r="D994" s="6" t="s">
         <v>1989</v>
       </c>
     </row>
     <row r="995" spans="1:4">
       <c r="A995" s="3">
-        <v>3966</v>
+        <v>5134</v>
       </c>
       <c r="B995" t="s">
         <v>1990</v>
       </c>
       <c r="C995" s="5">
-        <v>12.0</v>
+        <v>4130.0</v>
       </c>
       <c r="D995" s="6" t="s">
         <v>1991</v>
       </c>
     </row>
     <row r="996" spans="1:4">
       <c r="A996" s="3">
-        <v>4653</v>
+        <v>5139</v>
       </c>
       <c r="B996" t="s">
         <v>1992</v>
       </c>
       <c r="C996" s="5">
-        <v>20.65</v>
+        <v>0.71</v>
       </c>
       <c r="D996" s="6" t="s">
         <v>1993</v>
       </c>
     </row>
     <row r="997" spans="1:4">
       <c r="A997" s="3">
-        <v>7141</v>
+        <v>5074</v>
       </c>
       <c r="B997" t="s">
         <v>1994</v>
       </c>
       <c r="C997" s="5">
-        <v>16.0</v>
+        <v>22.0</v>
       </c>
       <c r="D997" s="6" t="s">
         <v>1995</v>
       </c>
     </row>
     <row r="998" spans="1:4">
       <c r="A998" s="3">
-        <v>5338</v>
+        <v>4886</v>
       </c>
       <c r="B998" t="s">
         <v>1996</v>
       </c>
       <c r="C998" s="5">
-        <v>2.95</v>
+        <v>16.45</v>
       </c>
       <c r="D998" s="6" t="s">
         <v>1997</v>
       </c>
     </row>
     <row r="999" spans="1:4">
       <c r="A999" s="3">
-        <v>5648</v>
+        <v>5038</v>
       </c>
       <c r="B999" t="s">
         <v>1998</v>
       </c>
       <c r="C999" s="5">
-        <v>3.54</v>
+        <v>65.0</v>
       </c>
       <c r="D999" s="6" t="s">
         <v>1999</v>
       </c>
     </row>
     <row r="1000" spans="1:4">
       <c r="A1000" s="3">
-        <v>5649</v>
+        <v>5059</v>
       </c>
       <c r="B1000" t="s">
         <v>2000</v>
       </c>
       <c r="C1000" s="5">
-        <v>4.13</v>
+        <v>20.059999999999999</v>
       </c>
       <c r="D1000" s="6" t="s">
         <v>2001</v>
       </c>
     </row>
     <row r="1001" spans="1:4">
       <c r="A1001" s="3">
-        <v>5650</v>
+        <v>5060</v>
       </c>
       <c r="B1001" t="s">
         <v>2002</v>
       </c>
       <c r="C1001" s="5">
-        <v>4.72</v>
+        <v>29.5</v>
       </c>
       <c r="D1001" s="6" t="s">
         <v>2003</v>
       </c>
     </row>
     <row r="1002" spans="1:4">
       <c r="A1002" s="3">
-        <v>5651</v>
+        <v>5061</v>
       </c>
       <c r="B1002" t="s">
         <v>2004</v>
       </c>
       <c r="C1002" s="5">
-        <v>5.31</v>
+        <v>37.76</v>
       </c>
       <c r="D1002" s="6" t="s">
         <v>2005</v>
       </c>
     </row>
     <row r="1003" spans="1:4">
       <c r="A1003" s="3">
-        <v>5652</v>
+        <v>4940</v>
       </c>
       <c r="B1003" t="s">
         <v>2006</v>
       </c>
       <c r="C1003" s="5">
-        <v>5.9</v>
+        <v>14.0</v>
       </c>
       <c r="D1003" s="6" t="s">
         <v>2007</v>
       </c>
     </row>
     <row r="1004" spans="1:4">
       <c r="A1004" s="3">
-        <v>5658</v>
+        <v>4266</v>
       </c>
       <c r="B1004" t="s">
         <v>2008</v>
       </c>
       <c r="C1004" s="5">
-        <v>5.31</v>
+        <v>175.0</v>
       </c>
       <c r="D1004" s="6" t="s">
         <v>2009</v>
       </c>
     </row>
     <row r="1005" spans="1:4">
       <c r="A1005" s="3">
-        <v>5659</v>
+        <v>4132</v>
       </c>
       <c r="B1005" t="s">
         <v>2010</v>
       </c>
       <c r="C1005" s="5">
-        <v>6.2</v>
+        <v>23.6</v>
       </c>
       <c r="D1005" s="6" t="s">
         <v>2011</v>
       </c>
     </row>
     <row r="1006" spans="1:4">
       <c r="A1006" s="3">
-        <v>5660</v>
+        <v>5056</v>
       </c>
       <c r="B1006" t="s">
         <v>2012</v>
       </c>
       <c r="C1006" s="5">
-        <v>7.97</v>
+        <v>2650.0</v>
       </c>
       <c r="D1006" s="6" t="s">
         <v>2013</v>
       </c>
     </row>
     <row r="1007" spans="1:4">
       <c r="A1007" s="3">
-        <v>5661</v>
+        <v>3731</v>
       </c>
       <c r="B1007" t="s">
         <v>2014</v>
       </c>
       <c r="C1007" s="5">
         <v>8.85</v>
       </c>
       <c r="D1007" s="6" t="s">
         <v>2015</v>
       </c>
     </row>
     <row r="1008" spans="1:4">
       <c r="A1008" s="3">
-        <v>5339</v>
+        <v>3838</v>
       </c>
       <c r="B1008" t="s">
         <v>2016</v>
       </c>
       <c r="C1008" s="5">
-        <v>4.43</v>
+        <v>125.0</v>
       </c>
       <c r="D1008" s="6" t="s">
         <v>2017</v>
       </c>
     </row>
     <row r="1009" spans="1:4">
       <c r="A1009" s="3">
-        <v>7276</v>
+        <v>3966</v>
       </c>
       <c r="B1009" t="s">
         <v>2018</v>
       </c>
       <c r="C1009" s="5">
-        <v>24.0</v>
+        <v>12.0</v>
       </c>
       <c r="D1009" s="6" t="s">
         <v>2019</v>
       </c>
     </row>
     <row r="1010" spans="1:4">
       <c r="A1010" s="3">
-        <v>7277</v>
+        <v>4653</v>
       </c>
       <c r="B1010" t="s">
         <v>2020</v>
       </c>
       <c r="C1010" s="5">
-        <v>24.0</v>
+        <v>20.65</v>
       </c>
       <c r="D1010" s="6" t="s">
         <v>2021</v>
       </c>
     </row>
     <row r="1011" spans="1:4">
       <c r="A1011" s="3">
-        <v>7278</v>
+        <v>7141</v>
       </c>
       <c r="B1011" t="s">
         <v>2022</v>
       </c>
       <c r="C1011" s="5">
-        <v>24.0</v>
+        <v>16.0</v>
       </c>
       <c r="D1011" s="6" t="s">
         <v>2023</v>
       </c>
     </row>
     <row r="1012" spans="1:4">
       <c r="A1012" s="3">
-        <v>7279</v>
+        <v>5338</v>
       </c>
       <c r="B1012" t="s">
         <v>2024</v>
       </c>
       <c r="C1012" s="5">
-        <v>24.0</v>
+        <v>2.95</v>
       </c>
       <c r="D1012" s="6" t="s">
         <v>2025</v>
       </c>
     </row>
     <row r="1013" spans="1:4">
       <c r="A1013" s="3">
-        <v>7280</v>
+        <v>5648</v>
       </c>
       <c r="B1013" t="s">
         <v>2026</v>
       </c>
       <c r="C1013" s="5">
-        <v>24.0</v>
+        <v>3.54</v>
       </c>
       <c r="D1013" s="6" t="s">
         <v>2027</v>
       </c>
     </row>
     <row r="1014" spans="1:4">
       <c r="A1014" s="3">
-        <v>7281</v>
+        <v>5649</v>
       </c>
       <c r="B1014" t="s">
         <v>2028</v>
       </c>
       <c r="C1014" s="5">
-        <v>27.0</v>
+        <v>4.13</v>
       </c>
       <c r="D1014" s="6" t="s">
         <v>2029</v>
       </c>
     </row>
     <row r="1015" spans="1:4">
       <c r="A1015" s="3">
-        <v>7282</v>
+        <v>5650</v>
       </c>
       <c r="B1015" t="s">
         <v>2030</v>
       </c>
       <c r="C1015" s="5">
-        <v>27.0</v>
+        <v>4.72</v>
       </c>
       <c r="D1015" s="6" t="s">
         <v>2031</v>
       </c>
     </row>
     <row r="1016" spans="1:4">
       <c r="A1016" s="3">
-        <v>7283</v>
+        <v>5651</v>
       </c>
       <c r="B1016" t="s">
         <v>2032</v>
       </c>
       <c r="C1016" s="5">
-        <v>30.0</v>
+        <v>5.31</v>
       </c>
       <c r="D1016" s="6" t="s">
         <v>2033</v>
       </c>
     </row>
     <row r="1017" spans="1:4">
       <c r="A1017" s="3">
-        <v>7284</v>
+        <v>5652</v>
       </c>
       <c r="B1017" t="s">
         <v>2034</v>
       </c>
       <c r="C1017" s="5">
-        <v>30.0</v>
+        <v>5.9</v>
       </c>
       <c r="D1017" s="6" t="s">
         <v>2035</v>
       </c>
     </row>
     <row r="1018" spans="1:4">
       <c r="A1018" s="3">
-        <v>7285</v>
+        <v>5658</v>
       </c>
       <c r="B1018" t="s">
         <v>2036</v>
       </c>
       <c r="C1018" s="5">
-        <v>30.0</v>
+        <v>5.31</v>
       </c>
       <c r="D1018" s="6" t="s">
         <v>2037</v>
       </c>
     </row>
     <row r="1019" spans="1:4">
       <c r="A1019" s="3">
-        <v>7286</v>
+        <v>5659</v>
       </c>
       <c r="B1019" t="s">
         <v>2038</v>
       </c>
       <c r="C1019" s="5">
-        <v>30.0</v>
+        <v>6.2</v>
       </c>
       <c r="D1019" s="6" t="s">
         <v>2039</v>
       </c>
     </row>
     <row r="1020" spans="1:4">
       <c r="A1020" s="3">
-        <v>7287</v>
+        <v>5660</v>
       </c>
       <c r="B1020" t="s">
         <v>2040</v>
       </c>
       <c r="C1020" s="5">
-        <v>33.0</v>
+        <v>7.97</v>
       </c>
       <c r="D1020" s="6" t="s">
         <v>2041</v>
       </c>
     </row>
     <row r="1021" spans="1:4">
       <c r="A1021" s="3">
-        <v>7288</v>
+        <v>5661</v>
       </c>
       <c r="B1021" t="s">
         <v>2042</v>
       </c>
       <c r="C1021" s="5">
-        <v>33.0</v>
+        <v>8.85</v>
       </c>
       <c r="D1021" s="6" t="s">
         <v>2043</v>
       </c>
     </row>
     <row r="1022" spans="1:4">
       <c r="A1022" s="3">
-        <v>7289</v>
+        <v>5339</v>
       </c>
       <c r="B1022" t="s">
         <v>2044</v>
       </c>
       <c r="C1022" s="5">
-        <v>36.0</v>
+        <v>4.43</v>
       </c>
       <c r="D1022" s="6" t="s">
         <v>2045</v>
       </c>
     </row>
     <row r="1023" spans="1:4">
       <c r="A1023" s="3">
-        <v>7290</v>
+        <v>7276</v>
       </c>
       <c r="B1023" t="s">
         <v>2046</v>
       </c>
       <c r="C1023" s="5">
-        <v>36.0</v>
+        <v>24.0</v>
       </c>
       <c r="D1023" s="6" t="s">
         <v>2047</v>
       </c>
     </row>
     <row r="1024" spans="1:4">
       <c r="A1024" s="3">
-        <v>7291</v>
+        <v>7277</v>
       </c>
       <c r="B1024" t="s">
         <v>2048</v>
       </c>
       <c r="C1024" s="5">
-        <v>36.0</v>
+        <v>24.0</v>
       </c>
       <c r="D1024" s="6" t="s">
         <v>2049</v>
       </c>
     </row>
     <row r="1025" spans="1:4">
       <c r="A1025" s="3">
-        <v>7292</v>
+        <v>7278</v>
       </c>
       <c r="B1025" t="s">
         <v>2050</v>
       </c>
       <c r="C1025" s="5">
-        <v>39.0</v>
+        <v>24.0</v>
       </c>
       <c r="D1025" s="6" t="s">
         <v>2051</v>
       </c>
     </row>
     <row r="1026" spans="1:4">
       <c r="A1026" s="3">
-        <v>7293</v>
+        <v>7279</v>
       </c>
       <c r="B1026" t="s">
         <v>2052</v>
       </c>
       <c r="C1026" s="5">
-        <v>45.0</v>
+        <v>24.0</v>
       </c>
       <c r="D1026" s="6" t="s">
         <v>2053</v>
       </c>
     </row>
     <row r="1027" spans="1:4">
       <c r="A1027" s="3">
-        <v>7294</v>
+        <v>7280</v>
       </c>
       <c r="B1027" t="s">
         <v>2054</v>
       </c>
       <c r="C1027" s="5">
-        <v>48.0</v>
+        <v>24.0</v>
       </c>
       <c r="D1027" s="6" t="s">
         <v>2055</v>
       </c>
     </row>
     <row r="1028" spans="1:4">
       <c r="A1028" s="3">
-        <v>7295</v>
+        <v>7281</v>
       </c>
       <c r="B1028" t="s">
         <v>2056</v>
       </c>
       <c r="C1028" s="5">
-        <v>51.0</v>
+        <v>27.0</v>
       </c>
       <c r="D1028" s="6" t="s">
         <v>2057</v>
       </c>
     </row>
     <row r="1029" spans="1:4">
       <c r="A1029" s="3">
-        <v>7296</v>
+        <v>7282</v>
       </c>
       <c r="B1029" t="s">
         <v>2058</v>
       </c>
       <c r="C1029" s="5">
-        <v>51.0</v>
+        <v>27.0</v>
       </c>
       <c r="D1029" s="6" t="s">
         <v>2059</v>
       </c>
     </row>
     <row r="1030" spans="1:4">
       <c r="A1030" s="3">
-        <v>7297</v>
+        <v>7283</v>
       </c>
       <c r="B1030" t="s">
         <v>2060</v>
       </c>
       <c r="C1030" s="5">
-        <v>57.0</v>
+        <v>30.0</v>
       </c>
       <c r="D1030" s="6" t="s">
         <v>2061</v>
       </c>
     </row>
     <row r="1031" spans="1:4">
       <c r="A1031" s="3">
-        <v>7298</v>
+        <v>7284</v>
       </c>
       <c r="B1031" t="s">
         <v>2062</v>
       </c>
       <c r="C1031" s="5">
-        <v>24.0</v>
+        <v>30.0</v>
       </c>
       <c r="D1031" s="6" t="s">
         <v>2063</v>
       </c>
     </row>
     <row r="1032" spans="1:4">
       <c r="A1032" s="3">
-        <v>7299</v>
+        <v>7285</v>
       </c>
       <c r="B1032" t="s">
         <v>2064</v>
       </c>
       <c r="C1032" s="5">
-        <v>24.0</v>
+        <v>30.0</v>
       </c>
       <c r="D1032" s="6" t="s">
         <v>2065</v>
       </c>
     </row>
     <row r="1033" spans="1:4">
       <c r="A1033" s="3">
-        <v>7300</v>
+        <v>7286</v>
       </c>
       <c r="B1033" t="s">
         <v>2066</v>
       </c>
       <c r="C1033" s="5">
-        <v>24.0</v>
+        <v>30.0</v>
       </c>
       <c r="D1033" s="6" t="s">
         <v>2067</v>
       </c>
     </row>
     <row r="1034" spans="1:4">
       <c r="A1034" s="3">
-        <v>7301</v>
+        <v>7287</v>
       </c>
       <c r="B1034" t="s">
         <v>2068</v>
       </c>
       <c r="C1034" s="5">
-        <v>24.0</v>
+        <v>33.0</v>
       </c>
       <c r="D1034" s="6" t="s">
         <v>2069</v>
       </c>
     </row>
     <row r="1035" spans="1:4">
       <c r="A1035" s="3">
-        <v>7302</v>
+        <v>7288</v>
       </c>
       <c r="B1035" t="s">
         <v>2070</v>
       </c>
       <c r="C1035" s="5">
-        <v>24.0</v>
+        <v>33.0</v>
       </c>
       <c r="D1035" s="6" t="s">
         <v>2071</v>
       </c>
     </row>
     <row r="1036" spans="1:4">
       <c r="A1036" s="3">
-        <v>7303</v>
+        <v>7289</v>
       </c>
       <c r="B1036" t="s">
         <v>2072</v>
       </c>
       <c r="C1036" s="5">
-        <v>27.0</v>
+        <v>36.0</v>
       </c>
       <c r="D1036" s="6" t="s">
         <v>2073</v>
       </c>
     </row>
     <row r="1037" spans="1:4">
       <c r="A1037" s="3">
-        <v>7304</v>
+        <v>7290</v>
       </c>
       <c r="B1037" t="s">
         <v>2074</v>
       </c>
       <c r="C1037" s="5">
-        <v>27.0</v>
+        <v>36.0</v>
       </c>
       <c r="D1037" s="6" t="s">
         <v>2075</v>
       </c>
     </row>
     <row r="1038" spans="1:4">
       <c r="A1038" s="3">
-        <v>7305</v>
+        <v>7291</v>
       </c>
       <c r="B1038" t="s">
         <v>2076</v>
       </c>
       <c r="C1038" s="5">
-        <v>30.0</v>
+        <v>36.0</v>
       </c>
       <c r="D1038" s="6" t="s">
         <v>2077</v>
       </c>
     </row>
     <row r="1039" spans="1:4">
       <c r="A1039" s="3">
-        <v>7306</v>
+        <v>7292</v>
       </c>
       <c r="B1039" t="s">
         <v>2078</v>
       </c>
       <c r="C1039" s="5">
-        <v>30.0</v>
+        <v>39.0</v>
       </c>
       <c r="D1039" s="6" t="s">
         <v>2079</v>
       </c>
     </row>
     <row r="1040" spans="1:4">
       <c r="A1040" s="3">
-        <v>7307</v>
+        <v>7293</v>
       </c>
       <c r="B1040" t="s">
         <v>2080</v>
       </c>
       <c r="C1040" s="5">
-        <v>30.0</v>
+        <v>45.0</v>
       </c>
       <c r="D1040" s="6" t="s">
         <v>2081</v>
       </c>
     </row>
     <row r="1041" spans="1:4">
       <c r="A1041" s="3">
-        <v>7308</v>
+        <v>7294</v>
       </c>
       <c r="B1041" t="s">
         <v>2082</v>
       </c>
       <c r="C1041" s="5">
-        <v>30.0</v>
+        <v>48.0</v>
       </c>
       <c r="D1041" s="6" t="s">
         <v>2083</v>
       </c>
     </row>
     <row r="1042" spans="1:4">
       <c r="A1042" s="3">
-        <v>7309</v>
+        <v>7295</v>
       </c>
       <c r="B1042" t="s">
         <v>2084</v>
       </c>
       <c r="C1042" s="5">
-        <v>33.0</v>
+        <v>51.0</v>
       </c>
       <c r="D1042" s="6" t="s">
         <v>2085</v>
       </c>
     </row>
     <row r="1043" spans="1:4">
       <c r="A1043" s="3">
-        <v>7310</v>
+        <v>7296</v>
       </c>
       <c r="B1043" t="s">
         <v>2086</v>
       </c>
       <c r="C1043" s="5">
-        <v>33.0</v>
+        <v>51.0</v>
       </c>
       <c r="D1043" s="6" t="s">
         <v>2087</v>
       </c>
     </row>
     <row r="1044" spans="1:4">
       <c r="A1044" s="3">
-        <v>7311</v>
+        <v>7297</v>
       </c>
       <c r="B1044" t="s">
         <v>2088</v>
       </c>
       <c r="C1044" s="5">
-        <v>36.0</v>
+        <v>57.0</v>
       </c>
       <c r="D1044" s="6" t="s">
         <v>2089</v>
       </c>
     </row>
     <row r="1045" spans="1:4">
       <c r="A1045" s="3">
-        <v>7312</v>
+        <v>7298</v>
       </c>
       <c r="B1045" t="s">
         <v>2090</v>
       </c>
       <c r="C1045" s="5">
-        <v>36.0</v>
+        <v>24.0</v>
       </c>
       <c r="D1045" s="6" t="s">
         <v>2091</v>
       </c>
     </row>
     <row r="1046" spans="1:4">
       <c r="A1046" s="3">
-        <v>7313</v>
+        <v>7299</v>
       </c>
       <c r="B1046" t="s">
         <v>2092</v>
       </c>
       <c r="C1046" s="5">
-        <v>36.0</v>
+        <v>24.0</v>
       </c>
       <c r="D1046" s="6" t="s">
         <v>2093</v>
       </c>
     </row>
     <row r="1047" spans="1:4">
       <c r="A1047" s="3">
-        <v>7314</v>
+        <v>7300</v>
       </c>
       <c r="B1047" t="s">
         <v>2094</v>
       </c>
       <c r="C1047" s="5">
-        <v>39.0</v>
+        <v>24.0</v>
       </c>
       <c r="D1047" s="6" t="s">
         <v>2095</v>
       </c>
     </row>
     <row r="1048" spans="1:4">
       <c r="A1048" s="3">
-        <v>7315</v>
+        <v>7301</v>
       </c>
       <c r="B1048" t="s">
         <v>2096</v>
       </c>
       <c r="C1048" s="5">
-        <v>45.0</v>
+        <v>24.0</v>
       </c>
       <c r="D1048" s="6" t="s">
         <v>2097</v>
       </c>
     </row>
     <row r="1049" spans="1:4">
       <c r="A1049" s="3">
-        <v>7316</v>
+        <v>7302</v>
       </c>
       <c r="B1049" t="s">
         <v>2098</v>
       </c>
       <c r="C1049" s="5">
-        <v>48.0</v>
+        <v>24.0</v>
       </c>
       <c r="D1049" s="6" t="s">
         <v>2099</v>
       </c>
     </row>
     <row r="1050" spans="1:4">
       <c r="A1050" s="3">
-        <v>7317</v>
+        <v>7303</v>
       </c>
       <c r="B1050" t="s">
         <v>2100</v>
       </c>
       <c r="C1050" s="5">
-        <v>51.0</v>
+        <v>27.0</v>
       </c>
       <c r="D1050" s="6" t="s">
         <v>2101</v>
       </c>
     </row>
     <row r="1051" spans="1:4">
       <c r="A1051" s="3">
-        <v>7318</v>
+        <v>7304</v>
       </c>
       <c r="B1051" t="s">
         <v>2102</v>
       </c>
       <c r="C1051" s="5">
-        <v>51.0</v>
+        <v>27.0</v>
       </c>
       <c r="D1051" s="6" t="s">
         <v>2103</v>
       </c>
     </row>
     <row r="1052" spans="1:4">
       <c r="A1052" s="3">
-        <v>7319</v>
+        <v>7305</v>
       </c>
       <c r="B1052" t="s">
         <v>2104</v>
       </c>
       <c r="C1052" s="5">
-        <v>57.0</v>
+        <v>30.0</v>
       </c>
       <c r="D1052" s="6" t="s">
         <v>2105</v>
       </c>
     </row>
     <row r="1053" spans="1:4">
       <c r="A1053" s="3">
-        <v>7320</v>
+        <v>7306</v>
       </c>
       <c r="B1053" t="s">
         <v>2106</v>
       </c>
       <c r="C1053" s="5">
-        <v>48.0</v>
+        <v>30.0</v>
       </c>
       <c r="D1053" s="6" t="s">
         <v>2107</v>
       </c>
     </row>
     <row r="1054" spans="1:4">
       <c r="A1054" s="3">
-        <v>7321</v>
+        <v>7307</v>
       </c>
       <c r="B1054" t="s">
         <v>2108</v>
       </c>
       <c r="C1054" s="5">
-        <v>36.0</v>
+        <v>30.0</v>
       </c>
       <c r="D1054" s="6" t="s">
         <v>2109</v>
       </c>
     </row>
     <row r="1055" spans="1:4">
       <c r="A1055" s="3">
-        <v>7322</v>
+        <v>7308</v>
       </c>
       <c r="B1055" t="s">
         <v>2110</v>
       </c>
       <c r="C1055" s="5">
-        <v>42.0</v>
+        <v>30.0</v>
       </c>
       <c r="D1055" s="6" t="s">
         <v>2111</v>
       </c>
     </row>
     <row r="1056" spans="1:4">
       <c r="A1056" s="3">
-        <v>7323</v>
+        <v>7309</v>
       </c>
       <c r="B1056" t="s">
         <v>2112</v>
       </c>
       <c r="C1056" s="5">
-        <v>36.0</v>
+        <v>33.0</v>
       </c>
       <c r="D1056" s="6" t="s">
         <v>2113</v>
       </c>
     </row>
     <row r="1057" spans="1:4">
       <c r="A1057" s="3">
-        <v>7324</v>
+        <v>7310</v>
       </c>
       <c r="B1057" t="s">
         <v>2114</v>
       </c>
       <c r="C1057" s="5">
-        <v>42.0</v>
+        <v>33.0</v>
       </c>
       <c r="D1057" s="6" t="s">
         <v>2115</v>
       </c>
     </row>
     <row r="1058" spans="1:4">
       <c r="A1058" s="3">
-        <v>7325</v>
+        <v>7311</v>
       </c>
       <c r="B1058" t="s">
         <v>2116</v>
       </c>
       <c r="C1058" s="5">
-        <v>30.0</v>
+        <v>36.0</v>
       </c>
       <c r="D1058" s="6" t="s">
         <v>2117</v>
       </c>
     </row>
     <row r="1059" spans="1:4">
       <c r="A1059" s="3">
-        <v>7326</v>
+        <v>7312</v>
       </c>
       <c r="B1059" t="s">
         <v>2118</v>
       </c>
       <c r="C1059" s="5">
         <v>36.0</v>
       </c>
       <c r="D1059" s="6" t="s">
         <v>2119</v>
       </c>
     </row>
     <row r="1060" spans="1:4">
       <c r="A1060" s="3">
-        <v>7327</v>
+        <v>7313</v>
       </c>
       <c r="B1060" t="s">
         <v>2120</v>
       </c>
       <c r="C1060" s="5">
-        <v>27.0</v>
+        <v>36.0</v>
       </c>
       <c r="D1060" s="6" t="s">
         <v>2121</v>
       </c>
     </row>
     <row r="1061" spans="1:4">
       <c r="A1061" s="3">
-        <v>7328</v>
+        <v>7314</v>
       </c>
       <c r="B1061" t="s">
         <v>2122</v>
       </c>
       <c r="C1061" s="5">
-        <v>33.0</v>
+        <v>39.0</v>
       </c>
       <c r="D1061" s="6" t="s">
         <v>2123</v>
       </c>
     </row>
     <row r="1062" spans="1:4">
       <c r="A1062" s="3">
-        <v>7329</v>
+        <v>7315</v>
       </c>
       <c r="B1062" t="s">
         <v>2124</v>
       </c>
       <c r="C1062" s="5">
-        <v>24.0</v>
+        <v>45.0</v>
       </c>
       <c r="D1062" s="6" t="s">
         <v>2125</v>
       </c>
     </row>
     <row r="1063" spans="1:4">
       <c r="A1063" s="3">
-        <v>7330</v>
+        <v>7316</v>
       </c>
       <c r="B1063" t="s">
         <v>2126</v>
       </c>
       <c r="C1063" s="5">
-        <v>27.0</v>
+        <v>48.0</v>
       </c>
       <c r="D1063" s="6" t="s">
         <v>2127</v>
       </c>
     </row>
     <row r="1064" spans="1:4">
       <c r="A1064" s="3">
-        <v>7331</v>
+        <v>7317</v>
       </c>
       <c r="B1064" t="s">
         <v>2128</v>
       </c>
       <c r="C1064" s="5">
-        <v>33.0</v>
+        <v>51.0</v>
       </c>
       <c r="D1064" s="6" t="s">
         <v>2129</v>
       </c>
     </row>
     <row r="1065" spans="1:4">
       <c r="A1065" s="3">
-        <v>7332</v>
+        <v>7318</v>
       </c>
       <c r="B1065" t="s">
         <v>2130</v>
       </c>
       <c r="C1065" s="5">
-        <v>24.0</v>
+        <v>51.0</v>
       </c>
       <c r="D1065" s="6" t="s">
         <v>2131</v>
       </c>
     </row>
     <row r="1066" spans="1:4">
       <c r="A1066" s="3">
-        <v>7333</v>
+        <v>7319</v>
       </c>
       <c r="B1066" t="s">
         <v>2132</v>
       </c>
       <c r="C1066" s="5">
-        <v>27.0</v>
+        <v>57.0</v>
       </c>
       <c r="D1066" s="6" t="s">
         <v>2133</v>
       </c>
     </row>
     <row r="1067" spans="1:4">
       <c r="A1067" s="3">
-        <v>7334</v>
+        <v>7320</v>
       </c>
       <c r="B1067" t="s">
         <v>2134</v>
       </c>
       <c r="C1067" s="5">
-        <v>33.0</v>
+        <v>48.0</v>
       </c>
       <c r="D1067" s="6" t="s">
         <v>2135</v>
       </c>
     </row>
     <row r="1068" spans="1:4">
       <c r="A1068" s="3">
-        <v>7335</v>
+        <v>7321</v>
       </c>
       <c r="B1068" t="s">
         <v>2136</v>
       </c>
       <c r="C1068" s="5">
-        <v>24.0</v>
+        <v>36.0</v>
       </c>
       <c r="D1068" s="6" t="s">
         <v>2137</v>
       </c>
     </row>
     <row r="1069" spans="1:4">
       <c r="A1069" s="3">
-        <v>7336</v>
+        <v>7322</v>
       </c>
       <c r="B1069" t="s">
         <v>2138</v>
       </c>
       <c r="C1069" s="5">
-        <v>27.0</v>
+        <v>42.0</v>
       </c>
       <c r="D1069" s="6" t="s">
         <v>2139</v>
       </c>
     </row>
     <row r="1070" spans="1:4">
       <c r="A1070" s="3">
-        <v>7337</v>
+        <v>7323</v>
       </c>
       <c r="B1070" t="s">
         <v>2140</v>
       </c>
       <c r="C1070" s="5">
-        <v>33.0</v>
+        <v>36.0</v>
       </c>
       <c r="D1070" s="6" t="s">
         <v>2141</v>
       </c>
     </row>
     <row r="1071" spans="1:4">
       <c r="A1071" s="3">
-        <v>7338</v>
+        <v>7324</v>
       </c>
       <c r="B1071" t="s">
         <v>2142</v>
       </c>
       <c r="C1071" s="5">
-        <v>24.0</v>
+        <v>42.0</v>
       </c>
       <c r="D1071" s="6" t="s">
         <v>2143</v>
       </c>
     </row>
     <row r="1072" spans="1:4">
       <c r="A1072" s="3">
-        <v>7339</v>
+        <v>7325</v>
       </c>
       <c r="B1072" t="s">
         <v>2144</v>
       </c>
       <c r="C1072" s="5">
-        <v>27.0</v>
+        <v>30.0</v>
       </c>
       <c r="D1072" s="6" t="s">
         <v>2145</v>
       </c>
     </row>
     <row r="1073" spans="1:4">
       <c r="A1073" s="3">
-        <v>7340</v>
+        <v>7326</v>
       </c>
       <c r="B1073" t="s">
         <v>2146</v>
       </c>
       <c r="C1073" s="5">
-        <v>21.0</v>
+        <v>36.0</v>
       </c>
       <c r="D1073" s="6" t="s">
         <v>2147</v>
       </c>
     </row>
     <row r="1074" spans="1:4">
       <c r="A1074" s="3">
-        <v>7341</v>
+        <v>7327</v>
       </c>
       <c r="B1074" t="s">
         <v>2148</v>
       </c>
       <c r="C1074" s="5">
-        <v>24.0</v>
+        <v>27.0</v>
       </c>
       <c r="D1074" s="6" t="s">
         <v>2149</v>
       </c>
     </row>
     <row r="1075" spans="1:4">
       <c r="A1075" s="3">
-        <v>7342</v>
+        <v>7328</v>
       </c>
       <c r="B1075" t="s">
         <v>2150</v>
       </c>
       <c r="C1075" s="5">
-        <v>27.0</v>
+        <v>33.0</v>
       </c>
       <c r="D1075" s="6" t="s">
         <v>2151</v>
       </c>
     </row>
     <row r="1076" spans="1:4">
       <c r="A1076" s="3">
-        <v>7343</v>
+        <v>7329</v>
       </c>
       <c r="B1076" t="s">
         <v>2152</v>
       </c>
       <c r="C1076" s="5">
-        <v>21.0</v>
+        <v>24.0</v>
       </c>
       <c r="D1076" s="6" t="s">
         <v>2153</v>
       </c>
     </row>
     <row r="1077" spans="1:4">
       <c r="A1077" s="3">
-        <v>7344</v>
+        <v>7330</v>
       </c>
       <c r="B1077" t="s">
         <v>2154</v>
       </c>
       <c r="C1077" s="5">
-        <v>24.0</v>
+        <v>27.0</v>
       </c>
       <c r="D1077" s="6" t="s">
         <v>2155</v>
       </c>
     </row>
     <row r="1078" spans="1:4">
       <c r="A1078" s="3">
-        <v>7345</v>
+        <v>7331</v>
       </c>
       <c r="B1078" t="s">
         <v>2156</v>
       </c>
       <c r="C1078" s="5">
-        <v>21.0</v>
+        <v>33.0</v>
       </c>
       <c r="D1078" s="6" t="s">
         <v>2157</v>
       </c>
     </row>
     <row r="1079" spans="1:4">
       <c r="A1079" s="3">
-        <v>7346</v>
+        <v>7332</v>
       </c>
       <c r="B1079" t="s">
         <v>2158</v>
       </c>
       <c r="C1079" s="5">
         <v>24.0</v>
       </c>
       <c r="D1079" s="6" t="s">
         <v>2159</v>
       </c>
     </row>
     <row r="1080" spans="1:4">
       <c r="A1080" s="3">
-        <v>7347</v>
+        <v>7333</v>
       </c>
       <c r="B1080" t="s">
         <v>2160</v>
       </c>
       <c r="C1080" s="5">
         <v>27.0</v>
       </c>
       <c r="D1080" s="6" t="s">
         <v>2161</v>
       </c>
     </row>
     <row r="1081" spans="1:4">
       <c r="A1081" s="3">
-        <v>7348</v>
+        <v>7334</v>
       </c>
       <c r="B1081" t="s">
         <v>2162</v>
       </c>
       <c r="C1081" s="5">
-        <v>21.0</v>
+        <v>33.0</v>
       </c>
       <c r="D1081" s="6" t="s">
         <v>2163</v>
       </c>
     </row>
     <row r="1082" spans="1:4">
       <c r="A1082" s="3">
-        <v>7349</v>
+        <v>7335</v>
       </c>
       <c r="B1082" t="s">
         <v>2164</v>
       </c>
       <c r="C1082" s="5">
         <v>24.0</v>
       </c>
       <c r="D1082" s="6" t="s">
         <v>2165</v>
       </c>
     </row>
     <row r="1083" spans="1:4">
       <c r="A1083" s="3">
-        <v>7350</v>
+        <v>7336</v>
       </c>
       <c r="B1083" t="s">
         <v>2166</v>
       </c>
       <c r="C1083" s="5">
-        <v>21.0</v>
+        <v>27.0</v>
       </c>
       <c r="D1083" s="6" t="s">
         <v>2167</v>
       </c>
     </row>
     <row r="1084" spans="1:4">
       <c r="A1084" s="3">
-        <v>7351</v>
+        <v>7337</v>
       </c>
       <c r="B1084" t="s">
         <v>2168</v>
       </c>
       <c r="C1084" s="5">
-        <v>24.0</v>
+        <v>33.0</v>
       </c>
       <c r="D1084" s="6" t="s">
         <v>2169</v>
       </c>
     </row>
     <row r="1085" spans="1:4">
       <c r="A1085" s="3">
-        <v>7352</v>
+        <v>7338</v>
       </c>
       <c r="B1085" t="s">
         <v>2170</v>
       </c>
       <c r="C1085" s="5">
-        <v>21.0</v>
+        <v>24.0</v>
       </c>
       <c r="D1085" s="6" t="s">
         <v>2171</v>
       </c>
     </row>
     <row r="1086" spans="1:4">
       <c r="A1086" s="3">
-        <v>7353</v>
+        <v>7339</v>
       </c>
       <c r="B1086" t="s">
         <v>2172</v>
       </c>
       <c r="C1086" s="5">
-        <v>24.0</v>
+        <v>27.0</v>
       </c>
       <c r="D1086" s="6" t="s">
         <v>2173</v>
       </c>
     </row>
     <row r="1087" spans="1:4">
       <c r="A1087" s="3">
-        <v>7354</v>
+        <v>7340</v>
       </c>
       <c r="B1087" t="s">
         <v>2174</v>
       </c>
       <c r="C1087" s="5">
-        <v>18.0</v>
+        <v>21.0</v>
       </c>
       <c r="D1087" s="6" t="s">
         <v>2175</v>
       </c>
     </row>
     <row r="1088" spans="1:4">
       <c r="A1088" s="3">
-        <v>7355</v>
+        <v>7341</v>
       </c>
       <c r="B1088" t="s">
         <v>2176</v>
       </c>
       <c r="C1088" s="5">
-        <v>21.0</v>
+        <v>24.0</v>
       </c>
       <c r="D1088" s="6" t="s">
         <v>2177</v>
       </c>
     </row>
     <row r="1089" spans="1:4">
       <c r="A1089" s="3">
-        <v>7356</v>
+        <v>7342</v>
       </c>
       <c r="B1089" t="s">
         <v>2178</v>
       </c>
       <c r="C1089" s="5">
-        <v>24.0</v>
+        <v>27.0</v>
       </c>
       <c r="D1089" s="6" t="s">
         <v>2179</v>
       </c>
     </row>
     <row r="1090" spans="1:4">
       <c r="A1090" s="3">
-        <v>7357</v>
+        <v>7343</v>
       </c>
       <c r="B1090" t="s">
         <v>2180</v>
       </c>
       <c r="C1090" s="5">
-        <v>18.0</v>
+        <v>21.0</v>
       </c>
       <c r="D1090" s="6" t="s">
         <v>2181</v>
       </c>
     </row>
     <row r="1091" spans="1:4">
       <c r="A1091" s="3">
-        <v>7358</v>
+        <v>7344</v>
       </c>
       <c r="B1091" t="s">
         <v>2182</v>
       </c>
       <c r="C1091" s="5">
-        <v>21.0</v>
+        <v>24.0</v>
       </c>
       <c r="D1091" s="6" t="s">
         <v>2183</v>
       </c>
     </row>
     <row r="1092" spans="1:4">
       <c r="A1092" s="3">
-        <v>7359</v>
+        <v>7345</v>
       </c>
       <c r="B1092" t="s">
         <v>2184</v>
       </c>
       <c r="C1092" s="5">
-        <v>15.0</v>
+        <v>21.0</v>
       </c>
       <c r="D1092" s="6" t="s">
         <v>2185</v>
       </c>
     </row>
     <row r="1093" spans="1:4">
       <c r="A1093" s="3">
-        <v>7360</v>
+        <v>7346</v>
       </c>
       <c r="B1093" t="s">
         <v>2186</v>
       </c>
       <c r="C1093" s="5">
-        <v>16.0</v>
+        <v>24.0</v>
       </c>
       <c r="D1093" s="6" t="s">
         <v>2187</v>
       </c>
     </row>
     <row r="1094" spans="1:4">
       <c r="A1094" s="3">
-        <v>7361</v>
+        <v>7347</v>
       </c>
       <c r="B1094" t="s">
         <v>2188</v>
       </c>
       <c r="C1094" s="5">
-        <v>15.0</v>
+        <v>27.0</v>
       </c>
       <c r="D1094" s="6" t="s">
         <v>2189</v>
       </c>
     </row>
     <row r="1095" spans="1:4">
       <c r="A1095" s="3">
-        <v>7362</v>
+        <v>7348</v>
       </c>
       <c r="B1095" t="s">
         <v>2190</v>
       </c>
       <c r="C1095" s="5">
-        <v>16.0</v>
+        <v>21.0</v>
       </c>
       <c r="D1095" s="6" t="s">
         <v>2191</v>
       </c>
     </row>
     <row r="1096" spans="1:4">
       <c r="A1096" s="3">
-        <v>7363</v>
+        <v>7349</v>
       </c>
       <c r="B1096" t="s">
         <v>2192</v>
       </c>
       <c r="C1096" s="5">
-        <v>16.0</v>
+        <v>24.0</v>
       </c>
       <c r="D1096" s="6" t="s">
         <v>2193</v>
       </c>
     </row>
     <row r="1097" spans="1:4">
       <c r="A1097" s="3">
-        <v>7364</v>
+        <v>7350</v>
       </c>
       <c r="B1097" t="s">
         <v>2194</v>
       </c>
       <c r="C1097" s="5">
-        <v>15.0</v>
+        <v>21.0</v>
       </c>
       <c r="D1097" s="6" t="s">
         <v>2195</v>
       </c>
     </row>
     <row r="1098" spans="1:4">
       <c r="A1098" s="3">
-        <v>7365</v>
+        <v>7351</v>
       </c>
       <c r="B1098" t="s">
         <v>2196</v>
       </c>
       <c r="C1098" s="5">
-        <v>16.0</v>
+        <v>24.0</v>
       </c>
       <c r="D1098" s="6" t="s">
         <v>2197</v>
       </c>
     </row>
     <row r="1099" spans="1:4">
       <c r="A1099" s="3">
-        <v>7366</v>
+        <v>7352</v>
       </c>
       <c r="B1099" t="s">
         <v>2198</v>
       </c>
       <c r="C1099" s="5">
-        <v>18.0</v>
+        <v>21.0</v>
       </c>
       <c r="D1099" s="6" t="s">
         <v>2199</v>
       </c>
     </row>
     <row r="1100" spans="1:4">
       <c r="A1100" s="3">
-        <v>7367</v>
+        <v>7353</v>
       </c>
       <c r="B1100" t="s">
         <v>2200</v>
       </c>
       <c r="C1100" s="5">
-        <v>11.0</v>
+        <v>24.0</v>
       </c>
       <c r="D1100" s="6" t="s">
         <v>2201</v>
       </c>
     </row>
     <row r="1101" spans="1:4">
       <c r="A1101" s="3">
-        <v>7368</v>
+        <v>7354</v>
       </c>
       <c r="B1101" t="s">
         <v>2202</v>
       </c>
       <c r="C1101" s="5">
-        <v>13.0</v>
+        <v>18.0</v>
       </c>
       <c r="D1101" s="6" t="s">
         <v>2203</v>
       </c>
     </row>
     <row r="1102" spans="1:4">
       <c r="A1102" s="3">
-        <v>7369</v>
+        <v>7355</v>
       </c>
       <c r="B1102" t="s">
         <v>2204</v>
       </c>
       <c r="C1102" s="5">
-        <v>15.0</v>
+        <v>21.0</v>
       </c>
       <c r="D1102" s="6" t="s">
         <v>2205</v>
       </c>
     </row>
     <row r="1103" spans="1:4">
       <c r="A1103" s="3">
-        <v>7370</v>
+        <v>7356</v>
       </c>
       <c r="B1103" t="s">
         <v>2206</v>
       </c>
       <c r="C1103" s="5">
-        <v>16.0</v>
+        <v>24.0</v>
       </c>
       <c r="D1103" s="6" t="s">
         <v>2207</v>
       </c>
     </row>
     <row r="1104" spans="1:4">
       <c r="A1104" s="3">
-        <v>4031</v>
+        <v>7357</v>
       </c>
       <c r="B1104" t="s">
         <v>2208</v>
       </c>
       <c r="C1104" s="5">
-        <v>8.25</v>
+        <v>18.0</v>
       </c>
       <c r="D1104" s="6" t="s">
         <v>2209</v>
       </c>
     </row>
     <row r="1105" spans="1:4">
       <c r="A1105" s="3">
-        <v>4297</v>
+        <v>7358</v>
       </c>
       <c r="B1105" t="s">
         <v>2210</v>
       </c>
       <c r="C1105" s="5">
-        <v>16.52</v>
+        <v>21.0</v>
       </c>
       <c r="D1105" s="6" t="s">
         <v>2211</v>
       </c>
     </row>
     <row r="1106" spans="1:4">
       <c r="A1106" s="3">
-        <v>4610</v>
+        <v>7359</v>
       </c>
       <c r="B1106" t="s">
         <v>2212</v>
       </c>
       <c r="C1106" s="5">
-        <v>33.039999999999999</v>
+        <v>15.0</v>
       </c>
       <c r="D1106" s="6" t="s">
         <v>2213</v>
       </c>
     </row>
     <row r="1107" spans="1:4">
       <c r="A1107" s="3">
-        <v>4056</v>
+        <v>7360</v>
       </c>
       <c r="B1107" t="s">
         <v>2214</v>
       </c>
       <c r="C1107" s="5">
-        <v>41.3</v>
+        <v>16.0</v>
       </c>
       <c r="D1107" s="6" t="s">
         <v>2215</v>
       </c>
     </row>
     <row r="1108" spans="1:4">
       <c r="A1108" s="3">
-        <v>4580</v>
+        <v>7361</v>
       </c>
       <c r="B1108" t="s">
         <v>2216</v>
       </c>
       <c r="C1108" s="5">
-        <v>11.8</v>
+        <v>15.0</v>
       </c>
       <c r="D1108" s="6" t="s">
         <v>2217</v>
       </c>
     </row>
     <row r="1109" spans="1:4">
       <c r="A1109" s="3">
-        <v>4492</v>
+        <v>7362</v>
       </c>
       <c r="B1109" t="s">
         <v>2218</v>
       </c>
       <c r="C1109" s="5">
-        <v>28.0</v>
+        <v>16.0</v>
       </c>
       <c r="D1109" s="6" t="s">
         <v>2219</v>
       </c>
     </row>
     <row r="1110" spans="1:4">
       <c r="A1110" s="3">
-        <v>4395</v>
+        <v>7363</v>
       </c>
       <c r="B1110" t="s">
         <v>2220</v>
       </c>
       <c r="C1110" s="5">
-        <v>10.029999999999999</v>
+        <v>16.0</v>
       </c>
       <c r="D1110" s="6" t="s">
         <v>2221</v>
       </c>
     </row>
     <row r="1111" spans="1:4">
       <c r="A1111" s="3">
-        <v>4189</v>
+        <v>7364</v>
       </c>
       <c r="B1111" t="s">
         <v>2222</v>
       </c>
       <c r="C1111" s="5">
-        <v>9.44</v>
+        <v>15.0</v>
       </c>
       <c r="D1111" s="6" t="s">
         <v>2223</v>
       </c>
     </row>
     <row r="1112" spans="1:4">
       <c r="A1112" s="3">
-        <v>4367</v>
+        <v>7365</v>
       </c>
       <c r="B1112" t="s">
         <v>2224</v>
       </c>
       <c r="C1112" s="5">
-        <v>210.0</v>
+        <v>16.0</v>
       </c>
       <c r="D1112" s="6" t="s">
         <v>2225</v>
       </c>
     </row>
     <row r="1113" spans="1:4">
       <c r="A1113" s="3">
-        <v>5732</v>
+        <v>7366</v>
       </c>
       <c r="B1113" t="s">
         <v>2226</v>
       </c>
       <c r="C1113" s="5">
-        <v>16.0</v>
+        <v>18.0</v>
       </c>
       <c r="D1113" s="6" t="s">
         <v>2227</v>
       </c>
     </row>
     <row r="1114" spans="1:4">
       <c r="A1114" s="3">
-        <v>5733</v>
+        <v>7367</v>
       </c>
       <c r="B1114" t="s">
         <v>2228</v>
       </c>
       <c r="C1114" s="5">
-        <v>16.0</v>
+        <v>11.0</v>
       </c>
       <c r="D1114" s="6" t="s">
         <v>2229</v>
       </c>
     </row>
     <row r="1115" spans="1:4">
       <c r="A1115" s="3">
-        <v>5734</v>
+        <v>7368</v>
       </c>
       <c r="B1115" t="s">
         <v>2230</v>
       </c>
       <c r="C1115" s="5">
-        <v>16.0</v>
+        <v>13.0</v>
       </c>
       <c r="D1115" s="6" t="s">
         <v>2231</v>
       </c>
     </row>
     <row r="1116" spans="1:4">
       <c r="A1116" s="3">
-        <v>5735</v>
+        <v>7369</v>
       </c>
       <c r="B1116" t="s">
         <v>2232</v>
       </c>
       <c r="C1116" s="5">
-        <v>16.0</v>
+        <v>15.0</v>
       </c>
       <c r="D1116" s="6" t="s">
         <v>2233</v>
       </c>
     </row>
     <row r="1117" spans="1:4">
       <c r="A1117" s="3">
-        <v>5736</v>
+        <v>7370</v>
       </c>
       <c r="B1117" t="s">
         <v>2234</v>
       </c>
       <c r="C1117" s="5">
         <v>16.0</v>
       </c>
       <c r="D1117" s="6" t="s">
         <v>2235</v>
       </c>
     </row>
     <row r="1118" spans="1:4">
       <c r="A1118" s="3">
-        <v>5737</v>
+        <v>4031</v>
       </c>
       <c r="B1118" t="s">
         <v>2236</v>
       </c>
       <c r="C1118" s="5">
-        <v>16.0</v>
+        <v>8.25</v>
       </c>
       <c r="D1118" s="6" t="s">
         <v>2237</v>
       </c>
     </row>
     <row r="1119" spans="1:4">
       <c r="A1119" s="3">
-        <v>5738</v>
+        <v>4297</v>
       </c>
       <c r="B1119" t="s">
         <v>2238</v>
       </c>
       <c r="C1119" s="5">
-        <v>21.0</v>
+        <v>16.52</v>
       </c>
       <c r="D1119" s="6" t="s">
         <v>2239</v>
       </c>
     </row>
     <row r="1120" spans="1:4">
       <c r="A1120" s="3">
-        <v>5739</v>
+        <v>4610</v>
       </c>
       <c r="B1120" t="s">
         <v>2240</v>
       </c>
       <c r="C1120" s="5">
-        <v>21.0</v>
+        <v>33.039999999999999</v>
       </c>
       <c r="D1120" s="6" t="s">
         <v>2241</v>
       </c>
     </row>
     <row r="1121" spans="1:4">
       <c r="A1121" s="3">
-        <v>5740</v>
+        <v>4056</v>
       </c>
       <c r="B1121" t="s">
         <v>2242</v>
       </c>
       <c r="C1121" s="5">
-        <v>24.0</v>
+        <v>41.3</v>
       </c>
       <c r="D1121" s="6" t="s">
         <v>2243</v>
       </c>
     </row>
     <row r="1122" spans="1:4">
       <c r="A1122" s="3">
-        <v>5741</v>
+        <v>4580</v>
       </c>
       <c r="B1122" t="s">
         <v>2244</v>
       </c>
       <c r="C1122" s="5">
-        <v>24.0</v>
+        <v>11.8</v>
       </c>
       <c r="D1122" s="6" t="s">
         <v>2245</v>
       </c>
     </row>
     <row r="1123" spans="1:4">
       <c r="A1123" s="3">
-        <v>5742</v>
+        <v>4492</v>
       </c>
       <c r="B1123" t="s">
         <v>2246</v>
       </c>
       <c r="C1123" s="5">
-        <v>24.0</v>
+        <v>28.0</v>
       </c>
       <c r="D1123" s="6" t="s">
         <v>2247</v>
       </c>
     </row>
     <row r="1124" spans="1:4">
       <c r="A1124" s="3">
-        <v>5743</v>
+        <v>4395</v>
       </c>
       <c r="B1124" t="s">
         <v>2248</v>
       </c>
       <c r="C1124" s="5">
-        <v>24.0</v>
+        <v>10.029999999999999</v>
       </c>
       <c r="D1124" s="6" t="s">
         <v>2249</v>
       </c>
     </row>
     <row r="1125" spans="1:4">
       <c r="A1125" s="3">
-        <v>5744</v>
+        <v>4189</v>
       </c>
       <c r="B1125" t="s">
         <v>2250</v>
       </c>
       <c r="C1125" s="5">
-        <v>24.0</v>
+        <v>9.44</v>
       </c>
       <c r="D1125" s="6" t="s">
         <v>2251</v>
       </c>
     </row>
     <row r="1126" spans="1:4">
       <c r="A1126" s="3">
-        <v>5746</v>
+        <v>4367</v>
       </c>
       <c r="B1126" t="s">
         <v>2252</v>
       </c>
       <c r="C1126" s="5">
-        <v>27.0</v>
+        <v>210.0</v>
       </c>
       <c r="D1126" s="6" t="s">
         <v>2253</v>
       </c>
     </row>
     <row r="1127" spans="1:4">
       <c r="A1127" s="3">
-        <v>5747</v>
+        <v>5732</v>
       </c>
       <c r="B1127" t="s">
         <v>2254</v>
       </c>
       <c r="C1127" s="5">
-        <v>27.0</v>
+        <v>16.0</v>
       </c>
       <c r="D1127" s="6" t="s">
         <v>2255</v>
       </c>
     </row>
     <row r="1128" spans="1:4">
       <c r="A1128" s="3">
-        <v>5748</v>
+        <v>5733</v>
       </c>
       <c r="B1128" t="s">
         <v>2256</v>
       </c>
       <c r="C1128" s="5">
-        <v>27.0</v>
+        <v>16.0</v>
       </c>
       <c r="D1128" s="6" t="s">
         <v>2257</v>
       </c>
     </row>
     <row r="1129" spans="1:4">
       <c r="A1129" s="3">
-        <v>5749</v>
+        <v>5734</v>
       </c>
       <c r="B1129" t="s">
         <v>2258</v>
       </c>
       <c r="C1129" s="5">
-        <v>27.0</v>
+        <v>16.0</v>
       </c>
       <c r="D1129" s="6" t="s">
         <v>2259</v>
       </c>
     </row>
     <row r="1130" spans="1:4">
       <c r="A1130" s="3">
-        <v>5750</v>
+        <v>5735</v>
       </c>
       <c r="B1130" t="s">
         <v>2260</v>
       </c>
       <c r="C1130" s="5">
-        <v>33.0</v>
+        <v>16.0</v>
       </c>
       <c r="D1130" s="6" t="s">
         <v>2261</v>
       </c>
     </row>
     <row r="1131" spans="1:4">
       <c r="A1131" s="3">
-        <v>5751</v>
+        <v>5736</v>
       </c>
       <c r="B1131" t="s">
         <v>2262</v>
       </c>
       <c r="C1131" s="5">
-        <v>48.0</v>
+        <v>16.0</v>
       </c>
       <c r="D1131" s="6" t="s">
         <v>2263</v>
       </c>
     </row>
     <row r="1132" spans="1:4">
       <c r="A1132" s="3">
-        <v>5752</v>
+        <v>5737</v>
       </c>
       <c r="B1132" t="s">
         <v>2264</v>
       </c>
       <c r="C1132" s="5">
-        <v>42.0</v>
+        <v>16.0</v>
       </c>
       <c r="D1132" s="6" t="s">
         <v>2265</v>
       </c>
     </row>
     <row r="1133" spans="1:4">
       <c r="A1133" s="3">
-        <v>5753</v>
+        <v>5738</v>
       </c>
       <c r="B1133" t="s">
         <v>2266</v>
       </c>
       <c r="C1133" s="5">
-        <v>42.0</v>
+        <v>21.0</v>
       </c>
       <c r="D1133" s="6" t="s">
         <v>2267</v>
       </c>
     </row>
     <row r="1134" spans="1:4">
       <c r="A1134" s="3">
-        <v>5754</v>
+        <v>5739</v>
       </c>
       <c r="B1134" t="s">
         <v>2268</v>
       </c>
       <c r="C1134" s="5">
-        <v>48.0</v>
+        <v>21.0</v>
       </c>
       <c r="D1134" s="6" t="s">
         <v>2269</v>
       </c>
     </row>
     <row r="1135" spans="1:4">
       <c r="A1135" s="3">
-        <v>5755</v>
+        <v>5740</v>
       </c>
       <c r="B1135" t="s">
         <v>2270</v>
       </c>
       <c r="C1135" s="5">
-        <v>18.0</v>
+        <v>24.0</v>
       </c>
       <c r="D1135" s="6" t="s">
         <v>2271</v>
       </c>
     </row>
     <row r="1136" spans="1:4">
       <c r="A1136" s="3">
-        <v>5756</v>
+        <v>5741</v>
       </c>
       <c r="B1136" t="s">
         <v>2272</v>
       </c>
       <c r="C1136" s="5">
-        <v>27.0</v>
+        <v>24.0</v>
       </c>
       <c r="D1136" s="6" t="s">
         <v>2273</v>
       </c>
     </row>
     <row r="1137" spans="1:4">
       <c r="A1137" s="3">
-        <v>5757</v>
+        <v>5742</v>
       </c>
       <c r="B1137" t="s">
         <v>2274</v>
       </c>
       <c r="C1137" s="5">
-        <v>18.0</v>
+        <v>24.0</v>
       </c>
       <c r="D1137" s="6" t="s">
         <v>2275</v>
       </c>
     </row>
     <row r="1138" spans="1:4">
       <c r="A1138" s="3">
-        <v>5758</v>
+        <v>5743</v>
       </c>
       <c r="B1138" t="s">
         <v>2276</v>
       </c>
       <c r="C1138" s="5">
-        <v>18.0</v>
+        <v>24.0</v>
       </c>
       <c r="D1138" s="6" t="s">
         <v>2277</v>
       </c>
     </row>
     <row r="1139" spans="1:4">
       <c r="A1139" s="3">
-        <v>5759</v>
+        <v>5744</v>
       </c>
       <c r="B1139" t="s">
         <v>2278</v>
       </c>
       <c r="C1139" s="5">
-        <v>18.0</v>
+        <v>24.0</v>
       </c>
       <c r="D1139" s="6" t="s">
         <v>2279</v>
       </c>
     </row>
     <row r="1140" spans="1:4">
       <c r="A1140" s="3">
-        <v>5760</v>
+        <v>5746</v>
       </c>
       <c r="B1140" t="s">
         <v>2280</v>
       </c>
       <c r="C1140" s="5">
-        <v>24.0</v>
+        <v>27.0</v>
       </c>
       <c r="D1140" s="6" t="s">
         <v>2281</v>
       </c>
     </row>
     <row r="1141" spans="1:4">
       <c r="A1141" s="3">
-        <v>5761</v>
+        <v>5747</v>
       </c>
       <c r="B1141" t="s">
         <v>2282</v>
       </c>
       <c r="C1141" s="5">
         <v>27.0</v>
       </c>
       <c r="D1141" s="6" t="s">
         <v>2283</v>
       </c>
     </row>
     <row r="1142" spans="1:4">
       <c r="A1142" s="3">
-        <v>5762</v>
+        <v>5748</v>
       </c>
       <c r="B1142" t="s">
         <v>2284</v>
       </c>
       <c r="C1142" s="5">
         <v>27.0</v>
       </c>
       <c r="D1142" s="6" t="s">
         <v>2285</v>
       </c>
     </row>
     <row r="1143" spans="1:4">
       <c r="A1143" s="3">
-        <v>5763</v>
+        <v>5749</v>
       </c>
       <c r="B1143" t="s">
         <v>2286</v>
       </c>
       <c r="C1143" s="5">
         <v>27.0</v>
       </c>
       <c r="D1143" s="6" t="s">
         <v>2287</v>
       </c>
     </row>
     <row r="1144" spans="1:4">
       <c r="A1144" s="3">
-        <v>5764</v>
+        <v>5750</v>
       </c>
       <c r="B1144" t="s">
         <v>2288</v>
       </c>
       <c r="C1144" s="5">
-        <v>18.0</v>
+        <v>33.0</v>
       </c>
       <c r="D1144" s="6" t="s">
         <v>2289</v>
       </c>
     </row>
     <row r="1145" spans="1:4">
       <c r="A1145" s="3">
-        <v>5765</v>
+        <v>5751</v>
       </c>
       <c r="B1145" t="s">
         <v>2290</v>
       </c>
       <c r="C1145" s="5">
-        <v>33.0</v>
+        <v>48.0</v>
       </c>
       <c r="D1145" s="6" t="s">
         <v>2291</v>
       </c>
     </row>
     <row r="1146" spans="1:4">
       <c r="A1146" s="3">
-        <v>5766</v>
+        <v>5752</v>
       </c>
       <c r="B1146" t="s">
         <v>2292</v>
       </c>
       <c r="C1146" s="5">
-        <v>39.0</v>
+        <v>42.0</v>
       </c>
       <c r="D1146" s="6" t="s">
         <v>2293</v>
       </c>
     </row>
     <row r="1147" spans="1:4">
       <c r="A1147" s="3">
-        <v>5767</v>
+        <v>5753</v>
       </c>
       <c r="B1147" t="s">
         <v>2294</v>
       </c>
       <c r="C1147" s="5">
         <v>42.0</v>
       </c>
       <c r="D1147" s="6" t="s">
         <v>2295</v>
       </c>
     </row>
     <row r="1148" spans="1:4">
       <c r="A1148" s="3">
-        <v>5768</v>
+        <v>5754</v>
       </c>
       <c r="B1148" t="s">
         <v>2296</v>
       </c>
       <c r="C1148" s="5">
-        <v>45.0</v>
+        <v>48.0</v>
       </c>
       <c r="D1148" s="6" t="s">
         <v>2297</v>
       </c>
     </row>
     <row r="1149" spans="1:4">
       <c r="A1149" s="3">
-        <v>5769</v>
+        <v>5755</v>
       </c>
       <c r="B1149" t="s">
         <v>2298</v>
       </c>
       <c r="C1149" s="5">
-        <v>36.0</v>
+        <v>18.0</v>
       </c>
       <c r="D1149" s="6" t="s">
         <v>2299</v>
       </c>
     </row>
     <row r="1150" spans="1:4">
       <c r="A1150" s="3">
-        <v>5770</v>
+        <v>5756</v>
       </c>
       <c r="B1150" t="s">
         <v>2300</v>
       </c>
       <c r="C1150" s="5">
-        <v>51.0</v>
+        <v>27.0</v>
       </c>
       <c r="D1150" s="6" t="s">
         <v>2301</v>
       </c>
     </row>
     <row r="1151" spans="1:4">
       <c r="A1151" s="3">
-        <v>5771</v>
+        <v>5757</v>
       </c>
       <c r="B1151" t="s">
         <v>2302</v>
       </c>
       <c r="C1151" s="5">
         <v>18.0</v>
       </c>
       <c r="D1151" s="6" t="s">
         <v>2303</v>
       </c>
     </row>
     <row r="1152" spans="1:4">
       <c r="A1152" s="3">
-        <v>5772</v>
+        <v>5758</v>
       </c>
       <c r="B1152" t="s">
         <v>2304</v>
       </c>
       <c r="C1152" s="5">
-        <v>14.0</v>
+        <v>18.0</v>
       </c>
       <c r="D1152" s="6" t="s">
         <v>2305</v>
       </c>
     </row>
     <row r="1153" spans="1:4">
       <c r="A1153" s="3">
-        <v>5773</v>
+        <v>5759</v>
       </c>
       <c r="B1153" t="s">
         <v>2306</v>
       </c>
       <c r="C1153" s="5">
         <v>18.0</v>
       </c>
       <c r="D1153" s="6" t="s">
         <v>2307</v>
       </c>
     </row>
     <row r="1154" spans="1:4">
       <c r="A1154" s="3">
-        <v>5774</v>
+        <v>5760</v>
       </c>
       <c r="B1154" t="s">
         <v>2308</v>
       </c>
       <c r="C1154" s="5">
-        <v>18.0</v>
+        <v>24.0</v>
       </c>
       <c r="D1154" s="6" t="s">
         <v>2309</v>
       </c>
     </row>
     <row r="1155" spans="1:4">
       <c r="A1155" s="3">
-        <v>5775</v>
+        <v>5761</v>
       </c>
       <c r="B1155" t="s">
         <v>2310</v>
       </c>
       <c r="C1155" s="5">
-        <v>18.0</v>
+        <v>27.0</v>
       </c>
       <c r="D1155" s="6" t="s">
         <v>2311</v>
       </c>
     </row>
     <row r="1156" spans="1:4">
       <c r="A1156" s="3">
-        <v>5776</v>
+        <v>5762</v>
       </c>
       <c r="B1156" t="s">
         <v>2312</v>
       </c>
       <c r="C1156" s="5">
-        <v>18.0</v>
+        <v>27.0</v>
       </c>
       <c r="D1156" s="6" t="s">
         <v>2313</v>
       </c>
     </row>
     <row r="1157" spans="1:4">
       <c r="A1157" s="3">
-        <v>5777</v>
+        <v>5763</v>
       </c>
       <c r="B1157" t="s">
         <v>2314</v>
       </c>
       <c r="C1157" s="5">
-        <v>24.0</v>
+        <v>27.0</v>
       </c>
       <c r="D1157" s="6" t="s">
         <v>2315</v>
       </c>
     </row>
     <row r="1158" spans="1:4">
       <c r="A1158" s="3">
-        <v>5778</v>
+        <v>5764</v>
       </c>
       <c r="B1158" t="s">
         <v>2316</v>
       </c>
       <c r="C1158" s="5">
-        <v>24.0</v>
+        <v>18.0</v>
       </c>
       <c r="D1158" s="6" t="s">
         <v>2317</v>
       </c>
     </row>
     <row r="1159" spans="1:4">
       <c r="A1159" s="3">
-        <v>5779</v>
+        <v>5765</v>
       </c>
       <c r="B1159" t="s">
         <v>2318</v>
       </c>
       <c r="C1159" s="5">
-        <v>27.0</v>
+        <v>33.0</v>
       </c>
       <c r="D1159" s="6" t="s">
         <v>2319</v>
       </c>
     </row>
     <row r="1160" spans="1:4">
       <c r="A1160" s="3">
-        <v>5780</v>
+        <v>5766</v>
       </c>
       <c r="B1160" t="s">
         <v>2320</v>
       </c>
       <c r="C1160" s="5">
-        <v>27.0</v>
+        <v>39.0</v>
       </c>
       <c r="D1160" s="6" t="s">
         <v>2321</v>
       </c>
     </row>
     <row r="1161" spans="1:4">
       <c r="A1161" s="3">
-        <v>5781</v>
+        <v>5767</v>
       </c>
       <c r="B1161" t="s">
         <v>2322</v>
       </c>
       <c r="C1161" s="5">
-        <v>27.0</v>
+        <v>42.0</v>
       </c>
       <c r="D1161" s="6" t="s">
         <v>2323</v>
       </c>
     </row>
     <row r="1162" spans="1:4">
       <c r="A1162" s="3">
-        <v>5782</v>
+        <v>5768</v>
       </c>
       <c r="B1162" t="s">
         <v>2324</v>
       </c>
       <c r="C1162" s="5">
-        <v>27.0</v>
+        <v>45.0</v>
       </c>
       <c r="D1162" s="6" t="s">
         <v>2325</v>
       </c>
     </row>
     <row r="1163" spans="1:4">
       <c r="A1163" s="3">
-        <v>5783</v>
+        <v>5769</v>
       </c>
       <c r="B1163" t="s">
         <v>2326</v>
       </c>
       <c r="C1163" s="5">
-        <v>27.0</v>
+        <v>36.0</v>
       </c>
       <c r="D1163" s="6" t="s">
         <v>2327</v>
       </c>
     </row>
     <row r="1164" spans="1:4">
       <c r="A1164" s="3">
-        <v>5784</v>
+        <v>5770</v>
       </c>
       <c r="B1164" t="s">
         <v>2328</v>
       </c>
       <c r="C1164" s="5">
-        <v>27.0</v>
+        <v>51.0</v>
       </c>
       <c r="D1164" s="6" t="s">
         <v>2329</v>
       </c>
     </row>
     <row r="1165" spans="1:4">
       <c r="A1165" s="3">
-        <v>5785</v>
+        <v>5771</v>
       </c>
       <c r="B1165" t="s">
         <v>2330</v>
       </c>
       <c r="C1165" s="5">
-        <v>33.0</v>
+        <v>18.0</v>
       </c>
       <c r="D1165" s="6" t="s">
         <v>2331</v>
       </c>
     </row>
     <row r="1166" spans="1:4">
       <c r="A1166" s="3">
-        <v>5786</v>
+        <v>5772</v>
       </c>
       <c r="B1166" t="s">
         <v>2332</v>
       </c>
       <c r="C1166" s="5">
-        <v>33.0</v>
+        <v>14.0</v>
       </c>
       <c r="D1166" s="6" t="s">
         <v>2333</v>
       </c>
     </row>
     <row r="1167" spans="1:4">
       <c r="A1167" s="3">
-        <v>5787</v>
+        <v>5773</v>
       </c>
       <c r="B1167" t="s">
         <v>2334</v>
       </c>
       <c r="C1167" s="5">
-        <v>33.0</v>
+        <v>18.0</v>
       </c>
       <c r="D1167" s="6" t="s">
         <v>2335</v>
       </c>
     </row>
     <row r="1168" spans="1:4">
       <c r="A1168" s="3">
-        <v>5788</v>
+        <v>5774</v>
       </c>
       <c r="B1168" t="s">
         <v>2336</v>
       </c>
       <c r="C1168" s="5">
-        <v>33.0</v>
+        <v>18.0</v>
       </c>
       <c r="D1168" s="6" t="s">
         <v>2337</v>
       </c>
     </row>
     <row r="1169" spans="1:4">
       <c r="A1169" s="3">
-        <v>5789</v>
+        <v>5775</v>
       </c>
       <c r="B1169" t="s">
         <v>2338</v>
       </c>
       <c r="C1169" s="5">
-        <v>39.0</v>
+        <v>18.0</v>
       </c>
       <c r="D1169" s="6" t="s">
         <v>2339</v>
       </c>
     </row>
     <row r="1170" spans="1:4">
       <c r="A1170" s="3">
-        <v>5790</v>
+        <v>5776</v>
       </c>
       <c r="B1170" t="s">
         <v>2340</v>
       </c>
       <c r="C1170" s="5">
-        <v>42.0</v>
+        <v>18.0</v>
       </c>
       <c r="D1170" s="6" t="s">
         <v>2341</v>
       </c>
     </row>
     <row r="1171" spans="1:4">
       <c r="A1171" s="3">
-        <v>5791</v>
+        <v>5777</v>
       </c>
       <c r="B1171" t="s">
         <v>2342</v>
       </c>
       <c r="C1171" s="5">
-        <v>45.0</v>
+        <v>24.0</v>
       </c>
       <c r="D1171" s="6" t="s">
         <v>2343</v>
       </c>
     </row>
     <row r="1172" spans="1:4">
       <c r="A1172" s="3">
-        <v>5792</v>
+        <v>5778</v>
       </c>
       <c r="B1172" t="s">
         <v>2344</v>
       </c>
       <c r="C1172" s="5">
-        <v>45.0</v>
+        <v>24.0</v>
       </c>
       <c r="D1172" s="6" t="s">
         <v>2345</v>
       </c>
     </row>
     <row r="1173" spans="1:4">
       <c r="A1173" s="3">
-        <v>5793</v>
+        <v>5779</v>
       </c>
       <c r="B1173" t="s">
         <v>2346</v>
       </c>
       <c r="C1173" s="5">
-        <v>51.0</v>
+        <v>27.0</v>
       </c>
       <c r="D1173" s="6" t="s">
         <v>2347</v>
       </c>
     </row>
     <row r="1174" spans="1:4">
       <c r="A1174" s="3">
-        <v>6388</v>
+        <v>5780</v>
       </c>
       <c r="B1174" t="s">
         <v>2348</v>
       </c>
       <c r="C1174" s="5">
-        <v>15.0</v>
+        <v>27.0</v>
       </c>
       <c r="D1174" s="6" t="s">
         <v>2349</v>
       </c>
     </row>
     <row r="1175" spans="1:4">
       <c r="A1175" s="3">
-        <v>5745</v>
+        <v>5781</v>
       </c>
       <c r="B1175" t="s">
         <v>2350</v>
       </c>
       <c r="C1175" s="5">
-        <v>24.0</v>
+        <v>27.0</v>
       </c>
       <c r="D1175" s="6" t="s">
         <v>2351</v>
       </c>
     </row>
     <row r="1176" spans="1:4">
       <c r="A1176" s="3">
-        <v>3921</v>
+        <v>5782</v>
       </c>
       <c r="B1176" t="s">
         <v>2352</v>
       </c>
       <c r="C1176" s="5">
-        <v>32.0</v>
+        <v>27.0</v>
       </c>
       <c r="D1176" s="6" t="s">
         <v>2353</v>
       </c>
     </row>
     <row r="1177" spans="1:4">
       <c r="A1177" s="3">
-        <v>4248</v>
+        <v>5783</v>
       </c>
       <c r="B1177" t="s">
         <v>2354</v>
       </c>
       <c r="C1177" s="5">
-        <v>45.0</v>
+        <v>27.0</v>
       </c>
       <c r="D1177" s="6" t="s">
         <v>2355</v>
       </c>
     </row>
     <row r="1178" spans="1:4">
       <c r="A1178" s="3">
-        <v>8090</v>
+        <v>5784</v>
       </c>
       <c r="B1178" t="s">
         <v>2356</v>
       </c>
       <c r="C1178" s="5">
-        <v>22.0</v>
+        <v>27.0</v>
       </c>
       <c r="D1178" s="6" t="s">
         <v>2357</v>
       </c>
     </row>
     <row r="1179" spans="1:4">
       <c r="A1179" s="3">
-        <v>4364</v>
+        <v>5785</v>
       </c>
       <c r="B1179" t="s">
         <v>2358</v>
       </c>
       <c r="C1179" s="5">
-        <v>55.0</v>
+        <v>33.0</v>
       </c>
       <c r="D1179" s="6" t="s">
         <v>2359</v>
       </c>
     </row>
     <row r="1180" spans="1:4">
       <c r="A1180" s="3">
-        <v>4365</v>
+        <v>5786</v>
       </c>
       <c r="B1180" t="s">
         <v>2360</v>
       </c>
       <c r="C1180" s="5">
-        <v>125.0</v>
+        <v>33.0</v>
       </c>
       <c r="D1180" s="6" t="s">
         <v>2361</v>
       </c>
     </row>
     <row r="1181" spans="1:4">
       <c r="A1181" s="3">
-        <v>4293</v>
+        <v>5787</v>
       </c>
       <c r="B1181" t="s">
         <v>2362</v>
       </c>
       <c r="C1181" s="5">
-        <v>18.0</v>
+        <v>33.0</v>
       </c>
       <c r="D1181" s="6" t="s">
         <v>2363</v>
       </c>
     </row>
     <row r="1182" spans="1:4">
       <c r="A1182" s="3">
-        <v>5623</v>
+        <v>5788</v>
       </c>
       <c r="B1182" t="s">
         <v>2364</v>
       </c>
       <c r="C1182" s="5">
-        <v>4.72</v>
+        <v>33.0</v>
       </c>
       <c r="D1182" s="6" t="s">
         <v>2365</v>
       </c>
     </row>
     <row r="1183" spans="1:4">
       <c r="A1183" s="3">
-        <v>5624</v>
+        <v>5789</v>
       </c>
       <c r="B1183" t="s">
         <v>2366</v>
       </c>
       <c r="C1183" s="5">
-        <v>7.08</v>
+        <v>39.0</v>
       </c>
       <c r="D1183" s="6" t="s">
         <v>2367</v>
       </c>
     </row>
     <row r="1184" spans="1:4">
       <c r="A1184" s="3">
-        <v>5625</v>
+        <v>5790</v>
       </c>
       <c r="B1184" t="s">
         <v>2368</v>
       </c>
       <c r="C1184" s="5">
-        <v>9.44</v>
+        <v>42.0</v>
       </c>
       <c r="D1184" s="6" t="s">
         <v>2369</v>
       </c>
     </row>
     <row r="1185" spans="1:4">
       <c r="A1185" s="3">
-        <v>5626</v>
+        <v>5791</v>
       </c>
       <c r="B1185" t="s">
         <v>2370</v>
       </c>
       <c r="C1185" s="5">
-        <v>11.8</v>
+        <v>45.0</v>
       </c>
       <c r="D1185" s="6" t="s">
         <v>2371</v>
       </c>
     </row>
     <row r="1186" spans="1:4">
       <c r="A1186" s="3">
-        <v>5628</v>
+        <v>5792</v>
       </c>
       <c r="B1186" t="s">
         <v>2372</v>
       </c>
       <c r="C1186" s="5">
-        <v>16.52</v>
+        <v>45.0</v>
       </c>
       <c r="D1186" s="6" t="s">
         <v>2373</v>
       </c>
     </row>
     <row r="1187" spans="1:4">
       <c r="A1187" s="3">
-        <v>5629</v>
+        <v>5793</v>
       </c>
       <c r="B1187" t="s">
         <v>2374</v>
       </c>
       <c r="C1187" s="5">
-        <v>18.88</v>
+        <v>51.0</v>
       </c>
       <c r="D1187" s="6" t="s">
         <v>2375</v>
       </c>
     </row>
     <row r="1188" spans="1:4">
       <c r="A1188" s="3">
-        <v>5630</v>
+        <v>6388</v>
       </c>
       <c r="B1188" t="s">
         <v>2376</v>
       </c>
       <c r="C1188" s="5">
-        <v>21.24</v>
+        <v>15.0</v>
       </c>
       <c r="D1188" s="6" t="s">
         <v>2377</v>
       </c>
     </row>
     <row r="1189" spans="1:4">
       <c r="A1189" s="3">
-        <v>5631</v>
+        <v>5745</v>
       </c>
       <c r="B1189" t="s">
         <v>2378</v>
       </c>
       <c r="C1189" s="5">
-        <v>23.6</v>
+        <v>24.0</v>
       </c>
       <c r="D1189" s="6" t="s">
         <v>2379</v>
       </c>
     </row>
     <row r="1190" spans="1:4">
       <c r="A1190" s="3">
-        <v>5667</v>
+        <v>3921</v>
       </c>
       <c r="B1190" t="s">
         <v>2380</v>
       </c>
       <c r="C1190" s="5">
-        <v>15.0</v>
+        <v>35.0</v>
       </c>
       <c r="D1190" s="6" t="s">
         <v>2381</v>
       </c>
     </row>
     <row r="1191" spans="1:4">
       <c r="A1191" s="3">
-        <v>5699</v>
+        <v>4248</v>
       </c>
       <c r="B1191" t="s">
         <v>2382</v>
       </c>
       <c r="C1191" s="5">
-        <v>15.0</v>
+        <v>45.0</v>
       </c>
       <c r="D1191" s="6" t="s">
         <v>2383</v>
       </c>
     </row>
     <row r="1192" spans="1:4">
       <c r="A1192" s="3">
-        <v>5700</v>
+        <v>8090</v>
       </c>
       <c r="B1192" t="s">
         <v>2384</v>
       </c>
       <c r="C1192" s="5">
-        <v>10.0</v>
+        <v>22.0</v>
       </c>
       <c r="D1192" s="6" t="s">
         <v>2385</v>
       </c>
     </row>
     <row r="1193" spans="1:4">
       <c r="A1193" s="3">
-        <v>5701</v>
+        <v>4364</v>
       </c>
       <c r="B1193" t="s">
         <v>2386</v>
       </c>
       <c r="C1193" s="5">
-        <v>15.0</v>
+        <v>55.0</v>
       </c>
       <c r="D1193" s="6" t="s">
         <v>2387</v>
       </c>
     </row>
     <row r="1194" spans="1:4">
       <c r="A1194" s="3">
-        <v>5702</v>
+        <v>4365</v>
       </c>
       <c r="B1194" t="s">
         <v>2388</v>
       </c>
       <c r="C1194" s="5">
-        <v>15.0</v>
+        <v>125.0</v>
       </c>
       <c r="D1194" s="6" t="s">
         <v>2389</v>
       </c>
     </row>
     <row r="1195" spans="1:4">
       <c r="A1195" s="3">
-        <v>5703</v>
+        <v>4293</v>
       </c>
       <c r="B1195" t="s">
         <v>2390</v>
       </c>
       <c r="C1195" s="5">
-        <v>15.0</v>
+        <v>18.0</v>
       </c>
       <c r="D1195" s="6" t="s">
         <v>2391</v>
       </c>
     </row>
     <row r="1196" spans="1:4">
       <c r="A1196" s="3">
-        <v>5704</v>
+        <v>5623</v>
       </c>
       <c r="B1196" t="s">
         <v>2392</v>
       </c>
       <c r="C1196" s="5">
-        <v>18.0</v>
+        <v>4.72</v>
       </c>
       <c r="D1196" s="6" t="s">
         <v>2393</v>
       </c>
     </row>
     <row r="1197" spans="1:4">
       <c r="A1197" s="3">
-        <v>5705</v>
+        <v>5624</v>
       </c>
       <c r="B1197" t="s">
         <v>2394</v>
       </c>
       <c r="C1197" s="5">
-        <v>18.0</v>
+        <v>7.08</v>
       </c>
       <c r="D1197" s="6" t="s">
         <v>2395</v>
       </c>
     </row>
     <row r="1198" spans="1:4">
       <c r="A1198" s="3">
-        <v>5706</v>
+        <v>5625</v>
       </c>
       <c r="B1198" t="s">
         <v>2396</v>
       </c>
       <c r="C1198" s="5">
-        <v>21.0</v>
+        <v>9.44</v>
       </c>
       <c r="D1198" s="6" t="s">
         <v>2397</v>
       </c>
     </row>
     <row r="1199" spans="1:4">
       <c r="A1199" s="3">
-        <v>5707</v>
+        <v>5626</v>
       </c>
       <c r="B1199" t="s">
         <v>2398</v>
       </c>
       <c r="C1199" s="5">
-        <v>21.0</v>
+        <v>11.8</v>
       </c>
       <c r="D1199" s="6" t="s">
         <v>2399</v>
       </c>
     </row>
     <row r="1200" spans="1:4">
       <c r="A1200" s="3">
-        <v>5708</v>
+        <v>5628</v>
       </c>
       <c r="B1200" t="s">
         <v>2400</v>
       </c>
       <c r="C1200" s="5">
-        <v>21.0</v>
+        <v>16.52</v>
       </c>
       <c r="D1200" s="6" t="s">
         <v>2401</v>
       </c>
     </row>
     <row r="1201" spans="1:4">
       <c r="A1201" s="3">
-        <v>5709</v>
+        <v>5629</v>
       </c>
       <c r="B1201" t="s">
         <v>2402</v>
       </c>
       <c r="C1201" s="5">
-        <v>21.0</v>
+        <v>18.88</v>
       </c>
       <c r="D1201" s="6" t="s">
         <v>2403</v>
       </c>
     </row>
     <row r="1202" spans="1:4">
       <c r="A1202" s="3">
-        <v>5710</v>
+        <v>5630</v>
       </c>
       <c r="B1202" t="s">
         <v>2404</v>
       </c>
       <c r="C1202" s="5">
-        <v>14.0</v>
+        <v>21.24</v>
       </c>
       <c r="D1202" s="6" t="s">
         <v>2405</v>
       </c>
     </row>
     <row r="1203" spans="1:4">
       <c r="A1203" s="3">
-        <v>5711</v>
+        <v>5631</v>
       </c>
       <c r="B1203" t="s">
         <v>2406</v>
       </c>
       <c r="C1203" s="5">
-        <v>21.0</v>
+        <v>23.6</v>
       </c>
       <c r="D1203" s="6" t="s">
         <v>2407</v>
       </c>
     </row>
     <row r="1204" spans="1:4">
       <c r="A1204" s="3">
-        <v>5712</v>
+        <v>5667</v>
       </c>
       <c r="B1204" t="s">
         <v>2408</v>
       </c>
       <c r="C1204" s="5">
-        <v>24.0</v>
+        <v>15.0</v>
       </c>
       <c r="D1204" s="6" t="s">
         <v>2409</v>
       </c>
     </row>
     <row r="1205" spans="1:4">
       <c r="A1205" s="3">
-        <v>5713</v>
+        <v>5699</v>
       </c>
       <c r="B1205" t="s">
         <v>2410</v>
       </c>
       <c r="C1205" s="5">
-        <v>24.0</v>
+        <v>15.0</v>
       </c>
       <c r="D1205" s="6" t="s">
         <v>2411</v>
       </c>
     </row>
     <row r="1206" spans="1:4">
       <c r="A1206" s="3">
-        <v>5714</v>
+        <v>5700</v>
       </c>
       <c r="B1206" t="s">
         <v>2412</v>
       </c>
       <c r="C1206" s="5">
-        <v>24.0</v>
+        <v>10.0</v>
       </c>
       <c r="D1206" s="6" t="s">
         <v>2413</v>
       </c>
     </row>
     <row r="1207" spans="1:4">
       <c r="A1207" s="3">
-        <v>5715</v>
+        <v>5701</v>
       </c>
       <c r="B1207" t="s">
         <v>2414</v>
       </c>
       <c r="C1207" s="5">
-        <v>24.0</v>
+        <v>15.0</v>
       </c>
       <c r="D1207" s="6" t="s">
         <v>2415</v>
       </c>
     </row>
     <row r="1208" spans="1:4">
       <c r="A1208" s="3">
-        <v>5716</v>
+        <v>5702</v>
       </c>
       <c r="B1208" t="s">
         <v>2416</v>
       </c>
       <c r="C1208" s="5">
-        <v>30.0</v>
+        <v>15.0</v>
       </c>
       <c r="D1208" s="6" t="s">
         <v>2417</v>
       </c>
     </row>
     <row r="1209" spans="1:4">
       <c r="A1209" s="3">
-        <v>5717</v>
+        <v>5703</v>
       </c>
       <c r="B1209" t="s">
         <v>2418</v>
       </c>
       <c r="C1209" s="5">
-        <v>36.0</v>
+        <v>15.0</v>
       </c>
       <c r="D1209" s="6" t="s">
         <v>2419</v>
       </c>
     </row>
     <row r="1210" spans="1:4">
       <c r="A1210" s="3">
-        <v>5718</v>
+        <v>5704</v>
       </c>
       <c r="B1210" t="s">
         <v>2420</v>
       </c>
       <c r="C1210" s="5">
-        <v>36.0</v>
+        <v>18.0</v>
       </c>
       <c r="D1210" s="6" t="s">
         <v>2421</v>
       </c>
     </row>
     <row r="1211" spans="1:4">
       <c r="A1211" s="3">
-        <v>5719</v>
+        <v>5705</v>
       </c>
       <c r="B1211" t="s">
         <v>2422</v>
       </c>
       <c r="C1211" s="5">
-        <v>42.0</v>
+        <v>18.0</v>
       </c>
       <c r="D1211" s="6" t="s">
         <v>2423</v>
       </c>
     </row>
     <row r="1212" spans="1:4">
       <c r="A1212" s="3">
-        <v>5189</v>
+        <v>5706</v>
       </c>
       <c r="B1212" t="s">
         <v>2424</v>
       </c>
       <c r="C1212" s="5">
-        <v>27.0</v>
+        <v>21.0</v>
       </c>
       <c r="D1212" s="6" t="s">
         <v>2425</v>
       </c>
     </row>
     <row r="1213" spans="1:4">
       <c r="A1213" s="3">
-        <v>4634</v>
+        <v>5707</v>
       </c>
       <c r="B1213" t="s">
         <v>2426</v>
       </c>
       <c r="C1213" s="5">
-        <v>21.24</v>
+        <v>21.0</v>
       </c>
       <c r="D1213" s="6" t="s">
         <v>2427</v>
       </c>
     </row>
     <row r="1214" spans="1:4">
       <c r="A1214" s="3">
-        <v>3039</v>
+        <v>5708</v>
       </c>
       <c r="B1214" t="s">
         <v>2428</v>
       </c>
       <c r="C1214" s="5">
-        <v>9.0</v>
+        <v>21.0</v>
       </c>
       <c r="D1214" s="6" t="s">
         <v>2429</v>
       </c>
     </row>
     <row r="1215" spans="1:4">
       <c r="A1215" s="3">
-        <v>5393</v>
+        <v>5709</v>
       </c>
       <c r="B1215" t="s">
         <v>2430</v>
       </c>
       <c r="C1215" s="5">
-        <v>5.9</v>
+        <v>21.0</v>
       </c>
       <c r="D1215" s="6" t="s">
         <v>2431</v>
       </c>
     </row>
     <row r="1216" spans="1:4">
       <c r="A1216" s="3">
-        <v>5653</v>
+        <v>5710</v>
       </c>
       <c r="B1216" t="s">
         <v>2432</v>
       </c>
       <c r="C1216" s="5">
-        <v>5.9</v>
+        <v>14.0</v>
       </c>
       <c r="D1216" s="6" t="s">
         <v>2433</v>
       </c>
     </row>
     <row r="1217" spans="1:4">
       <c r="A1217" s="3">
-        <v>5654</v>
+        <v>5711</v>
       </c>
       <c r="B1217" t="s">
         <v>2434</v>
       </c>
       <c r="C1217" s="5">
-        <v>7.08</v>
+        <v>21.0</v>
       </c>
       <c r="D1217" s="6" t="s">
         <v>2435</v>
       </c>
     </row>
     <row r="1218" spans="1:4">
       <c r="A1218" s="3">
-        <v>5655</v>
+        <v>5712</v>
       </c>
       <c r="B1218" t="s">
         <v>2436</v>
       </c>
       <c r="C1218" s="5">
-        <v>8.26</v>
+        <v>24.0</v>
       </c>
       <c r="D1218" s="6" t="s">
         <v>2437</v>
       </c>
     </row>
     <row r="1219" spans="1:4">
       <c r="A1219" s="3">
-        <v>5656</v>
+        <v>5713</v>
       </c>
       <c r="B1219" t="s">
         <v>2438</v>
       </c>
       <c r="C1219" s="5">
-        <v>10.62</v>
+        <v>24.0</v>
       </c>
       <c r="D1219" s="6" t="s">
         <v>2439</v>
       </c>
     </row>
     <row r="1220" spans="1:4">
       <c r="A1220" s="3">
-        <v>5657</v>
+        <v>5714</v>
       </c>
       <c r="B1220" t="s">
         <v>2440</v>
       </c>
       <c r="C1220" s="5">
-        <v>11.8</v>
+        <v>24.0</v>
       </c>
       <c r="D1220" s="6" t="s">
         <v>2441</v>
       </c>
     </row>
     <row r="1221" spans="1:4">
       <c r="A1221" s="3">
-        <v>4119</v>
+        <v>5715</v>
       </c>
       <c r="B1221" t="s">
         <v>2442</v>
       </c>
       <c r="C1221" s="5">
-        <v>45.0</v>
+        <v>24.0</v>
       </c>
       <c r="D1221" s="6" t="s">
         <v>2443</v>
       </c>
     </row>
     <row r="1222" spans="1:4">
       <c r="A1222" s="3">
-        <v>3305</v>
+        <v>5716</v>
       </c>
       <c r="B1222" t="s">
         <v>2444</v>
       </c>
       <c r="C1222" s="5">
-        <v>1.75</v>
+        <v>30.0</v>
       </c>
       <c r="D1222" s="6" t="s">
         <v>2445</v>
       </c>
     </row>
     <row r="1223" spans="1:4">
       <c r="A1223" s="3">
-        <v>3883</v>
+        <v>5717</v>
       </c>
       <c r="B1223" t="s">
         <v>2446</v>
       </c>
       <c r="C1223" s="5">
-        <v>8.25</v>
+        <v>36.0</v>
       </c>
       <c r="D1223" s="6" t="s">
         <v>2447</v>
       </c>
     </row>
     <row r="1224" spans="1:4">
       <c r="A1224" s="3">
-        <v>4150</v>
+        <v>5718</v>
       </c>
       <c r="B1224" t="s">
         <v>2448</v>
       </c>
       <c r="C1224" s="5">
-        <v>2.36</v>
+        <v>36.0</v>
       </c>
       <c r="D1224" s="6" t="s">
         <v>2449</v>
       </c>
     </row>
     <row r="1225" spans="1:4">
       <c r="A1225" s="3">
-        <v>4413</v>
+        <v>5719</v>
       </c>
       <c r="B1225" t="s">
         <v>2450</v>
       </c>
       <c r="C1225" s="5">
-        <v>18.0</v>
+        <v>42.0</v>
       </c>
       <c r="D1225" s="6" t="s">
         <v>2451</v>
       </c>
     </row>
     <row r="1226" spans="1:4">
       <c r="A1226" s="3">
-        <v>3920</v>
+        <v>5189</v>
       </c>
       <c r="B1226" t="s">
         <v>2452</v>
       </c>
       <c r="C1226" s="5">
-        <v>7.08</v>
+        <v>27.0</v>
       </c>
       <c r="D1226" s="6" t="s">
         <v>2453</v>
       </c>
     </row>
     <row r="1227" spans="1:4">
       <c r="A1227" s="3">
-        <v>3735</v>
+        <v>4634</v>
       </c>
       <c r="B1227" t="s">
         <v>2454</v>
       </c>
       <c r="C1227" s="5">
-        <v>28.0</v>
+        <v>22.75</v>
       </c>
       <c r="D1227" s="6" t="s">
         <v>2455</v>
       </c>
     </row>
     <row r="1228" spans="1:4">
       <c r="A1228" s="3">
-        <v>3938</v>
+        <v>3039</v>
       </c>
       <c r="B1228" t="s">
         <v>2456</v>
       </c>
       <c r="C1228" s="5">
-        <v>9.44</v>
+        <v>9.0</v>
       </c>
       <c r="D1228" s="6" t="s">
         <v>2457</v>
       </c>
     </row>
     <row r="1229" spans="1:4">
       <c r="A1229" s="3">
-        <v>3939</v>
+        <v>5393</v>
       </c>
       <c r="B1229" t="s">
         <v>2458</v>
       </c>
       <c r="C1229" s="5">
-        <v>14.16</v>
+        <v>5.9</v>
       </c>
       <c r="D1229" s="6" t="s">
         <v>2459</v>
       </c>
     </row>
     <row r="1230" spans="1:4">
       <c r="A1230" s="3">
-        <v>3946</v>
+        <v>5653</v>
       </c>
       <c r="B1230" t="s">
         <v>2460</v>
       </c>
       <c r="C1230" s="5">
-        <v>41.3</v>
+        <v>5.9</v>
       </c>
       <c r="D1230" s="6" t="s">
         <v>2461</v>
       </c>
     </row>
     <row r="1231" spans="1:4">
       <c r="A1231" s="3">
-        <v>4200</v>
+        <v>5654</v>
       </c>
       <c r="B1231" t="s">
         <v>2462</v>
       </c>
       <c r="C1231" s="5">
-        <v>5.9</v>
+        <v>7.08</v>
       </c>
       <c r="D1231" s="6" t="s">
         <v>2463</v>
       </c>
     </row>
     <row r="1232" spans="1:4">
       <c r="A1232" s="3">
-        <v>3956</v>
+        <v>5655</v>
       </c>
       <c r="B1232" t="s">
         <v>2464</v>
       </c>
       <c r="C1232" s="5">
-        <v>12.0</v>
+        <v>8.26</v>
       </c>
       <c r="D1232" s="6" t="s">
         <v>2465</v>
       </c>
     </row>
     <row r="1233" spans="1:4">
       <c r="A1233" s="3">
-        <v>4453</v>
+        <v>5656</v>
       </c>
       <c r="B1233" t="s">
         <v>2466</v>
       </c>
       <c r="C1233" s="5">
-        <v>41.3</v>
+        <v>10.62</v>
       </c>
       <c r="D1233" s="6" t="s">
         <v>2467</v>
       </c>
     </row>
     <row r="1234" spans="1:4">
       <c r="A1234" s="3">
-        <v>4454</v>
+        <v>5657</v>
       </c>
       <c r="B1234" t="s">
         <v>2468</v>
       </c>
       <c r="C1234" s="5">
-        <v>14.16</v>
+        <v>11.8</v>
       </c>
       <c r="D1234" s="6" t="s">
         <v>2469</v>
       </c>
     </row>
     <row r="1235" spans="1:4">
       <c r="A1235" s="3">
-        <v>3967</v>
+        <v>4119</v>
       </c>
       <c r="B1235" t="s">
         <v>2470</v>
       </c>
       <c r="C1235" s="5">
-        <v>2.95</v>
+        <v>45.0</v>
       </c>
       <c r="D1235" s="6" t="s">
         <v>2471</v>
       </c>
     </row>
     <row r="1236" spans="1:4">
       <c r="A1236" s="3">
-        <v>3968</v>
+        <v>3305</v>
       </c>
       <c r="B1236" t="s">
         <v>2472</v>
       </c>
       <c r="C1236" s="5">
-        <v>4.72</v>
+        <v>1.75</v>
       </c>
       <c r="D1236" s="6" t="s">
         <v>2473</v>
       </c>
     </row>
     <row r="1237" spans="1:4">
       <c r="A1237" s="3">
-        <v>5397</v>
+        <v>3883</v>
       </c>
       <c r="B1237" t="s">
         <v>2474</v>
       </c>
       <c r="C1237" s="5">
-        <v>9.44</v>
+        <v>8.25</v>
       </c>
       <c r="D1237" s="6" t="s">
         <v>2475</v>
       </c>
     </row>
     <row r="1238" spans="1:4">
       <c r="A1238" s="3">
-        <v>3969</v>
+        <v>4150</v>
       </c>
       <c r="B1238" t="s">
         <v>2476</v>
       </c>
       <c r="C1238" s="5">
-        <v>3.54</v>
+        <v>2.36</v>
       </c>
       <c r="D1238" s="6" t="s">
         <v>2477</v>
       </c>
     </row>
     <row r="1239" spans="1:4">
       <c r="A1239" s="3">
-        <v>3970</v>
+        <v>4413</v>
       </c>
       <c r="B1239" t="s">
         <v>2478</v>
       </c>
       <c r="C1239" s="5">
-        <v>24.0</v>
+        <v>18.0</v>
       </c>
       <c r="D1239" s="6" t="s">
         <v>2479</v>
       </c>
     </row>
     <row r="1240" spans="1:4">
       <c r="A1240" s="3">
-        <v>3971</v>
+        <v>3920</v>
       </c>
       <c r="B1240" t="s">
         <v>2480</v>
       </c>
       <c r="C1240" s="5">
-        <v>10.62</v>
+        <v>7.08</v>
       </c>
       <c r="D1240" s="6" t="s">
         <v>2481</v>
       </c>
     </row>
     <row r="1241" spans="1:4">
       <c r="A1241" s="3">
-        <v>3882</v>
+        <v>3735</v>
       </c>
       <c r="B1241" t="s">
         <v>2482</v>
       </c>
       <c r="C1241" s="5">
-        <v>12.38</v>
+        <v>28.0</v>
       </c>
       <c r="D1241" s="6" t="s">
         <v>2483</v>
       </c>
     </row>
     <row r="1242" spans="1:4">
       <c r="A1242" s="3">
-        <v>4249</v>
+        <v>3938</v>
       </c>
       <c r="B1242" t="s">
         <v>2484</v>
       </c>
       <c r="C1242" s="5">
-        <v>3.54</v>
+        <v>9.44</v>
       </c>
       <c r="D1242" s="6" t="s">
         <v>2485</v>
       </c>
     </row>
     <row r="1243" spans="1:4">
       <c r="A1243" s="3">
-        <v>4271</v>
+        <v>3939</v>
       </c>
       <c r="B1243" t="s">
         <v>2486</v>
       </c>
       <c r="C1243" s="5">
-        <v>11.0</v>
+        <v>14.16</v>
       </c>
       <c r="D1243" s="6" t="s">
         <v>2487</v>
       </c>
     </row>
     <row r="1244" spans="1:4">
       <c r="A1244" s="3">
-        <v>4294</v>
+        <v>3946</v>
       </c>
       <c r="B1244" t="s">
         <v>2488</v>
       </c>
       <c r="C1244" s="5">
-        <v>142.0</v>
+        <v>41.3</v>
       </c>
       <c r="D1244" s="6" t="s">
         <v>2489</v>
       </c>
     </row>
     <row r="1245" spans="1:4">
       <c r="A1245" s="3">
-        <v>4301</v>
+        <v>4200</v>
       </c>
       <c r="B1245" t="s">
         <v>2490</v>
       </c>
       <c r="C1245" s="5">
-        <v>8.25</v>
+        <v>5.9</v>
       </c>
       <c r="D1245" s="6" t="s">
         <v>2491</v>
       </c>
     </row>
     <row r="1246" spans="1:4">
       <c r="A1246" s="3">
-        <v>5595</v>
+        <v>3956</v>
       </c>
       <c r="B1246" t="s">
         <v>2492</v>
       </c>
       <c r="C1246" s="5">
-        <v>77.0</v>
+        <v>12.0</v>
       </c>
       <c r="D1246" s="6" t="s">
         <v>2493</v>
       </c>
     </row>
     <row r="1247" spans="1:4">
       <c r="A1247" s="3">
-        <v>5597</v>
+        <v>4453</v>
       </c>
       <c r="B1247" t="s">
         <v>2494</v>
       </c>
       <c r="C1247" s="5">
-        <v>84.0</v>
+        <v>41.3</v>
       </c>
       <c r="D1247" s="6" t="s">
         <v>2495</v>
       </c>
     </row>
     <row r="1248" spans="1:4">
       <c r="A1248" s="3">
-        <v>5598</v>
+        <v>4454</v>
       </c>
       <c r="B1248" t="s">
         <v>2496</v>
       </c>
       <c r="C1248" s="5">
-        <v>89.0</v>
+        <v>14.16</v>
       </c>
       <c r="D1248" s="6" t="s">
         <v>2497</v>
       </c>
     </row>
     <row r="1249" spans="1:4">
       <c r="A1249" s="3">
-        <v>5599</v>
+        <v>3967</v>
       </c>
       <c r="B1249" t="s">
         <v>2498</v>
       </c>
       <c r="C1249" s="5">
-        <v>104.0</v>
+        <v>2.95</v>
       </c>
       <c r="D1249" s="6" t="s">
         <v>2499</v>
       </c>
     </row>
     <row r="1250" spans="1:4">
       <c r="A1250" s="3">
-        <v>4061</v>
+        <v>3968</v>
       </c>
       <c r="B1250" t="s">
         <v>2500</v>
       </c>
       <c r="C1250" s="5">
-        <v>25.96</v>
+        <v>4.72</v>
       </c>
       <c r="D1250" s="6" t="s">
         <v>2501</v>
       </c>
     </row>
     <row r="1251" spans="1:4">
       <c r="A1251" s="3">
-        <v>5600</v>
+        <v>5397</v>
       </c>
       <c r="B1251" t="s">
         <v>2502</v>
       </c>
       <c r="C1251" s="5">
-        <v>107.0</v>
+        <v>9.44</v>
       </c>
       <c r="D1251" s="6" t="s">
         <v>2503</v>
+      </c>
+    </row>
+    <row r="1252" spans="1:4">
+      <c r="A1252" s="3">
+        <v>3969</v>
+      </c>
+      <c r="B1252" t="s">
+        <v>2504</v>
+      </c>
+      <c r="C1252" s="5">
+        <v>3.54</v>
+      </c>
+      <c r="D1252" s="6" t="s">
+        <v>2505</v>
+      </c>
+    </row>
+    <row r="1253" spans="1:4">
+      <c r="A1253" s="3">
+        <v>3970</v>
+      </c>
+      <c r="B1253" t="s">
+        <v>2506</v>
+      </c>
+      <c r="C1253" s="5">
+        <v>24.0</v>
+      </c>
+      <c r="D1253" s="6" t="s">
+        <v>2507</v>
+      </c>
+    </row>
+    <row r="1254" spans="1:4">
+      <c r="A1254" s="3">
+        <v>3971</v>
+      </c>
+      <c r="B1254" t="s">
+        <v>2508</v>
+      </c>
+      <c r="C1254" s="5">
+        <v>10.62</v>
+      </c>
+      <c r="D1254" s="6" t="s">
+        <v>2509</v>
+      </c>
+    </row>
+    <row r="1255" spans="1:4">
+      <c r="A1255" s="3">
+        <v>3882</v>
+      </c>
+      <c r="B1255" t="s">
+        <v>2510</v>
+      </c>
+      <c r="C1255" s="5">
+        <v>12.38</v>
+      </c>
+      <c r="D1255" s="6" t="s">
+        <v>2511</v>
+      </c>
+    </row>
+    <row r="1256" spans="1:4">
+      <c r="A1256" s="3">
+        <v>4249</v>
+      </c>
+      <c r="B1256" t="s">
+        <v>2512</v>
+      </c>
+      <c r="C1256" s="5">
+        <v>3.54</v>
+      </c>
+      <c r="D1256" s="6" t="s">
+        <v>2513</v>
+      </c>
+    </row>
+    <row r="1257" spans="1:4">
+      <c r="A1257" s="3">
+        <v>4271</v>
+      </c>
+      <c r="B1257" t="s">
+        <v>2514</v>
+      </c>
+      <c r="C1257" s="5">
+        <v>11.0</v>
+      </c>
+      <c r="D1257" s="6" t="s">
+        <v>2515</v>
+      </c>
+    </row>
+    <row r="1258" spans="1:4">
+      <c r="A1258" s="3">
+        <v>4294</v>
+      </c>
+      <c r="B1258" t="s">
+        <v>2516</v>
+      </c>
+      <c r="C1258" s="5">
+        <v>142.0</v>
+      </c>
+      <c r="D1258" s="6" t="s">
+        <v>2517</v>
+      </c>
+    </row>
+    <row r="1259" spans="1:4">
+      <c r="A1259" s="3">
+        <v>4301</v>
+      </c>
+      <c r="B1259" t="s">
+        <v>2518</v>
+      </c>
+      <c r="C1259" s="5">
+        <v>8.25</v>
+      </c>
+      <c r="D1259" s="6" t="s">
+        <v>2519</v>
+      </c>
+    </row>
+    <row r="1260" spans="1:4">
+      <c r="A1260" s="3">
+        <v>5595</v>
+      </c>
+      <c r="B1260" t="s">
+        <v>2520</v>
+      </c>
+      <c r="C1260" s="5">
+        <v>77.0</v>
+      </c>
+      <c r="D1260" s="6" t="s">
+        <v>2521</v>
+      </c>
+    </row>
+    <row r="1261" spans="1:4">
+      <c r="A1261" s="3">
+        <v>5597</v>
+      </c>
+      <c r="B1261" t="s">
+        <v>2522</v>
+      </c>
+      <c r="C1261" s="5">
+        <v>84.0</v>
+      </c>
+      <c r="D1261" s="6" t="s">
+        <v>2523</v>
+      </c>
+    </row>
+    <row r="1262" spans="1:4">
+      <c r="A1262" s="3">
+        <v>5598</v>
+      </c>
+      <c r="B1262" t="s">
+        <v>2524</v>
+      </c>
+      <c r="C1262" s="5">
+        <v>89.0</v>
+      </c>
+      <c r="D1262" s="6" t="s">
+        <v>2525</v>
+      </c>
+    </row>
+    <row r="1263" spans="1:4">
+      <c r="A1263" s="3">
+        <v>5599</v>
+      </c>
+      <c r="B1263" t="s">
+        <v>2526</v>
+      </c>
+      <c r="C1263" s="5">
+        <v>104.0</v>
+      </c>
+      <c r="D1263" s="6" t="s">
+        <v>2527</v>
+      </c>
+    </row>
+    <row r="1264" spans="1:4">
+      <c r="A1264" s="3">
+        <v>4061</v>
+      </c>
+      <c r="B1264" t="s">
+        <v>2528</v>
+      </c>
+      <c r="C1264" s="5">
+        <v>25.96</v>
+      </c>
+      <c r="D1264" s="6" t="s">
+        <v>2529</v>
+      </c>
+    </row>
+    <row r="1265" spans="1:4">
+      <c r="A1265" s="3">
+        <v>5600</v>
+      </c>
+      <c r="B1265" t="s">
+        <v>2530</v>
+      </c>
+      <c r="C1265" s="5">
+        <v>107.0</v>
+      </c>
+      <c r="D1265" s="6" t="s">
+        <v>2531</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="B1" r:id="rId_hyperlink_1"/>
     <hyperlink ref="D4" r:id="rId_hyperlink_2"/>
     <hyperlink ref="D5" r:id="rId_hyperlink_3"/>
     <hyperlink ref="D6" r:id="rId_hyperlink_4"/>
     <hyperlink ref="D7" r:id="rId_hyperlink_5"/>
     <hyperlink ref="D8" r:id="rId_hyperlink_6"/>
     <hyperlink ref="D9" r:id="rId_hyperlink_7"/>
     <hyperlink ref="D10" r:id="rId_hyperlink_8"/>
     <hyperlink ref="D11" r:id="rId_hyperlink_9"/>
     <hyperlink ref="D12" r:id="rId_hyperlink_10"/>
     <hyperlink ref="D13" r:id="rId_hyperlink_11"/>
     <hyperlink ref="D14" r:id="rId_hyperlink_12"/>
     <hyperlink ref="D15" r:id="rId_hyperlink_13"/>
     <hyperlink ref="D16" r:id="rId_hyperlink_14"/>
     <hyperlink ref="D17" r:id="rId_hyperlink_15"/>
     <hyperlink ref="D18" r:id="rId_hyperlink_16"/>
     <hyperlink ref="D19" r:id="rId_hyperlink_17"/>
     <hyperlink ref="D20" r:id="rId_hyperlink_18"/>
     <hyperlink ref="D21" r:id="rId_hyperlink_19"/>
     <hyperlink ref="D22" r:id="rId_hyperlink_20"/>
     <hyperlink ref="D23" r:id="rId_hyperlink_21"/>
@@ -26671,50 +26951,64 @@
     <hyperlink ref="D1227" r:id="rId_hyperlink_1225"/>
     <hyperlink ref="D1228" r:id="rId_hyperlink_1226"/>
     <hyperlink ref="D1229" r:id="rId_hyperlink_1227"/>
     <hyperlink ref="D1230" r:id="rId_hyperlink_1228"/>
     <hyperlink ref="D1231" r:id="rId_hyperlink_1229"/>
     <hyperlink ref="D1232" r:id="rId_hyperlink_1230"/>
     <hyperlink ref="D1233" r:id="rId_hyperlink_1231"/>
     <hyperlink ref="D1234" r:id="rId_hyperlink_1232"/>
     <hyperlink ref="D1235" r:id="rId_hyperlink_1233"/>
     <hyperlink ref="D1236" r:id="rId_hyperlink_1234"/>
     <hyperlink ref="D1237" r:id="rId_hyperlink_1235"/>
     <hyperlink ref="D1238" r:id="rId_hyperlink_1236"/>
     <hyperlink ref="D1239" r:id="rId_hyperlink_1237"/>
     <hyperlink ref="D1240" r:id="rId_hyperlink_1238"/>
     <hyperlink ref="D1241" r:id="rId_hyperlink_1239"/>
     <hyperlink ref="D1242" r:id="rId_hyperlink_1240"/>
     <hyperlink ref="D1243" r:id="rId_hyperlink_1241"/>
     <hyperlink ref="D1244" r:id="rId_hyperlink_1242"/>
     <hyperlink ref="D1245" r:id="rId_hyperlink_1243"/>
     <hyperlink ref="D1246" r:id="rId_hyperlink_1244"/>
     <hyperlink ref="D1247" r:id="rId_hyperlink_1245"/>
     <hyperlink ref="D1248" r:id="rId_hyperlink_1246"/>
     <hyperlink ref="D1249" r:id="rId_hyperlink_1247"/>
     <hyperlink ref="D1250" r:id="rId_hyperlink_1248"/>
     <hyperlink ref="D1251" r:id="rId_hyperlink_1249"/>
+    <hyperlink ref="D1252" r:id="rId_hyperlink_1250"/>
+    <hyperlink ref="D1253" r:id="rId_hyperlink_1251"/>
+    <hyperlink ref="D1254" r:id="rId_hyperlink_1252"/>
+    <hyperlink ref="D1255" r:id="rId_hyperlink_1253"/>
+    <hyperlink ref="D1256" r:id="rId_hyperlink_1254"/>
+    <hyperlink ref="D1257" r:id="rId_hyperlink_1255"/>
+    <hyperlink ref="D1258" r:id="rId_hyperlink_1256"/>
+    <hyperlink ref="D1259" r:id="rId_hyperlink_1257"/>
+    <hyperlink ref="D1260" r:id="rId_hyperlink_1258"/>
+    <hyperlink ref="D1261" r:id="rId_hyperlink_1259"/>
+    <hyperlink ref="D1262" r:id="rId_hyperlink_1260"/>
+    <hyperlink ref="D1263" r:id="rId_hyperlink_1261"/>
+    <hyperlink ref="D1264" r:id="rId_hyperlink_1262"/>
+    <hyperlink ref="D1265" r:id="rId_hyperlink_1263"/>
   </hyperlinks>
   <printOptions gridLines="true" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="0" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader>&amp;C&amp;H&amp;F &amp;RPage &amp;P of &amp;N</oddHeader>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>