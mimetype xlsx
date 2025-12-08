--- v0 (2025-10-17)
+++ v1 (2025-12-08)
@@ -37,51 +37,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="74">
   <si>
     <t>Product Code</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Unit Price</t>
   </si>
   <si>
     <t>Product Page</t>
   </si>
   <si>
     <t>URL:</t>
   </si>
   <si>
     <t>https://www.sunrom.com/c/capacitors-through-hole-electrolytic?page=1&amp;per-page=24</t>
   </si>
   <si>
     <t>Date:</t>
   </si>
   <si>
-    <t>17-Oct-2025 22:40:56</t>
+    <t>08-Dec-2025 13:29:38</t>
   </si>
   <si>
     <t>2200uF 25V 12.5mm Samwha</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/6403</t>
   </si>
   <si>
     <t>100uF 25V 5mm Samwha</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/6958</t>
   </si>
   <si>
     <t>220uF 25V 6.3mm Samwha</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/6954</t>
   </si>
   <si>
     <t>470uF 25V 10mm Samwha</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/6955</t>
   </si>