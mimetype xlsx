--- v1 (2025-12-08)
+++ v2 (2026-03-24)
@@ -37,51 +37,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="74">
   <si>
     <t>Product Code</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Unit Price</t>
   </si>
   <si>
     <t>Product Page</t>
   </si>
   <si>
     <t>URL:</t>
   </si>
   <si>
     <t>https://www.sunrom.com/c/capacitors-through-hole-electrolytic?page=1&amp;per-page=24</t>
   </si>
   <si>
     <t>Date:</t>
   </si>
   <si>
-    <t>08-Dec-2025 13:29:38</t>
+    <t>24-Mar-2026 14:21:50</t>
   </si>
   <si>
     <t>2200uF 25V 12.5mm Samwha</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/6403</t>
   </si>
   <si>
     <t>100uF 25V 5mm Samwha</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/6958</t>
   </si>
   <si>
     <t>220uF 25V 6.3mm Samwha</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/6954</t>
   </si>
   <si>
     <t>470uF 25V 10mm Samwha</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/6955</t>
   </si>
@@ -722,51 +722,51 @@
         <v>13</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" s="3">
         <v>6955</v>
       </c>
       <c r="B7" t="s">
         <v>14</v>
       </c>
       <c r="C7" s="5">
         <v>5.75</v>
       </c>
       <c r="D7" s="6" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" s="3">
         <v>6956</v>
       </c>
       <c r="B8" t="s">
         <v>16</v>
       </c>
       <c r="C8" s="5">
-        <v>9.38</v>
+        <v>9.75</v>
       </c>
       <c r="D8" s="6" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" s="3">
         <v>6957</v>
       </c>
       <c r="B9" t="s">
         <v>18</v>
       </c>
       <c r="C9" s="5">
         <v>1.7</v>
       </c>
       <c r="D9" s="6" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" s="3">
         <v>6959</v>
       </c>
       <c r="B10" t="s">
         <v>20</v>
@@ -988,65 +988,65 @@
         <v>51</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" s="3">
         <v>6975</v>
       </c>
       <c r="B26" t="s">
         <v>52</v>
       </c>
       <c r="C26" s="5">
         <v>5.63</v>
       </c>
       <c r="D26" s="6" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" s="3">
         <v>6976</v>
       </c>
       <c r="B27" t="s">
         <v>54</v>
       </c>
       <c r="C27" s="5">
-        <v>7.5</v>
+        <v>11.5</v>
       </c>
       <c r="D27" s="6" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" s="3">
         <v>6977</v>
       </c>
       <c r="B28" t="s">
         <v>56</v>
       </c>
       <c r="C28" s="5">
-        <v>8.5</v>
+        <v>9.75</v>
       </c>
       <c r="D28" s="6" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" s="3">
         <v>6978</v>
       </c>
       <c r="B29" t="s">
         <v>58</v>
       </c>
       <c r="C29" s="5">
         <v>37.5</v>
       </c>
       <c r="D29" s="6" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" s="3">
         <v>6979</v>
       </c>
       <c r="B30" t="s">
         <v>60</v>
@@ -1072,79 +1072,79 @@
         <v>63</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" s="3">
         <v>6981</v>
       </c>
       <c r="B32" t="s">
         <v>64</v>
       </c>
       <c r="C32" s="5">
         <v>8.55</v>
       </c>
       <c r="D32" s="6" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" s="3">
         <v>6982</v>
       </c>
       <c r="B33" t="s">
         <v>66</v>
       </c>
       <c r="C33" s="5">
-        <v>10.63</v>
+        <v>11.75</v>
       </c>
       <c r="D33" s="6" t="s">
         <v>67</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" s="3">
         <v>6983</v>
       </c>
       <c r="B34" t="s">
         <v>68</v>
       </c>
       <c r="C34" s="5">
         <v>15.0</v>
       </c>
       <c r="D34" s="6" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" s="3">
         <v>6984</v>
       </c>
       <c r="B35" t="s">
         <v>70</v>
       </c>
       <c r="C35" s="5">
-        <v>9.0</v>
+        <v>9.75</v>
       </c>
       <c r="D35" s="6" t="s">
         <v>71</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" s="3">
         <v>6985</v>
       </c>
       <c r="B36" t="s">
         <v>72</v>
       </c>
       <c r="C36" s="5">
         <v>14.0</v>
       </c>
       <c r="D36" s="6" t="s">
         <v>73</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="B1" r:id="rId_hyperlink_1"/>
     <hyperlink ref="D4" r:id="rId_hyperlink_2"/>
     <hyperlink ref="D5" r:id="rId_hyperlink_3"/>
     <hyperlink ref="D6" r:id="rId_hyperlink_4"/>