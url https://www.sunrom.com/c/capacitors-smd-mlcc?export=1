--- v0 (2025-12-31)
+++ v1 (2026-02-28)
@@ -37,51 +37,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="152">
   <si>
     <t>Product Code</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Unit Price</t>
   </si>
   <si>
     <t>Product Page</t>
   </si>
   <si>
     <t>URL:</t>
   </si>
   <si>
     <t>https://www.sunrom.com/c/capacitors-smd-mlcc</t>
   </si>
   <si>
     <t>Date:</t>
   </si>
   <si>
-    <t>31-Dec-2025 06:21:36</t>
+    <t>01-Mar-2026 03:06:38</t>
   </si>
   <si>
     <t>47uF 10V (476A A3216) Tantalum</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/5909</t>
   </si>
   <si>
     <t>1nF 102 0603 (1608 metric) 50V X7R MLCC SMD</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/6774</t>
   </si>
   <si>
     <t>1.2nF 122 0603 (1608 metric) 50V X7R MLCC SMD</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/6775</t>
   </si>
   <si>
     <t>2.2nF 222 0603 (1608 metric) 50V X7R MLCC SMD</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/6776</t>
   </si>