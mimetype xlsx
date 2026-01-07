--- v0 (2025-10-24)
+++ v1 (2026-01-07)
@@ -37,51 +37,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="60">
   <si>
     <t>Product Code</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Unit Price</t>
   </si>
   <si>
     <t>Product Page</t>
   </si>
   <si>
     <t>URL:</t>
   </si>
   <si>
     <t>https://www.sunrom.com/c/capacitors-smd-electrolytic?page=1&amp;per-page=24</t>
   </si>
   <si>
     <t>Date:</t>
   </si>
   <si>
-    <t>24-Oct-2025 14:25:37</t>
+    <t>07-Jan-2026 11:58:58</t>
   </si>
   <si>
     <t>100uF 16V 6.3x5.4mm SMD Electrolytic Capacitor</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/4914</t>
   </si>
   <si>
     <t>220uF 50V 10x10.5mm SMD Electrolytic Capacitor</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/3949</t>
   </si>
   <si>
     <t>100uF 35V 6.3x7.7mm SMD Electrolytic Capacitor</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/4007</t>
   </si>
   <si>
     <t>2.2uF 50V 4x5.4mm SMD Electrolytic</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/6988</t>
   </si>