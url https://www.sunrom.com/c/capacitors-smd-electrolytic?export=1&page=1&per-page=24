--- v1 (2026-01-07)
+++ v2 (2026-03-07)
@@ -37,51 +37,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="60">
   <si>
     <t>Product Code</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Unit Price</t>
   </si>
   <si>
     <t>Product Page</t>
   </si>
   <si>
     <t>URL:</t>
   </si>
   <si>
     <t>https://www.sunrom.com/c/capacitors-smd-electrolytic?page=1&amp;per-page=24</t>
   </si>
   <si>
     <t>Date:</t>
   </si>
   <si>
-    <t>07-Jan-2026 11:58:58</t>
+    <t>07-Mar-2026 07:46:45</t>
   </si>
   <si>
     <t>100uF 16V 6.3x5.4mm SMD Electrolytic Capacitor</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/4914</t>
   </si>
   <si>
     <t>220uF 50V 10x10.5mm SMD Electrolytic Capacitor</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/3949</t>
   </si>
   <si>
     <t>100uF 35V 6.3x7.7mm SMD Electrolytic Capacitor</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/4007</t>
   </si>
   <si>
     <t>2.2uF 50V 4x5.4mm SMD Electrolytic</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/6988</t>
   </si>