--- v0 (2025-11-21)
+++ v1 (2026-01-29)
@@ -37,51 +37,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="60">
   <si>
     <t>Product Code</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Unit Price</t>
   </si>
   <si>
     <t>Product Page</t>
   </si>
   <si>
     <t>URL:</t>
   </si>
   <si>
     <t>https://www.sunrom.com/c/capacitors-smd-electrolytic</t>
   </si>
   <si>
     <t>Date:</t>
   </si>
   <si>
-    <t>22-Nov-2025 00:38:46</t>
+    <t>29-Jan-2026 23:39:14</t>
   </si>
   <si>
     <t>100uF 16V 6.3x5.4mm SMD Electrolytic Capacitor</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/4914</t>
   </si>
   <si>
     <t>220uF 50V 10x10.5mm SMD Electrolytic Capacitor</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/3949</t>
   </si>
   <si>
     <t>100uF 35V 6.3x7.7mm SMD Electrolytic Capacitor</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/4007</t>
   </si>
   <si>
     <t>2.2uF 50V 4x5.4mm SMD Electrolytic</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/6988</t>
   </si>