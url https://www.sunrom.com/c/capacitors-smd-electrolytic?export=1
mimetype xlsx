--- v1 (2026-01-29)
+++ v2 (2026-03-19)
@@ -37,207 +37,207 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="60">
   <si>
     <t>Product Code</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Unit Price</t>
   </si>
   <si>
     <t>Product Page</t>
   </si>
   <si>
     <t>URL:</t>
   </si>
   <si>
     <t>https://www.sunrom.com/c/capacitors-smd-electrolytic</t>
   </si>
   <si>
     <t>Date:</t>
   </si>
   <si>
-    <t>29-Jan-2026 23:39:14</t>
+    <t>19-Mar-2026 17:14:11</t>
   </si>
   <si>
     <t>100uF 16V 6.3x5.4mm SMD Electrolytic Capacitor</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/4914</t>
   </si>
   <si>
     <t>220uF 50V 10x10.5mm SMD Electrolytic Capacitor</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/3949</t>
   </si>
   <si>
     <t>100uF 35V 6.3x7.7mm SMD Electrolytic Capacitor</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/4007</t>
   </si>
   <si>
     <t>2.2uF 50V 4x5.4mm SMD Electrolytic</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/6988</t>
   </si>
   <si>
     <t>3.3uF 50V 4x5.4mm SMD Electrolytic</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/6989</t>
   </si>
   <si>
     <t>4.7uF 50V 4x5.4mm SMD Electrolytic</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/6990</t>
   </si>
   <si>
-    <t>10uF 16V 4x5.4mm SMD Electrolytic</t>
+    <t>10uF 35V 4x5.4mm SMD Electrolytic</t>
+  </si>
+  <si>
+    <t>https://www.sunrom.com/m/6992</t>
+  </si>
+  <si>
+    <t>10uF 50V 5x5.4mm SMD Electrolytic</t>
+  </si>
+  <si>
+    <t>https://www.sunrom.com/m/6993</t>
+  </si>
+  <si>
+    <t>10uF 63V 6.3x5.4mm SMD Electrolytic</t>
+  </si>
+  <si>
+    <t>https://www.sunrom.com/m/6994</t>
+  </si>
+  <si>
+    <t>22uF 16V 4x5.4mm SMD Electrolytic</t>
+  </si>
+  <si>
+    <t>https://www.sunrom.com/m/6995</t>
+  </si>
+  <si>
+    <t>22uF 25V 5x5.4mm SMD Electrolytic</t>
+  </si>
+  <si>
+    <t>https://www.sunrom.com/m/6996</t>
+  </si>
+  <si>
+    <t>22uF 50V 6.3x5.4mm SMD Electrolytic</t>
+  </si>
+  <si>
+    <t>https://www.sunrom.com/m/6997</t>
+  </si>
+  <si>
+    <t>47uF 16V 5x5.4mm SMD Electrolytic</t>
+  </si>
+  <si>
+    <t>https://www.sunrom.com/m/6998</t>
+  </si>
+  <si>
+    <t>47uF 25V 6.3x5.4mm SMD Electrolytic</t>
+  </si>
+  <si>
+    <t>https://www.sunrom.com/m/6999</t>
+  </si>
+  <si>
+    <t>47uF 50V 6.3x7.7mm SMD Electrolytic</t>
+  </si>
+  <si>
+    <t>https://www.sunrom.com/m/7000</t>
+  </si>
+  <si>
+    <t>100uF 25V 6.3x7.7mm SMD Electrolytic</t>
+  </si>
+  <si>
+    <t>https://www.sunrom.com/m/7001</t>
+  </si>
+  <si>
+    <t>220uF 16V 6.3x7.7mm SMD Electrolytic</t>
+  </si>
+  <si>
+    <t>https://www.sunrom.com/m/7002</t>
+  </si>
+  <si>
+    <t>220uF 25V 8x10.5mm SMD Electrolytic</t>
+  </si>
+  <si>
+    <t>https://www.sunrom.com/m/7003</t>
+  </si>
+  <si>
+    <t>330uF 25V 8x10.5mm SMD Electrolytic</t>
+  </si>
+  <si>
+    <t>https://www.sunrom.com/m/7004</t>
+  </si>
+  <si>
+    <t>470uF 16V 8x10.5mm SMD Electrolytic</t>
+  </si>
+  <si>
+    <t>https://www.sunrom.com/m/7005</t>
+  </si>
+  <si>
+    <t>470uF 25V 10x10.5mm SMD Electrolytic</t>
+  </si>
+  <si>
+    <t>https://www.sunrom.com/m/7006</t>
+  </si>
+  <si>
+    <t>470uF 35V 10x10.5mm SMD Electrolytic</t>
+  </si>
+  <si>
+    <t>https://www.sunrom.com/m/7007</t>
+  </si>
+  <si>
+    <t>470uF 50V 12.5x13.5mm SMD Electrolytic</t>
+  </si>
+  <si>
+    <t>https://www.sunrom.com/m/7008</t>
+  </si>
+  <si>
+    <t>1000uF 16V 10x10.5mm SMD Electrolytic</t>
+  </si>
+  <si>
+    <t>https://www.sunrom.com/m/7009</t>
+  </si>
+  <si>
+    <t>1uF 50V 4x5.4mm SMD Electrolytic</t>
+  </si>
+  <si>
+    <t>https://www.sunrom.com/m/6987</t>
+  </si>
+  <si>
+    <t>10uF 25V 4x5.4mm SMD Electrolytic</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/6991</t>
-  </si>
-[...112 lines deleted...]
-    <t>https://www.sunrom.com/m/6987</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="##,##,##,##0.00"/>
   </numFmts>
   <fonts count="3">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="14"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="14"/>
@@ -563,51 +563,51 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/c/capacitors-smd-electrolytic" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4914" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/3949" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4007" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6988" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6989" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6990" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6991" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6992" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6993" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6994" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6995" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6996" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6997" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6998" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6999" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7000" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7001" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7002" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7003" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7004" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7005" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7006" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7007" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7008" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7009" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6987" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/c/capacitors-smd-electrolytic" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4914" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/3949" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4007" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6988" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6989" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6990" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6992" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6993" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6994" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6995" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6996" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6997" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6998" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6999" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7000" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7001" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7002" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7003" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7004" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7005" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7006" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7007" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7008" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7009" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6987" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6991" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:D29"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="D29" sqref="D29"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="13" customWidth="true" style="3"/>
     <col min="2" max="2" width="60" customWidth="true" style="0"/>
     <col min="3" max="3" width="12" customWidth="true" style="5"/>
     <col min="4" max="4" width="28" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="3" t="s">
         <v>4</v>
@@ -702,323 +702,323 @@
         <v>16</v>
       </c>
       <c r="C8" s="5">
         <v>4.13</v>
       </c>
       <c r="D8" s="6" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" s="3">
         <v>6990</v>
       </c>
       <c r="B9" t="s">
         <v>18</v>
       </c>
       <c r="C9" s="5">
         <v>3.75</v>
       </c>
       <c r="D9" s="6" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" s="3">
-        <v>6991</v>
+        <v>6992</v>
       </c>
       <c r="B10" t="s">
         <v>20</v>
       </c>
       <c r="C10" s="5">
-        <v>3.75</v>
+        <v>4.5</v>
       </c>
       <c r="D10" s="6" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" s="3">
-        <v>6992</v>
+        <v>6993</v>
       </c>
       <c r="B11" t="s">
         <v>22</v>
       </c>
       <c r="C11" s="5">
-        <v>4.5</v>
+        <v>4.55</v>
       </c>
       <c r="D11" s="6" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" s="3">
-        <v>6993</v>
+        <v>6994</v>
       </c>
       <c r="B12" t="s">
         <v>24</v>
       </c>
       <c r="C12" s="5">
-        <v>4.55</v>
+        <v>5.0</v>
       </c>
       <c r="D12" s="6" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" s="3">
-        <v>6994</v>
+        <v>6995</v>
       </c>
       <c r="B13" t="s">
         <v>26</v>
       </c>
       <c r="C13" s="5">
-        <v>5.0</v>
+        <v>4.13</v>
       </c>
       <c r="D13" s="6" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" s="3">
-        <v>6995</v>
+        <v>6996</v>
       </c>
       <c r="B14" t="s">
         <v>28</v>
       </c>
       <c r="C14" s="5">
-        <v>4.13</v>
+        <v>4.0</v>
       </c>
       <c r="D14" s="6" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" s="3">
-        <v>6996</v>
+        <v>6997</v>
       </c>
       <c r="B15" t="s">
         <v>30</v>
       </c>
       <c r="C15" s="5">
-        <v>4.0</v>
+        <v>5.0</v>
       </c>
       <c r="D15" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" s="3">
-        <v>6997</v>
+        <v>6998</v>
       </c>
       <c r="B16" t="s">
         <v>32</v>
       </c>
       <c r="C16" s="5">
-        <v>5.0</v>
+        <v>4.5</v>
       </c>
       <c r="D16" s="6" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" s="3">
-        <v>6998</v>
+        <v>6999</v>
       </c>
       <c r="B17" t="s">
         <v>34</v>
       </c>
       <c r="C17" s="5">
-        <v>4.5</v>
+        <v>5.63</v>
       </c>
       <c r="D17" s="6" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" s="3">
-        <v>6999</v>
+        <v>7000</v>
       </c>
       <c r="B18" t="s">
         <v>36</v>
       </c>
       <c r="C18" s="5">
-        <v>5.63</v>
+        <v>6.5</v>
       </c>
       <c r="D18" s="6" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" s="3">
-        <v>7000</v>
+        <v>7001</v>
       </c>
       <c r="B19" t="s">
         <v>38</v>
       </c>
       <c r="C19" s="5">
-        <v>6.5</v>
+        <v>7.5</v>
       </c>
       <c r="D19" s="6" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" s="3">
-        <v>7001</v>
+        <v>7002</v>
       </c>
       <c r="B20" t="s">
         <v>40</v>
       </c>
       <c r="C20" s="5">
-        <v>7.5</v>
+        <v>8.0</v>
       </c>
       <c r="D20" s="6" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" s="3">
-        <v>7002</v>
+        <v>7003</v>
       </c>
       <c r="B21" t="s">
         <v>42</v>
       </c>
       <c r="C21" s="5">
-        <v>8.0</v>
+        <v>10.0</v>
       </c>
       <c r="D21" s="6" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" s="3">
-        <v>7003</v>
+        <v>7004</v>
       </c>
       <c r="B22" t="s">
         <v>44</v>
       </c>
       <c r="C22" s="5">
-        <v>10.0</v>
+        <v>14.0</v>
       </c>
       <c r="D22" s="6" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" s="3">
-        <v>7004</v>
+        <v>7005</v>
       </c>
       <c r="B23" t="s">
         <v>46</v>
       </c>
       <c r="C23" s="5">
-        <v>14.0</v>
+        <v>11.5</v>
       </c>
       <c r="D23" s="6" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" s="3">
-        <v>7005</v>
+        <v>7006</v>
       </c>
       <c r="B24" t="s">
         <v>48</v>
       </c>
       <c r="C24" s="5">
-        <v>11.5</v>
+        <v>14.5</v>
       </c>
       <c r="D24" s="6" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" s="3">
-        <v>7006</v>
+        <v>7007</v>
       </c>
       <c r="B25" t="s">
         <v>50</v>
       </c>
       <c r="C25" s="5">
-        <v>14.5</v>
+        <v>18.75</v>
       </c>
       <c r="D25" s="6" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" s="3">
-        <v>7007</v>
+        <v>7008</v>
       </c>
       <c r="B26" t="s">
         <v>52</v>
       </c>
       <c r="C26" s="5">
-        <v>18.75</v>
+        <v>30.0</v>
       </c>
       <c r="D26" s="6" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" s="3">
-        <v>7008</v>
+        <v>7009</v>
       </c>
       <c r="B27" t="s">
         <v>54</v>
       </c>
       <c r="C27" s="5">
-        <v>30.0</v>
+        <v>19.5</v>
       </c>
       <c r="D27" s="6" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" s="3">
-        <v>7009</v>
+        <v>6987</v>
       </c>
       <c r="B28" t="s">
         <v>56</v>
       </c>
       <c r="C28" s="5">
-        <v>19.5</v>
+        <v>3.38</v>
       </c>
       <c r="D28" s="6" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" s="3">
-        <v>6987</v>
+        <v>6991</v>
       </c>
       <c r="B29" t="s">
         <v>58</v>
       </c>
       <c r="C29" s="5">
-        <v>3.38</v>
+        <v>4.25</v>
       </c>
       <c r="D29" s="6" t="s">
         <v>59</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="B1" r:id="rId_hyperlink_1"/>
     <hyperlink ref="D4" r:id="rId_hyperlink_2"/>
     <hyperlink ref="D5" r:id="rId_hyperlink_3"/>
     <hyperlink ref="D6" r:id="rId_hyperlink_4"/>
     <hyperlink ref="D7" r:id="rId_hyperlink_5"/>
     <hyperlink ref="D8" r:id="rId_hyperlink_6"/>
     <hyperlink ref="D9" r:id="rId_hyperlink_7"/>
     <hyperlink ref="D10" r:id="rId_hyperlink_8"/>
     <hyperlink ref="D11" r:id="rId_hyperlink_9"/>
     <hyperlink ref="D12" r:id="rId_hyperlink_10"/>
     <hyperlink ref="D13" r:id="rId_hyperlink_11"/>
     <hyperlink ref="D14" r:id="rId_hyperlink_12"/>
     <hyperlink ref="D15" r:id="rId_hyperlink_13"/>
     <hyperlink ref="D16" r:id="rId_hyperlink_14"/>
     <hyperlink ref="D17" r:id="rId_hyperlink_15"/>
     <hyperlink ref="D18" r:id="rId_hyperlink_16"/>
     <hyperlink ref="D19" r:id="rId_hyperlink_17"/>
     <hyperlink ref="D20" r:id="rId_hyperlink_18"/>