--- v0 (2025-12-24)
+++ v1 (2026-02-07)
@@ -37,51 +37,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="365">
   <si>
     <t>Product Code</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Unit Price</t>
   </si>
   <si>
     <t>Product Page</t>
   </si>
   <si>
     <t>URL:</t>
   </si>
   <si>
     <t>https://www.sunrom.com/c/cap-and-knobs?page=3&amp;per-page=48</t>
   </si>
   <si>
     <t>Date:</t>
   </si>
   <si>
-    <t>24-Dec-2025 07:24:43</t>
+    <t>07-Feb-2026 09:20:12</t>
   </si>
   <si>
     <t>Power Black Cap R10 for Switch 6x6x7.2H LED</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7960</t>
   </si>
   <si>
     <t>Power Silver Cap R10 for Switch 6x6x7.2H LED</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7961</t>
   </si>
   <si>
     <t>Circle Black Cap R10 for Switch 6x6x7.2H LED</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7962</t>
   </si>
   <si>
     <t>Circle Silver Cap R10 for Switch 6x6x7.2H LED</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7963</t>
   </si>