--- v1 (2026-02-07)
+++ v2 (2026-03-24)
@@ -37,51 +37,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="365">
   <si>
     <t>Product Code</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Unit Price</t>
   </si>
   <si>
     <t>Product Page</t>
   </si>
   <si>
     <t>URL:</t>
   </si>
   <si>
     <t>https://www.sunrom.com/c/cap-and-knobs?page=3&amp;per-page=48</t>
   </si>
   <si>
     <t>Date:</t>
   </si>
   <si>
-    <t>07-Feb-2026 09:20:12</t>
+    <t>24-Mar-2026 16:10:12</t>
   </si>
   <si>
     <t>Power Black Cap R10 for Switch 6x6x7.2H LED</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7960</t>
   </si>
   <si>
     <t>Power Silver Cap R10 for Switch 6x6x7.2H LED</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7961</t>
   </si>
   <si>
     <t>Circle Black Cap R10 for Switch 6x6x7.2H LED</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7962</t>
   </si>
   <si>
     <t>Circle Silver Cap R10 for Switch 6x6x7.2H LED</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7963</t>
   </si>
@@ -2127,79 +2127,79 @@
         <v>89</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" s="3">
         <v>7788</v>
       </c>
       <c r="B45" t="s">
         <v>90</v>
       </c>
       <c r="C45" s="5">
         <v>2.25</v>
       </c>
       <c r="D45" s="6" t="s">
         <v>91</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" s="3">
         <v>7750</v>
       </c>
       <c r="B46" t="s">
         <v>92</v>
       </c>
       <c r="C46" s="5">
-        <v>1.45</v>
+        <v>1.55</v>
       </c>
       <c r="D46" s="6" t="s">
         <v>93</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" s="3">
         <v>7751</v>
       </c>
       <c r="B47" t="s">
         <v>94</v>
       </c>
       <c r="C47" s="5">
-        <v>1.45</v>
+        <v>1.55</v>
       </c>
       <c r="D47" s="6" t="s">
         <v>95</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" s="3">
         <v>7752</v>
       </c>
       <c r="B48" t="s">
         <v>96</v>
       </c>
       <c r="C48" s="5">
-        <v>1.45</v>
+        <v>1.55</v>
       </c>
       <c r="D48" s="6" t="s">
         <v>97</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" s="3">
         <v>7798</v>
       </c>
       <c r="B49" t="s">
         <v>98</v>
       </c>
       <c r="C49" s="5">
         <v>3.75</v>
       </c>
       <c r="D49" s="6" t="s">
         <v>99</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" s="3">
         <v>7799</v>
       </c>
       <c r="B50" t="s">
         <v>100</v>