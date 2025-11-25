--- v0 (2025-10-11)
+++ v1 (2025-11-25)
@@ -37,51 +37,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="30">
   <si>
     <t>Product Code</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Unit Price</t>
   </si>
   <si>
     <t>Product Page</t>
   </si>
   <si>
     <t>URL:</t>
   </si>
   <si>
     <t>https://www.sunrom.com/c/cable-glands</t>
   </si>
   <si>
     <t>Date:</t>
   </si>
   <si>
-    <t>11-Oct-2025 07:18:12</t>
+    <t>25-Nov-2025 10:20:01</t>
   </si>
   <si>
     <t>M12x1.5 Black Nylon Cable Gland for Cable Dia 3-6mm</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/6920</t>
   </si>
   <si>
     <t>PG9 Black Nylon Cable Gland for Cable Dia 6-8mm</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/6108</t>
   </si>
   <si>
     <t>PG11 Black Nylon Cable Gland for Cable Dia 7-9mm</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/6109</t>
   </si>
   <si>
     <t>PG13.5 Black Nylon Cable Gland for Cable Dia 9-12mm</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/6110</t>
   </si>