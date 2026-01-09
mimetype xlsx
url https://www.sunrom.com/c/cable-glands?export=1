--- v1 (2025-11-25)
+++ v2 (2026-01-09)
@@ -37,51 +37,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="30">
   <si>
     <t>Product Code</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Unit Price</t>
   </si>
   <si>
     <t>Product Page</t>
   </si>
   <si>
     <t>URL:</t>
   </si>
   <si>
     <t>https://www.sunrom.com/c/cable-glands</t>
   </si>
   <si>
     <t>Date:</t>
   </si>
   <si>
-    <t>25-Nov-2025 10:20:01</t>
+    <t>10-Jan-2026 03:27:16</t>
   </si>
   <si>
     <t>M12x1.5 Black Nylon Cable Gland for Cable Dia 3-6mm</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/6920</t>
   </si>
   <si>
     <t>PG9 Black Nylon Cable Gland for Cable Dia 6-8mm</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/6108</t>
   </si>
   <si>
     <t>PG11 Black Nylon Cable Gland for Cable Dia 7-9mm</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/6109</t>
   </si>
   <si>
     <t>PG13.5 Black Nylon Cable Gland for Cable Dia 9-12mm</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/6110</t>
   </si>