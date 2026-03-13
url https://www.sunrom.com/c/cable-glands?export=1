--- v2 (2026-01-09)
+++ v3 (2026-03-13)
@@ -37,51 +37,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="30">
   <si>
     <t>Product Code</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Unit Price</t>
   </si>
   <si>
     <t>Product Page</t>
   </si>
   <si>
     <t>URL:</t>
   </si>
   <si>
     <t>https://www.sunrom.com/c/cable-glands</t>
   </si>
   <si>
     <t>Date:</t>
   </si>
   <si>
-    <t>10-Jan-2026 03:27:16</t>
+    <t>13-Mar-2026 09:20:32</t>
   </si>
   <si>
     <t>M12x1.5 Black Nylon Cable Gland for Cable Dia 3-6mm</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/6920</t>
   </si>
   <si>
     <t>PG9 Black Nylon Cable Gland for Cable Dia 6-8mm</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/6108</t>
   </si>
   <si>
     <t>PG11 Black Nylon Cable Gland for Cable Dia 7-9mm</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/6109</t>
   </si>
   <si>
     <t>PG13.5 Black Nylon Cable Gland for Cable Dia 9-12mm</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/6110</t>
   </si>