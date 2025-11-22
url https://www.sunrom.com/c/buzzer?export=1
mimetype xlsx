--- v0 (2025-10-03)
+++ v1 (2025-11-22)
@@ -37,51 +37,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="16">
   <si>
     <t>Product Code</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Unit Price</t>
   </si>
   <si>
     <t>Product Page</t>
   </si>
   <si>
     <t>URL:</t>
   </si>
   <si>
     <t>https://www.sunrom.com/c/buzzer</t>
   </si>
   <si>
     <t>Date:</t>
   </si>
   <si>
-    <t>04-Oct-2025 02:02:53</t>
+    <t>22-Nov-2025 21:25:23</t>
   </si>
   <si>
     <t>Electromagnetic Passive Buzzer 3-5V SMD PCB Mount MLT-8530</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7072</t>
   </si>
   <si>
     <t>Piezo Passive Buzzer - Vertical</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/5288</t>
   </si>
   <si>
     <t>Piezo Passive Buzzer 14mm</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/4801</t>
   </si>
   <si>
     <t>Electromagnetic Active Buzzer 5V</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/4149</t>
   </si>