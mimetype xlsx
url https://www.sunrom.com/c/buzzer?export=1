--- v1 (2025-11-22)
+++ v2 (2026-01-07)
@@ -37,51 +37,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="16">
   <si>
     <t>Product Code</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Unit Price</t>
   </si>
   <si>
     <t>Product Page</t>
   </si>
   <si>
     <t>URL:</t>
   </si>
   <si>
     <t>https://www.sunrom.com/c/buzzer</t>
   </si>
   <si>
     <t>Date:</t>
   </si>
   <si>
-    <t>22-Nov-2025 21:25:23</t>
+    <t>08-Jan-2026 04:04:30</t>
   </si>
   <si>
     <t>Electromagnetic Passive Buzzer 3-5V SMD PCB Mount MLT-8530</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7072</t>
   </si>
   <si>
     <t>Piezo Passive Buzzer - Vertical</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/5288</t>
   </si>
   <si>
     <t>Piezo Passive Buzzer 14mm</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/4801</t>
   </si>
   <si>
     <t>Electromagnetic Active Buzzer 5V</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/4149</t>
   </si>