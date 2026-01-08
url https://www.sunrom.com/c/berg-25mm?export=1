--- v0 (2025-10-04)
+++ v1 (2026-01-08)
@@ -37,51 +37,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="50">
   <si>
     <t>Product Code</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Unit Price</t>
   </si>
   <si>
     <t>Product Page</t>
   </si>
   <si>
     <t>URL:</t>
   </si>
   <si>
     <t>https://www.sunrom.com/c/berg-25mm</t>
   </si>
   <si>
     <t>Date:</t>
   </si>
   <si>
-    <t>04-Oct-2025 14:18:40</t>
+    <t>09-Jan-2026 00:21:06</t>
   </si>
   <si>
     <t>One sided crimped berg cable 300mm Black</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/6401</t>
   </si>
   <si>
     <t>Both sided crimped berg cable 300mm Black</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/6402</t>
   </si>
   <si>
     <t>6P 1x6 Berg Housing 2.5mm</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/6925</t>
   </si>
   <si>
     <t>4P 2x2 Berg Housing 2.5mm</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/6930</t>
   </si>