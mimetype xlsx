--- v1 (2026-01-08)
+++ v2 (2026-03-07)
@@ -37,51 +37,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="50">
   <si>
     <t>Product Code</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Unit Price</t>
   </si>
   <si>
     <t>Product Page</t>
   </si>
   <si>
     <t>URL:</t>
   </si>
   <si>
     <t>https://www.sunrom.com/c/berg-25mm</t>
   </si>
   <si>
     <t>Date:</t>
   </si>
   <si>
-    <t>09-Jan-2026 00:21:06</t>
+    <t>07-Mar-2026 14:12:55</t>
   </si>
   <si>
     <t>One sided crimped berg cable 300mm Black</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/6401</t>
   </si>
   <si>
     <t>Both sided crimped berg cable 300mm Black</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/6402</t>
   </si>
   <si>
     <t>6P 1x6 Berg Housing 2.5mm</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/6925</t>
   </si>
   <si>
     <t>4P 2x2 Berg Housing 2.5mm</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/6930</t>
   </si>
@@ -720,51 +720,51 @@
         <v>23</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" s="3">
         <v>6935</v>
       </c>
       <c r="B12" t="s">
         <v>24</v>
       </c>
       <c r="C12" s="5">
         <v>6.34</v>
       </c>
       <c r="D12" s="6" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" s="3">
         <v>6936</v>
       </c>
       <c r="B13" t="s">
         <v>26</v>
       </c>
       <c r="C13" s="5">
-        <v>7.94</v>
+        <v>8.75</v>
       </c>
       <c r="D13" s="6" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" s="3">
         <v>6921</v>
       </c>
       <c r="B14" t="s">
         <v>28</v>
       </c>
       <c r="C14" s="5">
         <v>1.25</v>
       </c>
       <c r="D14" s="6" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" s="3">
         <v>6922</v>
       </c>
       <c r="B15" t="s">
         <v>30</v>